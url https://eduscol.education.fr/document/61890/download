--- v0 (2025-10-11)
+++ v1 (2025-11-24)
@@ -38,115 +38,155 @@
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="009B3F4B" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>adame, Monsieur,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1942F09E" w14:textId="77777777" w:rsidR="009B3F4B" w:rsidRPr="00B13DF1" w:rsidRDefault="009B3F4B" w:rsidP="00B66380">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3815A136" w14:textId="074D342E" w:rsidR="009B3F4B" w:rsidRPr="00B13DF1" w:rsidRDefault="009B3F4B" w:rsidP="00B66380">
+    <w:p w14:paraId="3815A136" w14:textId="6986726E" w:rsidR="009B3F4B" w:rsidRPr="00B13DF1" w:rsidRDefault="009B3F4B" w:rsidP="00B66380">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le 7 novembre </w:t>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">novembre </w:t>
       </w:r>
       <w:r w:rsidR="00411C29" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’est déroulé</w:t>
       </w:r>
       <w:r w:rsidR="00E04236" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la 9</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B13DF1">
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B13DF1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> journée nationale de lutte contre le harcèlement à l’</w:t>
+      <w:r w:rsidR="00CD058A" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>journée nationale de lutte contre le harcèlement à l’</w:t>
       </w:r>
       <w:r w:rsidR="00A011E6">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>É</w:t>
       </w:r>
       <w:r w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>cole.</w:t>
       </w:r>
       <w:r w:rsidR="006C0866" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -158,51 +198,75 @@
         </w:rPr>
         <w:t>À</w:t>
       </w:r>
       <w:r w:rsidR="00133FE2" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> cette occasion</w:t>
       </w:r>
       <w:r w:rsidR="00A011E6">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:r w:rsidR="00A011E6" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>pour la deuxième année consécutive</w:t>
+        <w:t xml:space="preserve">pour la </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>troisième</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A011E6" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>année consécutive</w:t>
       </w:r>
       <w:r w:rsidR="00133FE2" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006C0866" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> il a été proposé aux élèves du CE2 à la terminale de répondre à un questionnaire anonyme d’auto-évaluation</w:t>
       </w:r>
       <w:r w:rsidR="007F5A8D" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
@@ -215,290 +279,370 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006C0866" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0050677C" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ce questionnaire a pour</w:t>
       </w:r>
       <w:r w:rsidR="006C0866" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> objectif d’évaluer de manière quantitative l’ampleur du phénomène de harcèlement afin de mieux protéger les élèves et de mobiliser les équipes éducatives.</w:t>
+        <w:t xml:space="preserve"> objectif </w:t>
+      </w:r>
+      <w:r w:rsidR="0088265E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de prendre en charge les situations de harcèlement ainsi repérées et </w:t>
+      </w:r>
+      <w:r w:rsidR="006C0866" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>d’évaluer de manière quantitative l’ampleur du phénomène de harcèlement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30D656DB" w14:textId="77777777" w:rsidR="00B50ED0" w:rsidRPr="00B13DF1" w:rsidRDefault="00B50ED0" w:rsidP="00B66380">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78278CED" w14:textId="3677DDFF" w:rsidR="00566560" w:rsidRPr="00B13DF1" w:rsidRDefault="002F611D" w:rsidP="00B66380">
+    <w:p w14:paraId="78278CED" w14:textId="7CA5CD0E" w:rsidR="00566560" w:rsidRPr="00B13DF1" w:rsidRDefault="002F611D" w:rsidP="00B66380">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>En 2023</w:t>
+        <w:t xml:space="preserve">En </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00BE42B3" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00233934" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>le baromètre annuel du harcèlement en milieu scolaire observait</w:t>
       </w:r>
       <w:r w:rsidR="00FC4075" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> que</w:t>
       </w:r>
       <w:r w:rsidR="00233934" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B13DF1">
+      <w:r w:rsidR="00CD058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% des écoliers du CE2 au CM2, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00A011E6">
+      <w:r w:rsidR="00CD058A">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>% des écoliers du CE2 au CM2, 6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A011E6">
+        <w:t xml:space="preserve">% des collégiens et </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>% des collégiens et 4</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+        <w:t xml:space="preserve">% des lycéens </w:t>
+      </w:r>
+      <w:r w:rsidR="0050677C" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sont </w:t>
+      </w:r>
+      <w:r w:rsidR="00233934" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>touchés par le harcèlement</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC4075" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entre élèves</w:t>
+      </w:r>
+      <w:r w:rsidR="00233934" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7436" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L’enquête a</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7575" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vait</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7436" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> également montré qu’une </w:t>
+      </w:r>
+      <w:r w:rsidR="00866ACD" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>attention</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7436" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> particulière </w:t>
+      </w:r>
+      <w:r w:rsidR="00866ACD" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>devait être portée à</w:t>
+      </w:r>
+      <w:r w:rsidR="001F53C8" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B13DF1">
-[...46 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00EE7436" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>L’enquête a</w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t>% des écoliers</w:t>
       </w:r>
       <w:r w:rsidR="00743AA5" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, 6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A011E6">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00743AA5" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">% des </w:t>
       </w:r>
       <w:r w:rsidR="00233DC1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>collégiens et 5</w:t>
       </w:r>
       <w:r w:rsidR="00A011E6">
         <w:rPr>
@@ -537,106 +681,154 @@
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001F53C8" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B380D0D" w14:textId="77777777" w:rsidR="00566560" w:rsidRPr="00B13DF1" w:rsidRDefault="00566560" w:rsidP="00B66380">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58A34641" w14:textId="11CBA78F" w:rsidR="00DF5ADC" w:rsidRPr="00B13DF1" w:rsidRDefault="00E10CDA" w:rsidP="00B66380">
+    <w:p w14:paraId="58A34641" w14:textId="66560D76" w:rsidR="00DF5ADC" w:rsidRPr="00B13DF1" w:rsidRDefault="00E10CDA" w:rsidP="00B66380">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Les résultats de l’enquête </w:t>
       </w:r>
       <w:r w:rsidR="003D7575" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nationale </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B13DF1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">2024 seront </w:t>
+      <w:r w:rsidR="00CD058A" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">seront </w:t>
       </w:r>
       <w:r w:rsidR="00FC4075" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">publiés </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B13DF1">
-[...5 lines deleted...]
-        <w:t>en février 2025</w:t>
+      <w:r w:rsidR="0088265E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dans le courant de l’année</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC4075" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> par la direction de l’évaluation de la prospective et de la performance</w:t>
+        <w:t>par la direction de l’évaluation de la prospective et de la performance</w:t>
       </w:r>
       <w:r w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BE42B3" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00566560" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Au sein </w:t>
       </w:r>
@@ -728,75 +920,91 @@
         </w:rPr>
         <w:t>âce à un tableau de restitution</w:t>
       </w:r>
       <w:r w:rsidR="005B59A1" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF5ADC" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">qui permet </w:t>
       </w:r>
       <w:r w:rsidR="003D7575" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">d’évaluer le nombre d’élèves confrontés à </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">une </w:t>
+        <w:t xml:space="preserve">d’évaluer </w:t>
+      </w:r>
+      <w:r w:rsidR="0088265E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">si les élèves sont susceptibles d’être victimes de harcèlement </w:t>
       </w:r>
       <w:r w:rsidR="001D6E2C" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">situation de harcèlement ou </w:t>
+        <w:t xml:space="preserve">ou </w:t>
       </w:r>
       <w:r w:rsidR="0088305C" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">se trouvant dans </w:t>
+        <w:t>se trouv</w:t>
+      </w:r>
+      <w:r w:rsidR="0088265E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0088305C" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nt dans </w:t>
       </w:r>
       <w:r w:rsidR="001D6E2C" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>une situation</w:t>
       </w:r>
       <w:r w:rsidR="00D5493D" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D228E6" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nécessitant une vigilance accrue de la part des adultes</w:t>
       </w:r>
@@ -1006,51 +1214,73 @@
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nt</w:t>
       </w:r>
       <w:r w:rsidR="00DF5ADC" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> pertinent</w:t>
       </w:r>
       <w:r w:rsidR="00BC5F6E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">s au regard du contexte de </w:t>
+        <w:t xml:space="preserve">s au regard </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BC5F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC5F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contexte de </w:t>
       </w:r>
       <w:r w:rsidR="00A8319E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">votre </w:t>
       </w:r>
       <w:r w:rsidR="00A8319E" w:rsidRPr="00BC5F6E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>collège/lycée</w:t>
       </w:r>
       <w:r w:rsidR="00BC5F6E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="0070C0"/>
@@ -1096,82 +1326,90 @@
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00B2647B">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B76271A" w14:textId="3E2F78EA" w:rsidR="00577F7E" w:rsidRPr="00B13DF1" w:rsidRDefault="00577F7E" w:rsidP="00B66380">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4509DAE8" w14:textId="4BB6BB73" w:rsidR="006C0866" w:rsidRPr="00B13DF1" w:rsidRDefault="00A37637" w:rsidP="00B66380">
+    <w:p w14:paraId="4509DAE8" w14:textId="20420B87" w:rsidR="006C0866" w:rsidRPr="00B13DF1" w:rsidRDefault="00A37637" w:rsidP="00B66380">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ces données nous invitent à la plus grande vigilance et à la mobilisation de tous. </w:t>
       </w:r>
+      <w:r w:rsidR="00867BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Comme vous le savez, les élèves pouvaient cette année indiquer leurs nom et prénom à la fin du questionnaire. Dès lors qu’un questionnaire révèle une possible situation de harcèlement, l’élève est immédiatement pris en charge par l’équipe ressource et ses parents en sont informés. </w:t>
+      </w:r>
       <w:r w:rsidR="00D228E6" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Nous rappelons </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ainsi </w:t>
+      <w:r w:rsidR="0088265E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">également </w:t>
       </w:r>
       <w:r w:rsidR="00D228E6" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">régulièrement à </w:t>
       </w:r>
       <w:r w:rsidR="00566560" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">l’ensemble des </w:t>
       </w:r>
       <w:r w:rsidR="00D228E6" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>élèves que toute situation de</w:t>
       </w:r>
@@ -1395,51 +1633,51 @@
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> un climat d’apprentissage sain</w:t>
       </w:r>
       <w:r w:rsidR="00133FE2" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et serein pour les élèves.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="261FE16E" w14:textId="77777777" w:rsidR="009B3F4B" w:rsidRPr="00B13DF1" w:rsidRDefault="009B3F4B" w:rsidP="00B66380">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65C6F39E" w14:textId="76C10D57" w:rsidR="00BC5F6E" w:rsidRDefault="00DF5ADC" w:rsidP="00B66380">
+    <w:p w14:paraId="65C6F39E" w14:textId="299D7CDA" w:rsidR="00BC5F6E" w:rsidRDefault="00DF5ADC" w:rsidP="00B66380">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00C403ED" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">leinement </w:t>
       </w:r>
       <w:r w:rsidRPr="00B13DF1">
@@ -1516,93 +1754,159 @@
         <w:t>labellisé</w:t>
       </w:r>
       <w:r w:rsidR="00ED37E7" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> niveau </w:t>
       </w:r>
       <w:r w:rsidR="00FB3852" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
       <w:r w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> au titre de l’année 2023-2024</w:t>
+        <w:t xml:space="preserve"> au titre de l’année </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A" w:rsidRPr="00B13DF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD058A">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00BC5F6E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Cette </w:t>
       </w:r>
       <w:r w:rsidR="00BC5F6E" w:rsidRPr="00BC5F6E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">année, c’est </w:t>
       </w:r>
       <w:r w:rsidR="00BC5F6E" w:rsidRPr="0097024A">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">madame ou monsieur </w:t>
       </w:r>
       <w:r w:rsidR="00BC5F6E" w:rsidRPr="00BC5F6E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
       <w:r w:rsidR="00BC5F6E" w:rsidRPr="00BC5F6E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> qui coordonne l’équipe ressource réunissant cinq membres de notre équipe éducative et pédagogique. Les élèves peuvent également solliciter les </w:t>
+        <w:t xml:space="preserve"> qui coordonne l’équipe ressource réunissant </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5F6E" w:rsidRPr="00867BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cinq</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5F6E" w:rsidRPr="00BC5F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> membres de notre équipe éducative et pédagogique. Les élèves peuvent également solliciter </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5F6E" w:rsidRPr="00BC5F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">les </w:t>
       </w:r>
       <w:r w:rsidR="00BC5F6E" w:rsidRPr="00BC5F6E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
       <w:r w:rsidR="00BC5F6E" w:rsidRPr="00BC5F6E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> él</w:t>
       </w:r>
       <w:r w:rsidR="00BC5F6E" w:rsidRPr="00BC5F6E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">èves ambassadeurs </w:t>
@@ -1645,51 +1949,50 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="252064F5" w14:textId="12E6949B" w:rsidR="00B326E2" w:rsidRPr="00B13DF1" w:rsidRDefault="00BC5F6E" w:rsidP="00B66380">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC5F6E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00B2647B">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Le cas échéant</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC5F6E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidR="00DF5ADC" w:rsidRPr="00B13DF1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -1885,94 +2188,93 @@
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="67D62FE9" w14:textId="77777777" w:rsidR="002516DE" w:rsidRDefault="002516DE" w:rsidP="00B50ED0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="4FAB30F6" w14:textId="77777777" w:rsidR="002516DE" w:rsidRDefault="002516DE"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002AFF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Marianne">
-    <w:altName w:val="Marianne"/>
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000000F" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7CF9F4BD" w14:textId="77777777" w:rsidR="002516DE" w:rsidRDefault="002516DE" w:rsidP="00B50ED0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4E124CDE" w14:textId="77777777" w:rsidR="002516DE" w:rsidRDefault="002516DE" w:rsidP="00B50ED0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="53DCD574" w14:textId="77777777" w:rsidR="002516DE" w:rsidRDefault="002516DE"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="332B64ED" w14:textId="1527A964" w:rsidR="007F5A8D" w:rsidRPr="00B2647B" w:rsidRDefault="007F5A8D">
@@ -1999,265 +2301,240 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="00BC5F6E" w:rsidRPr="00673468">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>https://eduscol.education.fr/974/lutter-contre-le-harcelement-entre-eleves</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BC5F6E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="0EA3A0C3" w14:textId="32CED53C" w:rsidR="00BE42B3" w:rsidRPr="00B2647B" w:rsidRDefault="00BE42B3">
+    <w:p w14:paraId="0EA3A0C3" w14:textId="31BE757C" w:rsidR="00BE42B3" w:rsidRPr="00B2647B" w:rsidRDefault="00BE42B3">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="16"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2647B">
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00BC5F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E0715" w:rsidRPr="004E0715">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>https://www.education.gouv.fr/journee-nationale-de-lutte-contre-le-harcelement-l-ecole-resultats-de-la-grille-d-auto-evaluation-450747</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="7C9DDE5D" w14:textId="64FB9613" w:rsidR="00497EA6" w:rsidRDefault="00497EA6" w:rsidP="00497EA6">
+      <w:pPr>
+        <w:pStyle w:val="Notedebasdepage"/>
       </w:pPr>
       <w:r w:rsidRPr="00B2647B">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BC5F6E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidR="00BC5F6E" w:rsidRPr="00673468">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>https://www.education.gouv.fr/premiers-resultats-statistiques-de-l-enquete-harcelement-2023-380517</w:t>
-[...61 lines deleted...]
-          <w:t>417/download</w:t>
+          <w:t>https://eduscol.education.fr/document/61417/download</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0097024A">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC65A6"/>
     <w:rsid w:val="00042F12"/>
     <w:rsid w:val="00083B04"/>
     <w:rsid w:val="00084727"/>
     <w:rsid w:val="000A4CDF"/>
     <w:rsid w:val="000A4FCC"/>
     <w:rsid w:val="00133FE2"/>
     <w:rsid w:val="001D2E66"/>
     <w:rsid w:val="001D6E2C"/>
     <w:rsid w:val="001F53C8"/>
     <w:rsid w:val="00233934"/>
     <w:rsid w:val="00233DC1"/>
     <w:rsid w:val="002516DE"/>
     <w:rsid w:val="00261882"/>
     <w:rsid w:val="002A77C1"/>
     <w:rsid w:val="002F611D"/>
     <w:rsid w:val="00300990"/>
     <w:rsid w:val="00313CF9"/>
     <w:rsid w:val="003D7575"/>
     <w:rsid w:val="003E2259"/>
     <w:rsid w:val="00411725"/>
     <w:rsid w:val="00411C29"/>
     <w:rsid w:val="00466CD1"/>
     <w:rsid w:val="00497EA6"/>
     <w:rsid w:val="004D2A67"/>
     <w:rsid w:val="004D7494"/>
+    <w:rsid w:val="004E0715"/>
     <w:rsid w:val="004F7F9E"/>
     <w:rsid w:val="0050677C"/>
     <w:rsid w:val="00522EB2"/>
     <w:rsid w:val="0052365F"/>
     <w:rsid w:val="00566560"/>
     <w:rsid w:val="00577F7E"/>
     <w:rsid w:val="00580578"/>
     <w:rsid w:val="005B2B35"/>
     <w:rsid w:val="005B59A1"/>
     <w:rsid w:val="00620EEB"/>
     <w:rsid w:val="00636EC5"/>
     <w:rsid w:val="006C0866"/>
     <w:rsid w:val="00743AA5"/>
     <w:rsid w:val="007737F5"/>
     <w:rsid w:val="00785076"/>
     <w:rsid w:val="00793DB7"/>
     <w:rsid w:val="007B2517"/>
     <w:rsid w:val="007F27FA"/>
     <w:rsid w:val="007F5A8D"/>
     <w:rsid w:val="00866ACD"/>
+    <w:rsid w:val="00867BDF"/>
+    <w:rsid w:val="0088265E"/>
     <w:rsid w:val="0088305C"/>
     <w:rsid w:val="008962D1"/>
     <w:rsid w:val="008C7209"/>
     <w:rsid w:val="009675F1"/>
     <w:rsid w:val="0097024A"/>
     <w:rsid w:val="009B3F4B"/>
     <w:rsid w:val="009D13DC"/>
     <w:rsid w:val="00A011E6"/>
     <w:rsid w:val="00A37637"/>
     <w:rsid w:val="00A8054B"/>
     <w:rsid w:val="00A8319E"/>
     <w:rsid w:val="00AB62DE"/>
     <w:rsid w:val="00AE0827"/>
     <w:rsid w:val="00B023BF"/>
     <w:rsid w:val="00B10BE1"/>
     <w:rsid w:val="00B13DF1"/>
     <w:rsid w:val="00B2647B"/>
     <w:rsid w:val="00B326E2"/>
     <w:rsid w:val="00B50ED0"/>
     <w:rsid w:val="00B6408B"/>
     <w:rsid w:val="00B66380"/>
     <w:rsid w:val="00B83AA6"/>
     <w:rsid w:val="00BB2AFC"/>
     <w:rsid w:val="00BB453F"/>
     <w:rsid w:val="00BC1E0B"/>
     <w:rsid w:val="00BC5F6E"/>
     <w:rsid w:val="00BE42B3"/>
     <w:rsid w:val="00BF106B"/>
     <w:rsid w:val="00BF3074"/>
     <w:rsid w:val="00C32185"/>
     <w:rsid w:val="00C403ED"/>
     <w:rsid w:val="00CC65A6"/>
+    <w:rsid w:val="00CD058A"/>
     <w:rsid w:val="00D204FC"/>
     <w:rsid w:val="00D228E6"/>
     <w:rsid w:val="00D400F2"/>
     <w:rsid w:val="00D5493D"/>
     <w:rsid w:val="00DD0A78"/>
     <w:rsid w:val="00DF5ADC"/>
     <w:rsid w:val="00E03C44"/>
     <w:rsid w:val="00E04236"/>
     <w:rsid w:val="00E07B65"/>
     <w:rsid w:val="00E10CDA"/>
     <w:rsid w:val="00E5068C"/>
     <w:rsid w:val="00ED37E7"/>
     <w:rsid w:val="00EE7436"/>
     <w:rsid w:val="00F25546"/>
     <w:rsid w:val="00F9237C"/>
     <w:rsid w:val="00FB3852"/>
     <w:rsid w:val="00FC4075"/>
     <w:rsid w:val="00FD2280"/>
     <w:rsid w:val="00FF7CD1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -3006,51 +3283,51 @@
   <w:divs>
     <w:div w:id="531184397">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eduscol.education.fr/document/61417/download" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.gouv.fr/premiers-resultats-statistiques-de-l-enquete-harcelement-2023-380517" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eduscol.education.fr/974/lutter-contre-le-harcelement-entre-eleves" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eduscol.education.fr/document/61417/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eduscol.education.fr/974/lutter-contre-le-harcelement-entre-eleves" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3279,82 +3556,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB39C912-195C-4DE2-B927-060F15E84170}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4690AED-9EB3-4E10-B906-3696CE54C0A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>573</Words>
-  <Characters>3157</Characters>
+  <Words>620</Words>
+  <Characters>3411</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministere de l'Education Nationale</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3723</CharactersWithSpaces>
+  <CharactersWithSpaces>4023</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>JEAN-PIERRE FELIX</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>