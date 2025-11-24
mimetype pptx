--- v0 (2025-10-11)
+++ v1 (2025-11-24)
@@ -1,126 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme5.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
-    <p:sldMasterId id="2147483672" r:id="rId2"/>
-    <p:sldMasterId id="2147483684" r:id="rId3"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId13"/>
+    <p:notesMasterId r:id="rId11"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId14"/>
+    <p:handoutMasterId r:id="rId12"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="272" r:id="rId4"/>
-[...7 lines deleted...]
-    <p:sldId id="277" r:id="rId12"/>
+    <p:sldId id="272" r:id="rId2"/>
+    <p:sldId id="282" r:id="rId3"/>
+    <p:sldId id="281" r:id="rId4"/>
+    <p:sldId id="280" r:id="rId5"/>
+    <p:sldId id="268" r:id="rId6"/>
+    <p:sldId id="278" r:id="rId7"/>
+    <p:sldId id="269" r:id="rId8"/>
+    <p:sldId id="276" r:id="rId9"/>
+    <p:sldId id="277" r:id="rId10"/>
   </p:sldIdLst>
   <p:sldSz cx="10080625" cy="5670550"/>
   <p:notesSz cx="7559675" cy="10691813"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="fr-FR"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -254,77 +228,77 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15234" autoAdjust="0"/>
     <p:restoredTop sz="83986" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="119" d="100"/>
-          <a:sy n="119" d="100"/>
+          <a:sx n="107" d="100"/>
+          <a:sy n="107" d="100"/>
         </p:scale>
-        <p:origin x="1008" y="200"/>
+        <p:origin x="1362" y="102"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:noFill/>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -537,51 +511,51 @@
               <a:t>‹N°›</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:latin typeface="Carlito" pitchFamily="18"/>
               <a:ea typeface="Noto Sans SC Regular" pitchFamily="2"/>
               <a:cs typeface="Noto Sans Devanagari" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3359716876"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
 </p:handoutMaster>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -1024,51 +998,51 @@
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3500434094"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="869851846"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1126,51 +1100,51 @@
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2379586243"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3640607626"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1228,51 +1202,51 @@
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé des notes 2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3227589160"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1685829867"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1615,151 +1589,71 @@
               <a:rPr lang="fr-FR" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1393012079"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
-[...35 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...38 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
   <p:cSld name="Couverture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -1910,313 +1804,191 @@
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="110">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:alpha val="0"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Titre</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Image 2"/>
+          <p:cNvPr id="9" name="Image 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="384872" y="198444"/>
-            <a:ext cx="5327921" cy="3895114"/>
+            <a:off x="421289" y="0"/>
+            <a:ext cx="5822176" cy="4258815"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2885132876"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
-  <p:cSld name="Couverture">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank">
+  <p:cSld name="Vide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Espace réservé de la date 3"/>
+          <p:cNvPr id="2" name="Espace réservé de la date 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="gray">
-[...11 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...9 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
+          <p:cNvPr id="3" name="Espace réservé du pied de page 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="gray">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="793750" y="4321566"/>
-            <a:ext cx="3571875" cy="992222"/>
+            <a:off x="396875" y="5301694"/>
+            <a:ext cx="6508750" cy="396889"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b" anchorCtr="0"/>
-[...4 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
-            <a:endParaRPr lang="fr-FR"/>
-[...5 lines deleted...]
-          <p:cNvPr id="6" name="Espace réservé du numéro de diapositive 5"/>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="gray">
-[...11 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...9 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
-            <a:fld id="{9086CBD2-D940-4439-8DB0-30E4A5D212AB}" type="slidenum">
-              <a:rPr lang="fr-FR" smtClean="0"/>
+            <a:fld id="{C95D5E5F-C837-4BF3-8F96-B07AE8FF6AA6}" type="slidenum">
               <a:t>‹N°›</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...72 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3651476935"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3180067428"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
   <p:cSld name="Titre et sous-titre">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Titre 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
@@ -2444,94 +2216,84 @@
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13" name="Image 12"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
-            <a:clrChange>
-[...8 lines deleted...]
-            </a:clrChange>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="198438" y="198444"/>
-            <a:ext cx="2760352" cy="2018026"/>
+            <a:off x="284164" y="198444"/>
+            <a:ext cx="2306970" cy="1687506"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1218765783"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3554609897"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Sommaire">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
@@ -2801,93 +2563,64 @@
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="alphaLcPeriod"/>
               <a:defRPr b="1">
                 <a:solidFill>
                   <a:srgbClr val="090400"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl2pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Titre de la partie</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Deuxième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="662410815"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3446660436"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Chapitre">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Espace réservé pour une image  7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="13" hasCustomPrompt="1"/>
           </p:nvPr>
@@ -3066,4662 +2799,120 @@
             </a:pathLst>
           </a:custGeom>
           <a:ln w="10160">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" bIns="360000" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:lvl1pPr marL="436550" indent="-436550">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
               <a:defRPr sz="3583"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Titre de partie</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé de la date 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Espace réservé du pied de page 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="396875" y="5273661"/>
+            <a:ext cx="5691691" cy="396889"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Espace réservé du numéro de diapositive 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:fld id="{9086CBD2-D940-4439-8DB0-30E4A5D212AB}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
               <a:t>‹N°›</a:t>
             </a:fld>
-            <a:endParaRPr lang="fr-FR"/>
-[...519 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
-          </a:p>
-[...3995 lines deleted...]
-            <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="229437440"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Titre et textes 3 colonnes">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -8107,79 +3298,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Texte de niveau 3</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Texte de niveau 4</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Texte de niveau 5</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2361038683"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld name="Titre et contenu">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -8397,79 +3559,50 @@
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="alphaLcPeriod"/>
               <a:defRPr sz="827"/>
             </a:lvl2pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Titre</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Sous-titre</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="968853815"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
   <p:cSld name="1_Titre et sous-titre">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -8838,51 +3971,51 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Espace réservé de la date 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{F24346AB-C01C-4DF0-B8FE-5607D0575E11}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>13/11/2024</a:t>
+              <a:t>30/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Espace réservé du pied de page 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
@@ -8906,59 +4039,51 @@
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{69A55DD7-5DF8-4DB9-AAF1-5C50BEFA4791}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
               <a:t>‹N°›</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="125785697"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -9159,129 +4284,120 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:fld id="{9086CBD2-D940-4439-8DB0-30E4A5D212AB}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
               <a:t>‹N°›</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Image 11"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId11" cstate="print">
+          <a:blip r:embed="rId12" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7455172" y="141249"/>
             <a:ext cx="2228577" cy="511477"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="Image 7"/>
+          <p:cNvPr id="10" name="Image 9"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId12" cstate="print">
-[...9 lines deleted...]
-            </a:clrChange>
+          <a:blip r:embed="rId13" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="396874" y="141249"/>
-            <a:ext cx="991849" cy="725117"/>
+            <a:off x="316514" y="52608"/>
+            <a:ext cx="1284536" cy="939614"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2471455171"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483661" r:id="rId1"/>
     <p:sldLayoutId id="2147483662" r:id="rId2"/>
     <p:sldLayoutId id="2147483663" r:id="rId3"/>
     <p:sldLayoutId id="2147483664" r:id="rId4"/>
     <p:sldLayoutId id="2147483665" r:id="rId5"/>
     <p:sldLayoutId id="2147483666" r:id="rId6"/>
     <p:sldLayoutId id="2147483667" r:id="rId7"/>
     <p:sldLayoutId id="2147483668" r:id="rId8"/>
     <p:sldLayoutId id="2147483671" r:id="rId9"/>
+    <p:sldLayoutId id="2147483684" r:id="rId10"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="1008035" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="2811" b="1" kern="1200">
           <a:solidFill>
             <a:srgbClr val="0EB09D"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="1008035" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="100000"/>
@@ -9534,1240 +4650,84 @@
       <a:lvl8pPr marL="3528121" algn="l" defTabSz="1008035" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1984" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="4032138" algn="l" defTabSz="1008035" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1984" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1154 lines deleted...]
-
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.PNG"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.PNG"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nah-familles.cned.fr/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nah-familles.cned.fr/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -10780,51 +4740,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de la date 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:fld id="{D557BFBF-A67C-40A0-B15E-164954562B49}" type="datetime1">
               <a:rPr lang="fr-FR" cap="all" smtClean="0"/>
-              <a:t>13/11/2024</a:t>
+              <a:t>30/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR" cap="all" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Espace réservé du pied de page 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Direction générale de l'enseignement scolaire</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
@@ -10973,58 +4933,71 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>La lutte contre le harcèlement </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>au collège (lycée) XXX</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3528" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="3528" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2646" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="2646" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="fr-FR" sz="2646" b="0" dirty="0"/>
               <a:t>Sous-directeur de l’action éducative</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Image 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
@@ -11276,63 +5249,83 @@
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
               <a:t>subir de harcèlement (art. L. 111-6).</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="1400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t>Le harcèlement scolaire est un délit pénal:</a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t>Le harcèlement scolaire est un </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="2"/>
+              </a:rPr>
+              <a:t>délit pénal.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="2"/>
+              </a:rPr>
+              <a:t>Les </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t> Les peines de prison vont </a:t>
+              <a:t>peines de prison vont </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
               <a:t>de 3 à 10 ans d’emprisonnement </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
               <a:t>et de </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
@@ -11394,83 +5387,99 @@
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
               <a:t>222-33-2-3 du code pénal). </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="210273" y="4714794"/>
-            <a:ext cx="9818594" cy="646331"/>
+            <a:off x="99143" y="4597965"/>
+            <a:ext cx="9818594" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t>En luttant contre harcèlement à l’école et toute forme de violence, on agit sur le climat scolaire et le bien-être </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR">
+              <a:t>En luttant contre harcèlement à l’école et toute forme de violence, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t>des élèves.</a:t>
+              <a:t>on agit sur le climat scolaire et le bien-être des élèves, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="2"/>
+              </a:rPr>
+              <a:t>conditions indispensables pour la réussite de tous.</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Sous-titre 2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm rot="10800000" flipV="1">
             <a:off x="5978105" y="2777706"/>
             <a:ext cx="3197523" cy="1345720"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -11830,145 +5839,185 @@
               <a:t> ses conditions d’apprentissage</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
               <a:t>.  </a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="1400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1094796486"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2748509049"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="417493" y="926936"/>
+            <a:off x="417493" y="1040490"/>
             <a:ext cx="9072563" cy="535582"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Qui est concerné ?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="417493" y="1389003"/>
+            <a:off x="417493" y="1576072"/>
             <a:ext cx="5174415" cy="1384995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t>Une enquête statistique nationale a été menée en novembre 2023 auprès d’un échantillon de 21 700 élèves du CE2 à la terminale.</a:t>
+              <a:t>Une enquête statistique nationale a été menée en novembre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="2"/>
+              </a:rPr>
+              <a:t>2024 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="2"/>
+              </a:rPr>
+              <a:t>auprès d’un échantillon de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="2"/>
+              </a:rPr>
+              <a:t>36 000 élèves </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="2"/>
+              </a:rPr>
+              <a:t>du CE2 à la terminale.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="fr-FR" sz="1400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
               <a:t>Elle a permis de mesurer </a:t>
             </a:r>
             <a:r>
@@ -11977,231 +6026,243 @@
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
               <a:t>l’ampleur du harcèlement </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
               <a:t>subi par les élèves.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Rectangle 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="469009" y="2949116"/>
+            <a:off x="417493" y="3074622"/>
             <a:ext cx="5038725" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400" b="1">
-[...4 lines deleted...]
-            <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>harcèlement touche :</a:t>
+              <a:t>D’après cette enquête, le harcèlement touche :</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400">
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>5 </a:t>
+              <a:t>3 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>% des écoliers du CE2 au CM2</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400">
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>6 </a:t>
+              <a:t>5 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>% des collégiens</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400">
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>4 </a:t>
+              <a:t>3 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>% des lycéens</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Rectangle 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5823203" y="3144664"/>
+            <a:off x="5823203" y="3072674"/>
             <a:ext cx="3956717" cy="2246769"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Par ailleurs, un certain nombre de situations préoccupantes liées à la qualité de vie à l’école ou bien à des atteintes subies à l’école nécessitent une vigilance accrue des adultes. </a:t>
+              <a:t>Par ailleurs, des situations préoccupantes liées à la qualité de vie à l’école ou bien à des atteintes subies à l’école nécessitent une vigilance accrue des adultes, sans pour autant constituer du harcèlement. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="fr-FR" sz="1400" dirty="0">
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Ces situations « </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>à surveiller </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>» concernent :</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>18 </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>19 % des écoliers du CE2 au CM2</a:t>
+              <a:t>% des écoliers du CE2 au CM2</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>7 </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>6 % des collégiens</a:t>
+              <a:t>% des collégiens</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>5 % des lycéens</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Image 18"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
@@ -12239,647 +6300,643 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:clrChange>
               <a:clrFrom>
                 <a:srgbClr val="FFFFFF"/>
               </a:clrFrom>
               <a:clrTo>
                 <a:srgbClr val="FFFFFF">
                   <a:alpha val="0"/>
                 </a:srgbClr>
               </a:clrTo>
             </a:clrChange>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="20420169">
-            <a:off x="1109325" y="3594558"/>
+            <a:off x="989009" y="3790107"/>
             <a:ext cx="4407790" cy="3298222"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3187368420"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="574734642"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="442200" y="801579"/>
+            <a:off x="298766" y="977390"/>
             <a:ext cx="9072563" cy="560388"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Le cyberharcèlement</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2800" b="1">
+              <a:rPr lang="fr-FR" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" b="1">
+              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>un prolongement possible </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="fr-FR" sz="2400" b="1">
+              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" b="1">
+              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>du harcè</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400">
+              <a:rPr lang="fr-FR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>lement en milieu scolaire</a:t>
+              <a:t>lement à l’école</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="292475"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="292475"/>
               </a:solidFill>
               <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Rectangle 18"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="201450" y="2035686"/>
+            <a:ext cx="3318095" cy="3170099"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" numCol="1">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Le cyberharcèlement est avant tout une forme de harcèlement. Il est généralement le prolongement d’une situation de harcèlement.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" b="1" dirty="0">
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Il est défini comme « un acte agressif, intentionnel perpétré par un individu ou un groupe d’individus au moyen de formes de communication électroniques, de façon répétée à l’encontre d’une victime qui ne peut facilement se défendre seule.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>» </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" b="1" dirty="0">
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Il se pratique via les téléphones portables, messageries, jeux en ligne, courriers électroniques, réseaux sociaux, etc.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Rectangle 19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7064188" y="1537778"/>
+            <a:ext cx="2841812" cy="2677656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>L'exposition à Internet et aux réseaux sociaux des plus jeunes peut avoir plusieurs conséquences : addiction aux écrans, problèmes de sommeil, risque de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>cyberharcèlement</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>, etc. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0EB09D"/>
+              </a:solidFill>
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Si votre enfant est victime ou témoin de cyberharcèlement, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>prévenez immédiatement :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>l’école;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>le 3018 pour demander le retrait des contenus </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0EB09D"/>
+              </a:solidFill>
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="ZoneTexte 2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3607904" y="2033361"/>
+            <a:ext cx="3294920" cy="2870016"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Le saviez-vous ? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" dirty="0">
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>En moyenne, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>le 1er enregistrement </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>sur un réseau social surviendrait autour </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>des 8 ans et demi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>selon la Cnil. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" dirty="0">
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Depuis juillet 2023, la loi prévoit que </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>la majorité numérique </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>pour s’inscrire sur les réseaux sociaux est </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>de 15 ans</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" dirty="0">
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>En deçà de 15 ans, l’enfant doit </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>obtenir l’autorisation </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>d’un de ses deux parents. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" i="1" dirty="0">
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1050" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="17" name="Image 16"/>
+          <p:cNvPr id="8" name="Image 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect b="34361"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7808041" y="4726613"/>
-            <a:ext cx="2063176" cy="943937"/>
+            <a:off x="7525238" y="4380695"/>
+            <a:ext cx="1973498" cy="1045363"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...357 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1579863280"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="289567132"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="267919" y="793777"/>
+            <a:off x="402389" y="979576"/>
             <a:ext cx="9415831" cy="793778"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Comment agissons-nous pour prévenir et lutter contre le harcèlement dans notre établissement ? </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé du texte 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="fr-FR"/>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du contenu 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="267919" y="1773354"/>
+            <a:off x="396875" y="1816744"/>
             <a:ext cx="9286875" cy="3853806"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Nous organisons la prévention du harcèlement en déployant le programme de lutte contre le harcèlement à l’école Phare. Ce programme est doté d’un plan de prévention et de lutte contre le harcèlement.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Qui est en charge de l’application de ce programme dans notre établissement  ? </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
@@ -13098,102 +7155,102 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="267919" y="793777"/>
+            <a:off x="384460" y="1071682"/>
             <a:ext cx="9415831" cy="793778"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Comment agissons-nous pour prévenir et lutter contre le harcèlement dans notre établissement ? </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé du texte 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du contenu 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="267919" y="1671232"/>
+            <a:off x="384460" y="1865460"/>
             <a:ext cx="9286875" cy="3853806"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Que faisons-nous dans le cas d’une situation de harcèlement dans notre établissement ?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Dès que nous en avons connaissance, nous prenons en charge toutes les situations de harcèlement </a:t>
             </a:r>
@@ -13292,66 +7349,65 @@
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="396873" y="1230355"/>
+            <a:ext cx="9286875" cy="793778"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" dirty="0">
-[...8 lines deleted...]
-              <a:t>équipe ressource</a:t>
+              <a:rPr lang="fr-FR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>L’équipe ressource de l’établissement</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="2400" dirty="0">
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé du contenu 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
@@ -13480,52 +7536,52 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé du texte 2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="557032" y="2144929"/>
-            <a:ext cx="4671792" cy="1341882"/>
+            <a:off x="555812" y="1990676"/>
+            <a:ext cx="4672013" cy="1341437"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buSzPct val="45000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Les bons réflexes :</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="179388" indent="-179388">
               <a:buSzPct val="45000"/>
               <a:buFont typeface="OpenSymbol"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
@@ -13536,265 +7592,275 @@
           <a:p>
             <a:pPr marL="179388" indent="-179388">
               <a:buSzPct val="45000"/>
               <a:buFont typeface="OpenSymbol"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>rassurer son enfant ; </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="179388" indent="-179388">
               <a:buSzPct val="45000"/>
               <a:buFont typeface="OpenSymbol"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>informer immédiatement un personnel de l’établissement.</a:t>
             </a:r>
-            <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buSzPct val="45000"/>
               <a:buFont typeface="OpenSymbol"/>
               <a:buChar char="●"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" dirty="0"/>
+            <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0">
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buSzPct val="45000"/>
               <a:buFont typeface="OpenSymbol"/>
               <a:buChar char="●"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" dirty="0"/>
+            <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0">
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5847009" y="2363870"/>
-            <a:ext cx="3966802" cy="3216265"/>
+            <a:off x="5614888" y="2046105"/>
+            <a:ext cx="4318006" cy="3431709"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buSzPct val="45000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Vous pouvez aussi appeler ces numéros pour toutes les situations de harcèlement :</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" lvl="0" indent="-285750">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400">
+              <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>ligne académique :</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400" b="1">
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>XXXX XXX </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>XXX</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" lvl="0" indent="-285750">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400">
-[...6 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Plateforme</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>nationale</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>signalement : </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buSzPct val="45000"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="1400" b="1">
+            <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buSzPct val="45000"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="1400" b="1">
+            <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buSzPct val="45000"/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buSzPct val="100000"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="1400">
+            <a:endParaRPr lang="fr-FR" sz="1400" dirty="0">
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buSzPct val="100000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400">
-[...4 lines deleted...]
-            <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>situation sera transmise aux responsables académiques ou </a:t>
-[...11 lines deleted...]
-              <a:t>. </a:t>
+              <a:t>Votre situation sera transmise aux responsables académiques ou départementaux de la lutte contre le harcèlement. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="ZoneTexte 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="441940" y="939050"/>
+            <a:off x="370223" y="1020688"/>
             <a:ext cx="8621378" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" kern="1100" spc="-150" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Que faire si votre enfant se sent impliqué(e) </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="2400" b="1" kern="1100" spc="-150" dirty="0">
                 <a:solidFill>
@@ -13830,210 +7896,254 @@
                 <a:srgbClr val="FFFFFF"/>
               </a:clrFrom>
               <a:clrTo>
                 <a:srgbClr val="FFFFFF">
                   <a:alpha val="0"/>
                 </a:srgbClr>
               </a:clrTo>
             </a:clrChange>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7622126" y="783927"/>
             <a:ext cx="2191684" cy="1225273"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="1030" name="Picture 6" descr="Victime de cyber harcèlement appeler le numéro 3018"/>
+          <p:cNvPr id="11" name="Image 10"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="7294176" y="3654238"/>
-            <a:ext cx="1347549" cy="848798"/>
+            <a:off x="4160433" y="3486811"/>
+            <a:ext cx="1350866" cy="1919996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="ZoneTexte 7"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="555812" y="3417651"/>
+            <a:ext cx="3604621" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Votre alerte sera prise en compte par l’équipe ressource dans le cadre du protocole Phare.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="ZoneTexte 8"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="555812" y="4274935"/>
+            <a:ext cx="4057146" cy="1015663"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>N’hésitez pas à encourager </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>votre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>enfant à parler avec </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>vous</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>sa vie dans l’établissement.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11" name="Image 10"/>
+          <p:cNvPr id="12" name="Image 11"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4447993" y="3486811"/>
-            <a:ext cx="1350866" cy="1919996"/>
+            <a:off x="7622126" y="2854210"/>
+            <a:ext cx="1973498" cy="1592599"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln>
-[...3 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...84 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2758857901"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -14265,91 +8375,97 @@
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="18"/>
               <a:ea typeface="Arial" pitchFamily="2"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" hangingPunct="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1700" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="Arial" pitchFamily="2"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" hangingPunct="0">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr" hangingPunct="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1700" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
-              <a:ea typeface="Arial" pitchFamily="2"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
+              <a:hlinkClick r:id="rId3"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" hangingPunct="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1700" b="1" dirty="0">
+              <a:rPr lang="fr-FR" sz="1700" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>www.nah-familles.cned.fr</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" sz="1700" b="1" dirty="0">
+              <a:t>nah-familles.cned.fr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1700" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
+            <a:endParaRPr lang="fr-FR" sz="1700" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0EB09D"/>
+              </a:solidFill>
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" hangingPunct="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1700" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="Arial" pitchFamily="2"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" hangingPunct="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1700" b="1" dirty="0">
@@ -14669,146 +8785,116 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="fr-FR" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="Arial" pitchFamily="18"/>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Arial" pitchFamily="2"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
               <a:t>Pour en savoir plus</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="fr-FR" sz="1600" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="Arial" pitchFamily="18"/>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Arial" pitchFamily="2"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
               <a:t>: www.education.gouv.fr/nonauharcelement</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Image 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="321546" y="842454"/>
             <a:ext cx="4133850" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Image 6"/>
-[...28 lines deleted...]
-        <p:nvPicPr>
           <p:cNvPr id="8" name="Image 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1560043" y="2090099"/>
             <a:ext cx="2841409" cy="1910683"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF">
               <a:shade val="85000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln w="190500" cap="rnd">
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="50000" algn="tl" rotWithShape="0">
               <a:srgbClr val="000000">
@@ -14817,51 +8903,51 @@
             </a:outerShdw>
           </a:effectLst>
           <a:scene3d>
             <a:camera prst="orthographicFront"/>
             <a:lightRig rig="twoPt" dir="t">
               <a:rot lat="0" lon="0" rev="7800000"/>
             </a:lightRig>
           </a:scene3d>
           <a:sp3d contourW="6350">
             <a:bevelT w="50800" h="16510"/>
             <a:contourClr>
               <a:srgbClr val="C0C0C0"/>
             </a:contourClr>
           </a:sp3d>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Image 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8"/>
+          <a:blip r:embed="rId7"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="300765" y="3097762"/>
             <a:ext cx="2838505" cy="2015329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF">
               <a:shade val="85000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln w="190500" cap="rnd">
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="50000" algn="tl" rotWithShape="0">
               <a:srgbClr val="000000">
@@ -15105,541 +9191,50 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="20230628_séminaire du 29 juin 2023_MATIN_versionDELCOM" id="{B38A00AC-4A9F-4F48-9249-27B93EFD847A}" vid="{4642C973-0ADA-4D8F-B3B5-31FBD43DDAB5}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_20230628_séminaire du 29 juin 2023_MATIN_versionDELCOM">
-[...489 lines deleted...]
-<file path=ppt/theme/theme4.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
@@ -15856,51 +9451,51 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
@@ -16122,95 +9717,95 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>20230628_séminaire du 29 juin 2023_MATIN_versionDELCOM</Template>
   <TotalTime></TotalTime>
   <Words>1150</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Personnalisé</PresentationFormat>
-  <Paragraphs>119</Paragraphs>
+  <Paragraphs>121</Paragraphs>
   <Slides>9</Slides>
   <Notes>7</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="20" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Carlito</vt:lpstr>
+      <vt:lpstr>DejaVu Sans</vt:lpstr>
       <vt:lpstr>Marianne</vt:lpstr>
       <vt:lpstr>Marianne ExtraBold</vt:lpstr>
       <vt:lpstr>Marianne Medium</vt:lpstr>
+      <vt:lpstr>Noto Sans Devanagari</vt:lpstr>
+      <vt:lpstr>Noto Sans SC Regular</vt:lpstr>
       <vt:lpstr>OpenSymbol</vt:lpstr>
       <vt:lpstr>20230628_séminaire du 29 juin 2023_MATIN_versionDELCOM</vt:lpstr>
-      <vt:lpstr>1_20230628_séminaire du 29 juin 2023_MATIN_versionDELCOM</vt:lpstr>
-      <vt:lpstr>Conception personnalisée</vt:lpstr>
       <vt:lpstr>Présentation PowerPoint</vt:lpstr>
       <vt:lpstr>Qu’est-ce que le harcèlement entre élèves ? </vt:lpstr>
       <vt:lpstr>Qui est concerné ? </vt:lpstr>
-      <vt:lpstr>Le cyberharcèlement, un prolongement possible  du harcèlement en milieu scolaire</vt:lpstr>
+      <vt:lpstr>Le cyberharcèlement, un prolongement possible  du harcèlement à l’école </vt:lpstr>
       <vt:lpstr>Comment agissons-nous pour prévenir et lutter contre le harcèlement dans notre établissement ? </vt:lpstr>
       <vt:lpstr>Comment agissons-nous pour prévenir et lutter contre le harcèlement dans notre établissement ? </vt:lpstr>
-      <vt:lpstr>Mon équipe ressource</vt:lpstr>
+      <vt:lpstr>L’équipe ressource de l’établissement</vt:lpstr>
       <vt:lpstr>Présentation PowerPoint</vt:lpstr>
       <vt:lpstr>Présentation PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Le harcèlement c’est quoi ?</dc:title>
   <dc:creator>JEAN-PIERRE FELIX</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>