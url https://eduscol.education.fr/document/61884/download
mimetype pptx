--- v0 (2025-10-11)
+++ v1 (2026-01-28)
@@ -1,121 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme5.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
-    <p:sldMasterId id="2147483672" r:id="rId2"/>
-    <p:sldMasterId id="2147483684" r:id="rId3"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId11"/>
+    <p:notesMasterId r:id="rId9"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId12"/>
+    <p:handoutMasterId r:id="rId10"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="269" r:id="rId4"/>
-[...5 lines deleted...]
-    <p:sldId id="274" r:id="rId10"/>
+    <p:sldId id="269" r:id="rId2"/>
+    <p:sldId id="270" r:id="rId3"/>
+    <p:sldId id="272" r:id="rId4"/>
+    <p:sldId id="271" r:id="rId5"/>
+    <p:sldId id="266" r:id="rId6"/>
+    <p:sldId id="273" r:id="rId7"/>
+    <p:sldId id="274" r:id="rId8"/>
   </p:sldIdLst>
   <p:sldSz cx="10080625" cy="5670550"/>
   <p:notesSz cx="7559675" cy="10691813"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="fr-FR"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -249,77 +222,86 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15618"/>
     <p:restoredTop sz="84006" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="106" d="100"/>
-          <a:sy n="106" d="100"/>
+          <a:sx n="79" d="100"/>
+          <a:sy n="79" d="100"/>
         </p:scale>
-        <p:origin x="1376" y="184"/>
+        <p:origin x="108" y="2724"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
+  <p:sorterViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="100" d="100"/>
+        <a:sy n="100" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:sorterViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:noFill/>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -532,51 +514,51 @@
               <a:t>‹N°›</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:latin typeface="Carlito" pitchFamily="18"/>
               <a:ea typeface="Noto Sans SC Regular" pitchFamily="2"/>
               <a:cs typeface="Noto Sans Devanagari" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3359716876"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
 </p:handoutMaster>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -1518,140 +1500,56 @@
             <a:fld id="{BBCDF3C9-65E2-4DD6-B644-206E84252CD5}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3614082912"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...38 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...38 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -1814,313 +1712,92 @@
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="110">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:alpha val="0"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Titre</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Image 2"/>
-[...219 lines deleted...]
-        <p:nvPicPr>
           <p:cNvPr id="9" name="Image 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="384872" y="198444"/>
-            <a:ext cx="5327921" cy="3895114"/>
+            <a:off x="440340" y="198444"/>
+            <a:ext cx="5360386" cy="3921023"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3651476935"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2885132876"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
   <p:cSld name="Titre et sous-titre">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Titre 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
@@ -2340,102 +2017,92 @@
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="10160">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="13" name="Image 12"/>
+          <p:cNvPr id="5" name="Image 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
-            <a:clrChange>
-[...8 lines deleted...]
-            </a:clrChange>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="198438" y="198444"/>
-            <a:ext cx="2760352" cy="2018026"/>
+            <a:off x="268889" y="198444"/>
+            <a:ext cx="2606465" cy="1906581"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1218765783"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3554609897"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Sommaire">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
@@ -2734,64 +2401,94 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4110026-50F0-D99D-D370-A9E37BA5FDBD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6364212" y="5309689"/>
             <a:ext cx="1613302" cy="383503"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Image 10"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="337434" y="136148"/>
+            <a:ext cx="941239" cy="833432"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="662410815"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3446660436"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Chapitre">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Espace réservé pour une image  7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="13" hasCustomPrompt="1"/>
           </p:nvPr>
@@ -3070,4568 +2767,50 @@
           <p:cNvPr id="10" name="Espace réservé du numéro de diapositive 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:fld id="{9086CBD2-D940-4439-8DB0-30E4A5D212AB}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
               <a:t>‹N°›</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2195491121"/>
-[...4516 lines deleted...]
-      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="229437440"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Titre et textes 3 colonnes">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -8661,58 +3840,50 @@
             <a:fld id="{C95D5E5F-C837-4BF3-8F96-B07AE8FF6AA6}" type="slidenum">
               <a:t>‹N°›</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1793945313"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espace réservé du titre 1"/>
@@ -8934,82 +4105,72 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId11" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7455172" y="141249"/>
             <a:ext cx="2228577" cy="511477"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="Image 7"/>
+          <p:cNvPr id="10" name="Image 9"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId12" cstate="print">
-            <a:clrChange>
-[...8 lines deleted...]
-            </a:clrChange>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="396874" y="141249"/>
-            <a:ext cx="991849" cy="725117"/>
+            <a:off x="314325" y="72529"/>
+            <a:ext cx="1257301" cy="919693"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2471455171"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483661" r:id="rId1"/>
     <p:sldLayoutId id="2147483662" r:id="rId2"/>
     <p:sldLayoutId id="2147483663" r:id="rId3"/>
     <p:sldLayoutId id="2147483664" r:id="rId4"/>
     <p:sldLayoutId id="2147483665" r:id="rId5"/>
     <p:sldLayoutId id="2147483666" r:id="rId6"/>
     <p:sldLayoutId id="2147483667" r:id="rId7"/>
     <p:sldLayoutId id="2147483668" r:id="rId8"/>
     <p:sldLayoutId id="2147483669" r:id="rId9"/>
   </p:sldLayoutIdLst>
@@ -9286,1232 +4447,76 @@
       <a:lvl8pPr marL="3528121" algn="l" defTabSz="1008035" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1984" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="4032138" algn="l" defTabSz="1008035" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1984" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1154 lines deleted...]
-
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.PNG"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.PNG"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nah-familles.cned.fr/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nah-familles.cned.fr/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -10524,51 +4529,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de la date 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:fld id="{D557BFBF-A67C-40A0-B15E-164954562B49}" type="datetime1">
               <a:rPr lang="fr-FR" cap="all" smtClean="0"/>
-              <a:t>13/11/2024</a:t>
+              <a:t>30/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR" cap="all" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Espace réservé du pied de page 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Direction générale de l'enseignement scolaire</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
@@ -10725,58 +4730,71 @@
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>La lutte contre le harcèlement à</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>l’école XXXX</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="3528" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="3528" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2646" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="2646" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="fr-FR" sz="2646" b="0" dirty="0"/>
               <a:t>Sous-directeur de l’action éducative</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Image 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
@@ -11166,139 +5184,99 @@
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
               <a:t>222-33-2-3 du code pénal). </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="210273" y="4714794"/>
+            <a:off x="99143" y="4597965"/>
             <a:ext cx="9818594" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t>En luttant contre harcèlement à l’école et toute forme de violence</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR">
+              <a:t>En luttant contre harcèlement à l’école et toute forme de violence, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t>, </a:t>
+              <a:t>on agit sur le climat scolaire et le bien-être des élèves, </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
             <a:r>
-              <a:rPr lang="fr-FR">
+              <a:rPr lang="fr-FR" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t>on </a:t>
-[...42 lines deleted...]
-              <a:t>indispensables pour la réussite de tous.</a:t>
+              <a:t>conditions indispensables pour la réussite de tous.</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Sous-titre 2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm rot="10800000" flipV="1">
             <a:off x="5978105" y="2777706"/>
             <a:ext cx="3197523" cy="1345720"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -11697,422 +5675,391 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="417493" y="926936"/>
+            <a:off x="417493" y="1040490"/>
             <a:ext cx="9072563" cy="535582"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400">
+              <a:rPr lang="fr-FR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Qui est concerné ?</a:t>
             </a:r>
-            <a:endParaRPr lang="fr-FR" sz="2400" dirty="0">
-[...4 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="417493" y="1389003"/>
+            <a:off x="417493" y="1576072"/>
             <a:ext cx="5174415" cy="1384995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400">
+              <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t>Une enquête statistique nationale </a:t>
+              <a:t>Une enquête statistique nationale a été menée en novembre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="2"/>
+              </a:rPr>
+              <a:t>2024 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t>a été menée en novembre 2023 auprès d’un échantillon </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" sz="1400">
+              <a:t>auprès d’un échantillon de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t>de 21 700 </a:t>
+              <a:t>36 000 élèves </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t>élèves du CE2 à </a:t>
-[...19 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>du CE2 à la terminale.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="fr-FR" sz="1400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400">
+              <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t>Elle a permis de </a:t>
+              <a:t>Elle a permis de mesurer </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="2"/>
+              </a:rPr>
+              <a:t>l’ampleur du harcèlement </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t>mesurer </a:t>
-[...34 lines deleted...]
-            </a:endParaRPr>
+              <a:t>subi par les élèves.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Rectangle 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="469009" y="2949116"/>
+            <a:off x="417493" y="3074622"/>
             <a:ext cx="5038725" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400" b="1">
-[...4 lines deleted...]
-            <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>harcèlement touche :</a:t>
+              <a:t>D’après cette enquête, le harcèlement touche :</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400">
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>5 </a:t>
+              <a:t>3 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>% des écoliers du CE2 au CM2</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400">
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>6 </a:t>
+              <a:t>5 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>% des collégiens</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400">
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>4 </a:t>
+              <a:t>3 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>% des lycéens</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Rectangle 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5823203" y="3144664"/>
+            <a:off x="5823203" y="3072674"/>
             <a:ext cx="3956717" cy="2246769"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Par ailleurs, des situations préoccupantes liées à la qualité de vie à l’école ou bien à des atteintes subies à l’école nécessitent une vigilance accrue des adultes, sans pour autant constituer du harcèlement. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="fr-FR" sz="1400" dirty="0">
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Ces situations « </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>à surveiller </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>» concernent :</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>18 </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>19 % des écoliers du CE2 au CM2</a:t>
+              <a:t>% des écoliers du CE2 au CM2</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>7 </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>6 % des collégiens</a:t>
+              <a:t>% des collégiens</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>5 % des lycéens</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Image 18"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
@@ -12200,597 +6147,542 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="442200" y="801579"/>
+            <a:off x="298766" y="977390"/>
             <a:ext cx="9072563" cy="560388"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Le cyberharcèlement</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2800" b="1">
+              <a:rPr lang="fr-FR" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" b="1">
+              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>un prolongement possible </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="fr-FR" sz="2400" b="1">
+              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" b="1">
+              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>du harcè</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400">
+              <a:rPr lang="fr-FR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>lement à </a:t>
-[...8 lines deleted...]
-              <a:t>l’école</a:t>
+              <a:t>lement à l’école</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="292475"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="292475"/>
               </a:solidFill>
               <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Rectangle 18"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="201450" y="2035686"/>
+            <a:ext cx="3318095" cy="3170099"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" numCol="1">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Le cyberharcèlement est avant tout une forme de harcèlement. Il est généralement le prolongement d’une situation de harcèlement.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" b="1" dirty="0">
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Il est défini comme « un acte agressif, intentionnel perpétré par un individu ou un groupe d’individus au moyen de formes de communication électroniques, de façon répétée à l’encontre d’une victime qui ne peut facilement se défendre seule.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" i="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>» </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" b="1" dirty="0">
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Il se pratique via les téléphones portables, messageries, jeux en ligne, courriers électroniques, réseaux sociaux, etc.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Rectangle 19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7064188" y="1537778"/>
+            <a:ext cx="2841812" cy="2677656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>L'exposition à Internet et aux réseaux sociaux des plus jeunes peut avoir plusieurs conséquences : addiction aux écrans, problèmes de sommeil, risque de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>cyberharcèlement</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>, etc. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0EB09D"/>
+              </a:solidFill>
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Si votre enfant est victime ou témoin de cyberharcèlement, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>prévenez immédiatement :</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>l’école;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>le 3018 pour demander le retrait des contenus </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0EB09D"/>
+              </a:solidFill>
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="ZoneTexte 2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3644406" y="2556042"/>
+            <a:ext cx="3294920" cy="2870016"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Le saviez-vous ? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" dirty="0">
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>En moyenne, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>le 1er enregistrement </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>sur un réseau social surviendrait autour </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>des 8 ans et demi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>selon la Cnil. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" dirty="0">
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Depuis juillet 2023, la loi prévoit que </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>la majorité numérique </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>pour s’inscrire sur les réseaux sociaux est </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>de 15 ans</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" dirty="0">
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>En deçà de 15 ans, l’enfant doit </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>obtenir l’autorisation </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>d’un de ses deux parents. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1200" i="1" dirty="0">
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" sz="1050" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="17" name="Image 16"/>
+          <p:cNvPr id="8" name="Image 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect b="34361"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7808041" y="4726613"/>
-            <a:ext cx="2063176" cy="943937"/>
+            <a:off x="7525238" y="4380695"/>
+            <a:ext cx="1973498" cy="1045363"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...390 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2742579261"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titre 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="396872" y="875419"/>
+            <a:off x="396872" y="1064263"/>
             <a:ext cx="9286875" cy="793778"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Comment agissons-nous pour prévenir et lutter contre le harcèlement dans notre école? </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé du texte 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -12802,281 +6694,190 @@
           <a:xfrm>
             <a:off x="4360984" y="117232"/>
             <a:ext cx="5322765" cy="478102"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du contenu 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="396873" y="1570565"/>
-            <a:ext cx="9286875" cy="3934176"/>
+            <a:off x="396872" y="1749469"/>
+            <a:ext cx="9286875" cy="3637539"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR" sz="1400" dirty="0">
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Nous organisons la prévention du harcèlement en déployant le programme de lutte contre le harcèlement </a:t>
-[...17 lines deleted...]
-              <a:t>Ce dispositif </a:t>
+              <a:t>Nous organisons la prévention du harcèlement en déployant le programme de lutte contre le harcèlement à l’école, Phare. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>prévoit</a:t>
+              <a:t>Ce dispositif prévoit</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>plusieurs actions que nous mettons en place au sein de notre école (sensibilisation des parents, 10h d’apprentissage, participation à des temps forts : Journée non au harcèlement, Prix non au harcèlement, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" i="1" dirty="0" err="1">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Safer</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" i="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> internet Day</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>, etc.).  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Les actions sont effectuées tout au long de l’année</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t> et donnent lieu à l’obtention d’un </a:t>
-[...9 lines deleted...]
-            </a:endParaRPr>
+              <a:t> et donnent lieu à l’obtention d’un label ;</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Nous appliquons le protocole national </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>de prise en charge en cas de révélation d’une situation de </a:t>
-[...9 lines deleted...]
-            </a:endParaRPr>
+              <a:t>de prise en charge en cas de révélation d’une situation de harcèlement ; </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Nous suivons de près les situations de harcèlement dans notre école et nous </a:t>
-[...35 lines deleted...]
-              <a:t>est chargée </a:t>
+              <a:t>Nous suivons de près les situations de harcèlement dans notre école et nous sollicitions l’inspecteur de l’éducation nationale de notre circonscription lorsque nous avons besoin de l’appui de son équipe ressource. Celle-ci est chargée </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>d’intervenir pour traiter les situations de harcèlement</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1400" dirty="0">
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="171450" indent="-171450">
-[...7 lines deleted...]
-          <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1800">
+              <a:rPr lang="fr-FR" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
-              <a:t>Notre objectif </a:t>
-[...9 lines deleted...]
-              <a:t>est de créer une communauté protectrice au sein de l’école.</a:t>
+              <a:t>Notre objectif est de créer une communauté protectrice au sein de l’école.</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="1800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="fr-FR" dirty="0">
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="899688960"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -13175,224 +6976,237 @@
             <a:pPr lvl="0">
               <a:buSzPct val="45000"/>
               <a:buFont typeface="OpenSymbol"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buSzPct val="45000"/>
               <a:buFont typeface="OpenSymbol"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5847009" y="2363870"/>
-            <a:ext cx="3966802" cy="3216265"/>
+            <a:off x="5639832" y="2164323"/>
+            <a:ext cx="4328921" cy="3431709"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buSzPct val="45000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Vous pouvez aussi appeler ces numéros pour toutes les situations de harcèlement :</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" lvl="0" indent="-285750">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400">
+              <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>ligne académique :</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400" b="1">
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>XXXX XXX </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>XXX</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" lvl="0" indent="-285750">
+            <a:pPr marL="285750" lvl="0" indent="-285750" defTabSz="471488">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400">
-[...34 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>plateforme </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>nationale</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>signalement : </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buSzPct val="45000"/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:pPr lvl="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buSzPct val="45000"/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="0EB09D"/>
+              </a:solidFill>
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buSzPct val="45000"/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0EB09D"/>
+              </a:solidFill>
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buSzPct val="100000"/>
             </a:pPr>
-            <a:endParaRPr lang="fr-FR" sz="1400">
+            <a:endParaRPr lang="fr-FR" sz="1400" dirty="0">
               <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buSzPct val="100000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="1400">
-[...4 lines deleted...]
-            <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>situation sera transmise aux responsables académiques ou </a:t>
-[...11 lines deleted...]
-              <a:t>. </a:t>
+              <a:t>Votre situation sera transmise aux responsables académiques ou départementaux de la lutte contre le harcèlement. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="ZoneTexte 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="441940" y="939050"/>
             <a:ext cx="8621378" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -13468,228 +7282,217 @@
                 <a:srgbClr val="FFFFFF"/>
               </a:clrFrom>
               <a:clrTo>
                 <a:srgbClr val="FFFFFF">
                   <a:alpha val="0"/>
                 </a:srgbClr>
               </a:clrTo>
             </a:clrChange>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7622126" y="783927"/>
             <a:ext cx="2191684" cy="1225273"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="1030" name="Picture 6" descr="Victime de cyber harcèlement appeler le numéro 3018"/>
+          <p:cNvPr id="11" name="Image 10"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="7294176" y="3654238"/>
-            <a:ext cx="1347549" cy="848798"/>
+            <a:off x="4190355" y="3558854"/>
+            <a:ext cx="1350866" cy="1919996"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="ZoneTexte 7"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="231820" y="3718633"/>
+            <a:ext cx="4057146" cy="800219"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...9 lines deleted...]
-      </p:pic>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Votre alerte sera prise en compte et traitée dans le cadre du protocole Phare.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="ZoneTexte 8"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="231820" y="4518852"/>
+            <a:ext cx="4057146" cy="800219"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>N’hésitez pas à encourager votre enfant à parler avec vous </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>de son </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>expérience </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="0EB09D"/>
+                </a:solidFill>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>à l’école.</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0EB09D"/>
+              </a:solidFill>
+              <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="fr-FR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11" name="Image 10"/>
+          <p:cNvPr id="12" name="Image 11"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4288966" y="3543038"/>
-            <a:ext cx="1350866" cy="1919996"/>
+            <a:off x="7622126" y="3019839"/>
+            <a:ext cx="1973498" cy="1592599"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln>
-[...3 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...102 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2900806551"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -13921,91 +7724,97 @@
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="18"/>
               <a:ea typeface="Arial" pitchFamily="2"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" hangingPunct="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="18"/>
               <a:ea typeface="Arial" pitchFamily="2"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" hangingPunct="0">
+            <a:pPr marL="0" lvl="0" indent="0" algn="ctr" hangingPunct="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="18"/>
-              <a:ea typeface="Arial" pitchFamily="2"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
+              <a:hlinkClick r:id="rId3"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" hangingPunct="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
+              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>www.nah-familles.cned.fr</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0">
+              <a:t>nah-familles.cned.fr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0EB09D"/>
                 </a:solidFill>
                 <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
+            <a:endParaRPr lang="fr-FR" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0EB09D"/>
+              </a:solidFill>
+              <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" hangingPunct="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1700" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0EB09D"/>
               </a:solidFill>
               <a:latin typeface="Marianne ExtraBold" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="Arial" pitchFamily="2"/>
               <a:cs typeface="Arial" pitchFamily="2"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" hangingPunct="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1700" b="1" dirty="0">
@@ -14285,186 +8094,156 @@
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5951629" y="1330946"/>
             <a:ext cx="1480112" cy="1114006"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="175223" y="5331996"/>
-            <a:ext cx="10080625" cy="338554"/>
+            <a:ext cx="10080625" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="fr-FR" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="Arial" pitchFamily="18"/>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Arial" pitchFamily="2"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
               <a:t>Pour en savoir plus</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="fr-FR" sz="1600" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:rPr kumimoji="0" lang="fr-FR" sz="1400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="Arial" pitchFamily="18"/>
+                <a:latin typeface="Marianne" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Arial" pitchFamily="2"/>
                 <a:cs typeface="Arial" pitchFamily="2"/>
               </a:rPr>
               <a:t>: www.education.gouv.fr/nonauharcelement</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Image 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="321546" y="842454"/>
             <a:ext cx="4133850" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Image 6"/>
-[...28 lines deleted...]
-        <p:nvPicPr>
           <p:cNvPr id="8" name="Image 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1560043" y="2090099"/>
             <a:ext cx="2841409" cy="1910683"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF">
               <a:shade val="85000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln w="190500" cap="rnd">
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="50000" algn="tl" rotWithShape="0">
               <a:srgbClr val="000000">
@@ -14473,51 +8252,51 @@
             </a:outerShdw>
           </a:effectLst>
           <a:scene3d>
             <a:camera prst="orthographicFront"/>
             <a:lightRig rig="twoPt" dir="t">
               <a:rot lat="0" lon="0" rev="7800000"/>
             </a:lightRig>
           </a:scene3d>
           <a:sp3d contourW="6350">
             <a:bevelT w="50800" h="16510"/>
             <a:contourClr>
               <a:srgbClr val="C0C0C0"/>
             </a:contourClr>
           </a:sp3d>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Image 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8"/>
+          <a:blip r:embed="rId7"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="300765" y="3097762"/>
             <a:ext cx="2838505" cy="2015329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF">
               <a:shade val="85000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln w="190500" cap="rnd">
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="50000" algn="tl" rotWithShape="0">
               <a:srgbClr val="000000">
@@ -14761,541 +8540,50 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="20230628_séminaire du 29 juin 2023_MATIN_versionDELCOM" id="{B38A00AC-4A9F-4F48-9249-27B93EFD847A}" vid="{4642C973-0ADA-4D8F-B3B5-31FBD43DDAB5}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_20230628_séminaire du 29 juin 2023_MATIN_versionDELCOM">
-[...489 lines deleted...]
-<file path=ppt/theme/theme4.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
@@ -15512,51 +8800,51 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
@@ -15777,94 +9065,94 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>20230628_séminaire du 29 juin 2023_MATIN_versionDELCOM</Template>
   <TotalTime></TotalTime>
-  <Words>955</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Words>946</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Personnalisé</PresentationFormat>
-  <Paragraphs>104</Paragraphs>
+  <Paragraphs>103</Paragraphs>
   <Slides>7</Slides>
   <Notes>6</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Carlito</vt:lpstr>
+      <vt:lpstr>DejaVu Sans</vt:lpstr>
       <vt:lpstr>Marianne</vt:lpstr>
       <vt:lpstr>Marianne ExtraBold</vt:lpstr>
       <vt:lpstr>Marianne Medium</vt:lpstr>
+      <vt:lpstr>Noto Sans Devanagari</vt:lpstr>
+      <vt:lpstr>Noto Sans SC Regular</vt:lpstr>
       <vt:lpstr>OpenSymbol</vt:lpstr>
       <vt:lpstr>20230628_séminaire du 29 juin 2023_MATIN_versionDELCOM</vt:lpstr>
-      <vt:lpstr>1_20230628_séminaire du 29 juin 2023_MATIN_versionDELCOM</vt:lpstr>
-      <vt:lpstr>Conception personnalisée</vt:lpstr>
       <vt:lpstr>Présentation PowerPoint</vt:lpstr>
       <vt:lpstr>Qu’est-ce que le harcèlement entre élèves ? </vt:lpstr>
       <vt:lpstr>Qui est concerné ? </vt:lpstr>
       <vt:lpstr>Le cyberharcèlement, un prolongement possible  du harcèlement à l’école </vt:lpstr>
       <vt:lpstr>Comment agissons-nous pour prévenir et lutter contre le harcèlement dans notre école? </vt:lpstr>
       <vt:lpstr>Présentation PowerPoint</vt:lpstr>
       <vt:lpstr>Présentation PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Le harcèlement c’est quoi ?</dc:title>
   <dc:creator>JEAN-PIERRE FELIX</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>