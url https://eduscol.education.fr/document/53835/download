--- v0 (2025-10-01)
+++ v1 (2025-10-22)
@@ -1,53 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
+    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="47985A78" w14:textId="0E37F0E1" w:rsidR="00D8616C" w:rsidRPr="00D54975" w:rsidRDefault="00D8616C" w:rsidP="00E6394B">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23A9C3F4" wp14:editId="42CF290E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3241343</wp:posOffset>
@@ -140,111 +145,111 @@
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="570087" cy="332047"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="518326F0" w14:textId="0E5D4A60" w:rsidR="00057A3F" w:rsidRPr="00A5289A" w:rsidRDefault="00057A3F" w:rsidP="00D55358">
+                          <w:p w14:paraId="518326F0" w14:textId="02B3DEC8" w:rsidR="00057A3F" w:rsidRPr="00A5289A" w:rsidRDefault="00057A3F" w:rsidP="00D55358">
                             <w:pPr>
                               <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:eastAsia="fr-FR"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00A5289A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:eastAsia="fr-FR"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Année scolaire </w:t>
                             </w:r>
                             <w:r w:rsidR="00B66B64">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:eastAsia="fr-FR"/>
                               </w:rPr>
                               <w:t>202</w:t>
                             </w:r>
-                            <w:r w:rsidR="00EA316B">
+                            <w:r w:rsidR="00FB3369">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:eastAsia="fr-FR"/>
                               </w:rPr>
-                              <w:t>4</w:t>
+                              <w:t>5</w:t>
                             </w:r>
                             <w:r w:rsidR="00B66B64">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:eastAsia="fr-FR"/>
                               </w:rPr>
                               <w:t>-202</w:t>
                             </w:r>
-                            <w:r w:rsidR="00EA316B">
+                            <w:r w:rsidR="00FB3369">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:eastAsia="fr-FR"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="2F799FDA" w14:textId="4684864E" w:rsidR="00851CF0" w:rsidRPr="00A5289A" w:rsidRDefault="00E6394B" w:rsidP="00083960">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:eastAsia="fr-FR"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00A5289A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:eastAsia="fr-FR"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Fiche dialogue pour </w:t>
                             </w:r>
                             <w:r w:rsidR="008E497E">
@@ -480,111 +485,111 @@
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="570087" cy="332047"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="518326F0" w14:textId="0E5D4A60" w:rsidR="00057A3F" w:rsidRPr="00A5289A" w:rsidRDefault="00057A3F" w:rsidP="00D55358">
+                    <w:p w14:paraId="518326F0" w14:textId="02B3DEC8" w:rsidR="00057A3F" w:rsidRPr="00A5289A" w:rsidRDefault="00057A3F" w:rsidP="00D55358">
                       <w:pPr>
                         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:eastAsia="fr-FR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A5289A">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:eastAsia="fr-FR"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Année scolaire </w:t>
                       </w:r>
                       <w:r w:rsidR="00B66B64">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:eastAsia="fr-FR"/>
                         </w:rPr>
                         <w:t>202</w:t>
                       </w:r>
-                      <w:r w:rsidR="00EA316B">
+                      <w:r w:rsidR="00FB3369">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:eastAsia="fr-FR"/>
                         </w:rPr>
-                        <w:t>4</w:t>
+                        <w:t>5</w:t>
                       </w:r>
                       <w:r w:rsidR="00B66B64">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:eastAsia="fr-FR"/>
                         </w:rPr>
                         <w:t>-202</w:t>
                       </w:r>
-                      <w:r w:rsidR="00EA316B">
+                      <w:r w:rsidR="00FB3369">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:eastAsia="fr-FR"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="2F799FDA" w14:textId="4684864E" w:rsidR="00851CF0" w:rsidRPr="00A5289A" w:rsidRDefault="00E6394B" w:rsidP="00083960">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:eastAsia="fr-FR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A5289A">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:eastAsia="fr-FR"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Fiche dialogue pour </w:t>
                       </w:r>
                       <w:r w:rsidR="008E497E">
@@ -1118,6009 +1123,367 @@
         </w:rPr>
         <w:t>……</w:t>
       </w:r>
       <w:r w:rsidR="00D55358" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="382DD19E" w14:textId="77777777" w:rsidR="000A47DE" w:rsidRPr="00D54975" w:rsidRDefault="000A47DE" w:rsidP="000A47DE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="4"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50CF66F9" w14:textId="377E25E3" w:rsidR="00E6394B" w:rsidRPr="00D54975" w:rsidRDefault="00057A3F" w:rsidP="001541BF">
+    <w:p w14:paraId="50CF66F9" w14:textId="01A46B2E" w:rsidR="00E6394B" w:rsidRPr="00F975B9" w:rsidRDefault="00057A3F" w:rsidP="001541BF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D54975">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Cette</w:t>
       </w:r>
-      <w:r w:rsidR="00E6394B" w:rsidRPr="00D54975">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E6394B" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> fiche </w:t>
       </w:r>
-      <w:r w:rsidR="00851CF0" w:rsidRPr="00D54975">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00851CF0" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">vise à recueillir vos </w:t>
       </w:r>
-      <w:r w:rsidR="008E497E" w:rsidRPr="00D54975">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="008E497E" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">vœux de poursuite d’études dans l’enseignement supérieur </w:t>
       </w:r>
-      <w:r w:rsidR="00851CF0" w:rsidRPr="00D54975">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00851CF0" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>avant le premier conseil de classe de l’année. Lors d</w:t>
       </w:r>
-      <w:r w:rsidR="00CB0A11" w:rsidRPr="00D54975">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00CB0A11" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>e ce</w:t>
       </w:r>
-      <w:r w:rsidR="00851CF0" w:rsidRPr="00D54975">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00851CF0" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> conseil de classe, l’équipe pédagogique examinera votre projet afin de vous donner les conseils et recommandations utiles pour éclairer les </w:t>
       </w:r>
-      <w:r w:rsidR="008E497E" w:rsidRPr="00D54975">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="008E497E" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">vœux post-bac </w:t>
       </w:r>
-      <w:r w:rsidR="00851CF0" w:rsidRPr="00D54975">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00851CF0" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">que vous ferez au plus tard </w:t>
       </w:r>
-      <w:r w:rsidR="00D54975" w:rsidRPr="00D54975">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00D54975" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>le 1</w:t>
       </w:r>
-      <w:r w:rsidR="00EA316B">
-[...11 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00FB3369" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D54975" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00851CF0" w:rsidRPr="00D54975">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00851CF0" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>mars</w:t>
       </w:r>
-      <w:r w:rsidR="00D54975" w:rsidRPr="00D54975">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00D54975" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00EA316B">
-[...11 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00FB3369" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00851CF0" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000A47DE" w:rsidRPr="00D54975">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="000A47DE" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FAE50B9" w14:textId="3AFB7E25" w:rsidR="00E6394B" w:rsidRPr="00D54975" w:rsidRDefault="00E6394B" w:rsidP="000A47DE">
+    <w:p w14:paraId="70CC0BB1" w14:textId="0D40FDB3" w:rsidR="004E59E2" w:rsidRDefault="00E6394B" w:rsidP="00F975B9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...129 lines deleted...]
-        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N’hésitez pas à solliciter l’avis du professeur principal, du psychologue de l’éducation nationale ou </w:t>
+      </w:r>
+      <w:r w:rsidR="000A47DE" w:rsidRPr="00F975B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>tout autre membre de l’équipe éducative, si vous l’estimez nécessaire.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5F8DB4E6" w14:textId="382D6172" w:rsidR="00E6394B" w:rsidRPr="00D54975" w:rsidRDefault="001F0E2B" w:rsidP="00E6394B">
-[...5028 lines deleted...]
-    <w:p w14:paraId="71CD1482" w14:textId="7CEB1641" w:rsidR="00F46442" w:rsidRPr="00D54975" w:rsidRDefault="00061765" w:rsidP="002836FD">
+    <w:p w14:paraId="2D9B5A5D" w14:textId="2648FBEF" w:rsidR="00A274A5" w:rsidRDefault="00C145D3" w:rsidP="002836FD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="6946"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B6998">
-[...539 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00C145D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
+          <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-      </w:pPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="244CD968" wp14:editId="735D1796">
+            <wp:extent cx="6645910" cy="2662555"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="4445"/>
+            <wp:docPr id="24" name="Image 24"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6645910" cy="2662555"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6398B1CA" w14:textId="308D08E7" w:rsidR="00F0678F" w:rsidRDefault="00FD57C9" w:rsidP="002836FD">
-[...48 lines deleted...]
-    <w:p w14:paraId="73E9883E" w14:textId="77777777" w:rsidR="0089573F" w:rsidRPr="00D54975" w:rsidRDefault="00712AA5" w:rsidP="002836FD">
+    <w:p w14:paraId="73E9883E" w14:textId="6EBD000B" w:rsidR="0089573F" w:rsidRPr="00D54975" w:rsidRDefault="00712AA5" w:rsidP="002836FD">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D54975">
         <w:rPr>
@@ -7134,51 +1497,69 @@
       <w:r w:rsidR="002A5203" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>otre p</w:t>
       </w:r>
       <w:r w:rsidR="00775E65" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>rofil</w:t>
       </w:r>
       <w:r w:rsidR="00DF652C" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – état de votre réflexion</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00591B5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF652C" w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>votre réflexion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="611CA802" w14:textId="77777777" w:rsidR="002836FD" w:rsidRPr="00D54975" w:rsidRDefault="002836FD" w:rsidP="002836FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23664DBD" w14:textId="4D6F8519" w:rsidR="0089573F" w:rsidRPr="00D54975" w:rsidRDefault="0089573F" w:rsidP="002836FD">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -7758,51 +2139,51 @@
                               <a:lumOff val="25000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml">
+          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
             <w:pict>
               <v:rect w14:anchorId="2E5A53E5" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:168.2pt;margin-top:.6pt;width:9.9pt;height:9.9pt;z-index:251851776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7b9TBegIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vEzEQvSPxHyzf6SahoXTVpIpaFSEV&#10;WtGinqdeb3Ylr8fYTjbh1/Ps3bSlcELk4My3Z57f7Nn5rjNiq31o2S7k9GgihbaKq9auF/L7/dW7&#10;j1KESLYiw1Yv5F4Heb58++asd6WeccOm0l6giA1l7xayidGVRRFUozsKR+y0hbNm31GE6tdF5alH&#10;9c4Us8nkQ9Gzr5xnpUOA9XJwymWuX9daxZu6DjoKs5DoLebT5/MxncXyjMq1J9e0amyD/qGLjlqL&#10;S59KXVIksfHtH6W6VnkOXMcjxV3Bdd0qnWfANNPJq2nuGnI6zwJwgnuCKfy/surr9taLtsLbSWGp&#10;wxN9A2hk10aLaYKnd6FE1J279aMWIKZZd7Xv0j+mELsM6f4JUr2LQsE4nc1P3gN4Bdcoo0rxnOx8&#10;iJ80dyIJC+lxeQaSttchDqGHkHSX5avWGNipNFb0KHo6maf6BPLUhiLEzmGcYNdSkFmDlSr6XDKw&#10;aauUnrLDPlwYL7YEYoBPFff36FkKQyHCgUHyLyeaTfeFqyH2ZA77QBuYQa7BPDuYMdpQOk/525Vp&#10;jksKzZCRXakQMoxNLenM13HsBPsAdJIeudrjnTwPBA5OXbWodo1mb8mDsYAAWxhvcNSGgQuPkhQN&#10;+59/s6d4EAleKXpsADD7sSGvgcFnC4qdTo+P08pk5Xh+MoPiX3oeX3rsprtgYAkaobsspvhoDmLt&#10;uXvAsq7SrXCRVbh7eJ1RuYjDZmLdlV6tchjWxFG8tndOpeIJp4Tj/e6BvBtJE/FyX/mwLVS+4s4Q&#10;mzItrzaR6zYT6xlXvEFSsGL5NcbPQdrhl3qOev5oLX8BAAD//wMAUEsDBBQABgAIAAAAIQBTFe4m&#10;3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLF3bdVNpOqEhJsSNscO4&#10;eY1py5qkNNla3h5zgput79fvz8V6Mp240OBbZxXMZxEIspXTra0V7N+e7lYgfECrsXOWFHyTh3V5&#10;fVVgrt1oX+myC7XgEutzVNCE0OdS+qohg37merLMPtxgMPA61FIPOHK56WQcRZk02Fq+0GBPm4aq&#10;0+5sFCxfntPtuPj6TFf9fjO8P8anA26Vur2ZHu5BBJrCXxh+9VkdSnY6urPVXnQKkiRLOcogBsE8&#10;WWQ8HBXE8whkWcj/D5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHtv1MF6AgAA/AQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFMV7ibfAAAA&#10;CAEAAA8AAAAAAAAAAAAAAAAA1AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" filled="f" strokecolor="#404040" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A24CD4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251793408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FA460A4" wp14:editId="301C30F2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3879850</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>5080</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="125730" cy="125730"/>
@@ -7830,51 +2211,51 @@
                               <a:lumOff val="25000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml">
+          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
             <w:pict>
               <v:rect w14:anchorId="4D60F711" id="Rectangle 298" o:spid="_x0000_s1026" style="position:absolute;margin-left:305.5pt;margin-top:.4pt;width:9.9pt;height:9.9pt;z-index:251793408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFqqRufgIAAAAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5ukpJSIDYpAVJVo&#10;QYWK8+D1ZlfyelzbySb99X32boDSnqrm4Mzns+fNzJ6d7zojttqHlm0pp0cTKbRVXLV2Xcrv91fv&#10;PkoRItmKDFtdyr0O8nz59s1Z7xZ6xg2bSnsBEBsWvStlE6NbFEVQje4oHLHTFs6afUcRql8Xlace&#10;6J0pZpPJh6JnXznPSocA6+XglMuMX9daxZu6DjoKU0q8LebT5/MxncXyjBZrT65p1fgM+odXdNRa&#10;XPoEdUmRxMa3f0B1rfIcuI5HiruC67pVOteAaqaTV9XcNeR0rgXkBPdEU/h/sOrr9taLtirl7BSt&#10;stShSd9AG9m10SIZQVHvwgKRd+7Wj1qAmOrd1b5L/6hE7DKt+yda9S4KBeN0Nj95D/IVXKMMlOI5&#10;2fkQP2nuRBJK6XF9JpO21yEOoYeQdJflq9YY2GlhrOgBejqZJ3zCANWGIsTOoaRg11KQWWMyVfQZ&#10;MrBpq5SessM+XBgvtoThwExV3N/jzVIYChEOFJJ/OdFsui9cDbEnc9iH0YEZAzaYZwczShugc5W/&#10;XZnquKTQDBnZlYCQYWx6ks4zO5adaB+ITtIjV3v0yvMwxMGpqxZo13jsLXlMLSjAJsYbHLVh8MKj&#10;JEXD/uff7CkewwSvFD22AJz92JDX4OCzxZidTo+P09pk5Xh+MoPiX3oeX3rsprtgcDnFzjuVxRQf&#10;zUGsPXcPWNhVuhUusgp3D90ZlYs4bCdWXunVKodhVRzFa3vnVAJPPCUe73cP5N04NBGd+8qHjaHF&#10;q9kZYlOm5dUmct3mwXrmFT1ICtYsd2P8JKQ9fqnnqOcP1/IXAAAA//8DAFBLAwQUAAYACAAAACEA&#10;SMn6xN4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidUEKVxqlQERXi&#10;RumB3rbJkoTGdrDdJvw9ywlus5rVzJtiNZlenMmHzlkNyUyBIFu5urONht3b080CRIhoa+ydJQ3f&#10;FGBVXl4UmNdutK903sZGcIgNOWpoYxxyKUPVksEwcwNZ9j6cNxj59I2sPY4cbnqZKpVJg53lhhYH&#10;WrdUHbcno+H+5Xm+Ge++PueLYbf2+8f0+I4bra+vpocliEhT/HuGX3xGh5KZDu5k6yB6DVmS8Jao&#10;gQewnd0qFgcNqcpAloX8z1/+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEWqpG5+AgAA&#10;AAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEjJ+sTe&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAA2AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" filled="f" strokecolor="#404040" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00712AA5" w:rsidRPr="00A24CD4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251794432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="448E84B0" wp14:editId="2A85266F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5233035</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2540</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="125730" cy="125730"/>
@@ -7902,51 +2283,51 @@
                               <a:lumOff val="25000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml">
+          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
             <w:pict>
               <v:rect w14:anchorId="22E79F94" id="Rectangle 299" o:spid="_x0000_s1026" style="position:absolute;margin-left:412.05pt;margin-top:.2pt;width:9.9pt;height:9.9pt;z-index:251794432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoWPddfgIAAAAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1P2zAUfZ+0/2D5faTt6KARKapATJMY&#10;oMHEs3GcJpLt69lu0+7X79hJgbE9TeuDe30/jn2Pz83Z+c5otlU+dGQrPj2acKaspLqz64p/f7j6&#10;cMpZiMLWQpNVFd+rwM+X79+d9a5UM2pJ18ozgNhQ9q7ibYyuLIogW2VEOCKnLIINeSMitn5d1F70&#10;QDe6mE0mn4qefO08SRUCvJdDkC8zftMoGW+bJqjIdMVxt5hXn9entBbLM1GuvXBtJ8driH+4hRGd&#10;xaHPUJciCrbx3R9QppOeAjXxSJIpqGk6qXIP6GY6edPNfSucyr2AnOCeaQr/D1bebO886+qKzxYL&#10;zqwweKRvoE3YtVYsOUFR70KJzHt358ddgJn63TXepH90wnaZ1v0zrWoXmYRzOpuffAT5EqHRBkrx&#10;Uux8iJ8VGZaMinscn8kU2+sQh9RDSjrL0lWnNfyi1Jb1AF1M5glfQECNFhGmcWgp2DVnQq+hTBl9&#10;hgykuzqVp+qwDxfas62AOKCpmvoH3JkzLUJEAI3kXy7UG/OV6iH3ZA7/IB24IbDBPTu40doAnbv8&#10;7cjUx6UI7VCRQwkIFdqmK6ms2bHtRPtAdLKeqN7jrTwNIg5OXnVAu8Zl74SHakEBJjHeYmk0gRca&#10;Lc5a8j//5k/5EBOinPWYAnD2YyO8AgdfLGS2mB4fp7HJm+P5yQwb/zry9DpiN+aCwOUUM+9kNlN+&#10;1Aez8WQeMbCrdCpCwkqcPbzOuLmIw3Ri5KVarXIaRsWJeG3vnUzgiafE48PuUXg3iibi5W7oMDGi&#10;fKOdITdVWlptIjVdFtYLr3iDtMGY5dcYPwlpjl/vc9bLh2v5CwAA//8DAFBLAwQUAAYACAAAACEA&#10;aid+dt0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VI3KhTYyCEbCpURIW4&#10;UXpob25sktB4HWy3CX+POcFxNKM3r1xMtmcn40PnCGE+y4AZqp3uqEHYvD9f5cBCVKRV78ggfJsA&#10;i+r8rFSFdiO9mdM6NixBKBQKoY1xKDgPdWusCjM3GErdh/NWxRR9w7VXY4Lbnossu+VWdZQeWjWY&#10;ZWvqw/poEe5eX+RqvPn6lPmwWfrdkzhs1Qrx8mJ6fAAWzRT/xvCrn9ShSk57dyQdWI+QCzlPUwQJ&#10;LNW5vL4HtkcQmQBelfy/f/UDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKFj3XX4CAAAA&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAaid+dt0A&#10;AAAHAQAADwAAAAAAAAAAAAAAAADYBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" filled="f" strokecolor="#404040" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="000A38BC" w:rsidRPr="00A24CD4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251792384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="512049A3" wp14:editId="502FEDCE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-3175</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4445</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="125730" cy="125730"/>
@@ -7974,51 +2355,51 @@
                               <a:lumOff val="25000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
             <w:pict>
               <v:rect w14:anchorId="3DE21CE5" id="Rectangle 297" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.25pt;margin-top:.35pt;width:9.9pt;height:9.9pt;z-index:251792384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBv4PG3fgIAAAAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1P2zAUfZ+0/2D5faTt6AoRKapATJMY&#10;oMHEs3GcJpLt69lu0+7X79hJgbE9TeuDe30/jn2Pz83Z+c5otlU+dGQrPj2acKaspLqz64p/f7j6&#10;cMJZiMLWQpNVFd+rwM+X79+d9a5UM2pJ18ozgNhQ9q7ibYyuLIogW2VEOCKnLIINeSMitn5d1F70&#10;QDe6mE0mn4qefO08SRUCvJdDkC8zftMoGW+bJqjIdMVxt5hXn9entBbLM1GuvXBtJ8driH+4hRGd&#10;xaHPUJciCrbx3R9QppOeAjXxSJIpqGk6qXIP6GY6edPNfSucyr2AnOCeaQr/D1bebO886+qKz04X&#10;nFlh8EjfQJuwa61YcoKi3oUSmffuzo+7ADP1u2u8Sf/ohO0yrftnWtUuMgnndDZffAT5EqHRBkrx&#10;Uux8iJ8VGZaMinscn8kU2+sQh9RDSjrL0lWnNfyi1Jb1AD2dzBO+gIAaLSJM49BSsGvOhF5DmTL6&#10;DBlId3UqT9VhHy60Z1sBcUBTNfUPuDNnWoSIABrJv1yoN+Yr1UPuYg7/IB24IbDBPTu40doAnbv8&#10;7cjUx6UI7VCRQwkIFdqmK6ms2bHtRPtAdLKeqN7jrTwNIg5OXnVAu8Zl74SHakEBJjHeYmk0gRca&#10;Lc5a8j//5k/5EBOinPWYAnD2YyO8AgdfLGR2Oj0+TmOTN8fzxQwb/zry9DpiN+aCwOUUM+9kNlN+&#10;1Aez8WQeMbCrdCpCwkqcPbzOuLmIw3Ri5KVarXIaRsWJeG3vnUzgiafE48PuUXg3iibi5W7oMDGi&#10;fKOdITdVWlptIjVdFtYLr3iDtMGY5dcYPwlpjl/vc9bLh2v5CwAA//8DAFBLAwQUAAYACAAAACEA&#10;ixMVSdsAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VI3FqH0EAJcSpURIW4&#10;UXpob9t4SULjdbDdJvw97gmOoxm9ecViNJ04kfOtZQU30wQEcWV1y7WCzcfLZA7CB2SNnWVS8EMe&#10;FuXlRYG5tgO/02kdahEh7HNU0ITQ51L6qiGDfmp74th9WmcwxOhqqR0OEW46mSbJnTTYcnxosKdl&#10;Q9VhfTQK7t9eZ6sh+/6azfvN0u2e08MWV0pdX41PjyACjeFvDGf9qA5ldNrbI2svOgWTLA4jCsS5&#10;fLgFsVeQJhnIspD/5ctfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG/g8bd+AgAAAAUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIsTFUnbAAAA&#10;BAEAAA8AAAAAAAAAAAAAAAAA2AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" filled="f" strokecolor="#404040" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00712AA5" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Après une poursuit</w:t>
       </w:r>
       <w:r w:rsidR="00995539" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidR="00712AA5" w:rsidRPr="00D54975">
@@ -8205,51 +2586,51 @@
                               <a:lumOff val="25000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
             <w:pict>
               <v:rect w14:anchorId="4C78DFAB" id="Rectangle 300" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.25pt;margin-top:2.15pt;width:9.9pt;height:9.9pt;z-index:251795456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALsmndfQIAAAAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1P2zAUfZ+0/2D5faQtdIyIFFUgpkkM&#10;qsHE88Vxmkj+mu027X79jp0UGNvTtD641/fj2Pf43Jxf7LRiW+lDZ03Fp0cTzqQRtu7MuuLfH64/&#10;fOIsRDI1KWtkxfcy8IvF+3fnvSvlzLZW1dIzgJhQ9q7ibYyuLIogWqkpHFknDYKN9Zoitn5d1J56&#10;oGtVzCaTj0Vvfe28FTIEeK+GIF9k/KaRIt41TZCRqYrjbjGvPq9PaS0W51SuPbm2E+M16B9uoakz&#10;OPQZ6ooisY3v/oDSnfA22CYeCasL2zSdkLkHdDOdvOnmviUncy8gJ7hnmsL/gxW325VnXV3x4wn4&#10;MaTxSN9AG5m1kiw5QVHvQonMe7fy4y7ATP3uGq/TPzphu0zr/plWuYtMwDmdzU+PAS4QGm2gFC/F&#10;zof4WVrNklFxj+MzmbS9CXFIPaSks4y97pSCn0plWA/Qs8k84RME1CiKMLVDS8GsOSO1hjJF9Bky&#10;WNXVqTxVh324VJ5tCeKApmrbP+DOnCkKEQE0kn+5UG30V1sPuadz+AfpwA2BDe7ZwY3WBujc5W9H&#10;pj6uKLRDRQ4lIFQok64ks2bHthPtA9HJerL1Hm/l7SDi4MR1B7QbXHZFHqoFBZjEeIelURa82NHi&#10;rLX+59/8KR9iQpSzHlMAzn5syEtw8MVAZmfTkxPAxrw5mZ/OsPGvI0+vI2ajLy24nGLmnchmyo/q&#10;YDbe6kcM7DKdihAZgbOH1xk3l3GYToy8kMtlTsOoOIo35t6JBJ54Sjw+7B7Ju1E0ES93aw8TQ+Ub&#10;7Qy5qdLY5SbapsvCeuEVb5A2GLP8GuMnIc3x633OevlwLX4BAAD//wMAUEsDBBQABgAIAAAAIQDu&#10;cMSd3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSPyDtUjcWqchhRKyqVARFeqN&#10;0gPctrFJQuN1sN0m/D3uCU6j0YxmXrEcTSdO2vnWMsJsmoDQXFnVco2we3ueLED4QKyos6wRfrSH&#10;ZXl5UVCu7MCv+rQNtYgj7HNCaELocyl91WhDfmp7zTH7tM5QiNbVUjka4rjpZJokt9JQy/GhoV6v&#10;Gl0dtkeDcLd5ydbD/PsrW/S7lft4Sg/vtEa8vhofH0AEPYa/MpzxIzqUkWlvj6y86BAm81hEyG5A&#10;nNP7qHuENJuBLAv5n778BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAuyad19AgAAAAUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO5wxJ3cAAAA&#10;BQEAAA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" filled="f" strokecolor="#404040" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00995539" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00712AA5" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dès l’obtention du baccalauréat </w:t>
       </w:r>
     </w:p>
@@ -8310,51 +2691,51 @@
                               <a:lumOff val="25000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
             <w:pict>
               <v:rect w14:anchorId="7A04EE9D" id="Rectangle 301" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.25pt;margin-top:2.75pt;width:9.9pt;height:9.9pt;z-index:251796480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmQDrufQIAAAAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1P2zAUfZ+0/2D5faQtdIyIFFUgpkkM&#10;qsHEs3GcJpLt69lu0+7X79hJgbE9TeuDe7997/G5Ob/YGc22yoeObMWnRxPOlJVUd3Zd8e8P1x8+&#10;cRaisLXQZFXF9yrwi8X7d+e9K9WMWtK18gxFbCh7V/E2RlcWRZCtMiIckVMWzoa8ERGqXxe1Fz2q&#10;G13MJpOPRU++dp6kCgHWq8HJF7l+0ygZ75omqMh0xdFbzKfP51M6i8W5KNdeuLaTYxviH7oworO4&#10;9LnUlYiCbXz3RynTSU+BmngkyRTUNJ1UeQZMM528mea+FU7lWQBOcM8whf9XVt5uV551dcWPJ1PO&#10;rDB4pG+ATdi1ViwZAVHvQonIe7fyoxYgpnl3jTfpH5OwXYZ1/wyr2kUmYZzO5qfHAF/CNcqoUrwk&#10;Ox/iZ0WGJaHiHtdnMMX2JsQh9BCS7rJ03WkNuyi1ZT2Knk3mqb4AgRotIkTjMFKwa86EXoOZMvpc&#10;MpDu6pSessM+XGrPtgLkAKdq6h/QM2dahAgHBsm/nKg35ivVQ+zpHPaBOjCDYIN5djBjtKF0nvK3&#10;K9McVyK0Q0Z2pULI0Da1pDJnx7ET7APQSXqieo+38jSQODh53aHaDZpdCQ/WAgJsYrzD0WgCLjRK&#10;nLXkf/7NnuJBJng567EFwOzHRngFDL5Y0OxsenKS1iYrJ/PTGRT/2vP02mM35pKAJYiE7rKY4qM+&#10;iI0n84iFXaZb4RJW4u7hdUblMg7biZWXarnMYVgVJ+KNvXcyFU84JRwfdo/Cu5E0ES93S4eNEeUb&#10;7gyxKdPSchOp6TKxXnDFGyQFa5ZfY/wkpD1+reeolw/X4hcAAAD//wMAUEsDBBQABgAIAAAAIQC/&#10;47DV3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSPyDtUjcWoe0gRKyqVARFeqN&#10;0gPctrFJQuN1sN0m/D3uCU6j0YxmXrEcTSdO2vnWMsLNNAGhubKq5Rph9/Y8WYDwgVhRZ1kj/GgP&#10;y/LyoqBc2YFf9WkbahFH2OeE0ITQ51L6qtGG/NT2mmP2aZ2hEK2rpXI0xHHTyTRJbqWhluNDQ71e&#10;Nbo6bI8G4W7zMl8P2ffXfNHvVu7jKT280xrx+mp8fAAR9Bj+ynDGj+hQRqa9PbLyokOYZLGIkEU5&#10;p/czEHuENJuBLAv5n778BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGZAOu59AgAAAAUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAL/jsNXcAAAA&#10;BQEAAA8AAAAAAAAAAAAAAAAA1wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" filled="f" strokecolor="#404040" strokeweight="1.5pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00995539" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00173BFC" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="005D0B4D" w:rsidRPr="00D54975">
@@ -8439,97 +2820,148 @@
     <w:p w14:paraId="4F7CF135" w14:textId="77777777" w:rsidR="00A5289A" w:rsidRPr="00D54975" w:rsidRDefault="00A5289A" w:rsidP="00A5289A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="6946"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>…………………………………....……………………………………………………………………………….…..………..……..……………………………………………….………………………………………………………….……………………..………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="073E51A7" w14:textId="4AB19E15" w:rsidR="00DE05C0" w:rsidRPr="00D54975" w:rsidRDefault="00DE05C0" w:rsidP="00DE05C0">
+    <w:p w14:paraId="073E51A7" w14:textId="1ABC110F" w:rsidR="00DE05C0" w:rsidRDefault="00DE05C0" w:rsidP="00DE05C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="6946"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>……………………………………………….………………………………………………………….……………………..………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CCF2D82" w14:textId="77777777" w:rsidR="00E6394B" w:rsidRPr="00A24CD4" w:rsidRDefault="00E6394B" w:rsidP="0038415E">
+    <w:p w14:paraId="66D22AF1" w14:textId="58F5C821" w:rsidR="00FA7232" w:rsidRPr="00D54975" w:rsidRDefault="00FA7232" w:rsidP="00DE05C0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="6946"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0063FC7A" w14:textId="77777777" w:rsidR="00060DC0" w:rsidRDefault="00060DC0" w:rsidP="0038415E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="6946"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32E22748" w14:textId="77777777" w:rsidR="00060DC0" w:rsidRDefault="00060DC0" w:rsidP="0038415E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="6946"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65F5A70A" w14:textId="16D98C25" w:rsidR="0056577A" w:rsidRPr="00A24CD4" w:rsidRDefault="00E6394B" w:rsidP="0038415E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="6946"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">•   Pour approfondir </w:t>
       </w:r>
       <w:r w:rsidR="00E40275" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>vo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>s recherches</w:t>
       </w:r>
       <w:r w:rsidR="000A47DE" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
@@ -8551,1440 +2983,1220 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>vous avez</w:t>
       </w:r>
       <w:r w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
       <w:r w:rsidR="00016A15" w:rsidRPr="00A24CD4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3311DD1F" w14:textId="77777777" w:rsidR="00A5289A" w:rsidRPr="00D54975" w:rsidRDefault="00E6394B" w:rsidP="00DE05C0">
+    <w:p w14:paraId="3311DD1F" w14:textId="17530592" w:rsidR="00A5289A" w:rsidRPr="00D54975" w:rsidRDefault="0056577A" w:rsidP="00F975B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="6946"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B6998">
-[...69 lines deleted...]
-        </mc:AlternateContent>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A8"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E40275" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00F46442" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>encontré</w:t>
       </w:r>
       <w:r w:rsidR="00A5289A" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> le professeur principal  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F5CC2B5" w14:textId="77777777" w:rsidR="00E6394B" w:rsidRPr="00D54975" w:rsidRDefault="00DE05C0" w:rsidP="00DE05C0">
+    <w:p w14:paraId="4F5CC2B5" w14:textId="6B87A5D9" w:rsidR="00E6394B" w:rsidRPr="00D54975" w:rsidRDefault="0056577A" w:rsidP="00F975B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="6946"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B6998">
-[...69 lines deleted...]
-        </mc:AlternateContent>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A8"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F24B4" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">rencontré </w:t>
       </w:r>
       <w:r w:rsidR="00E6394B" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>le psychologue de l’éducation nationale (PsyEN)</w:t>
       </w:r>
       <w:r w:rsidR="00F46442" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A6686E" w14:textId="77777777" w:rsidR="00E6394B" w:rsidRPr="00D54975" w:rsidRDefault="00E6394B" w:rsidP="00DE05C0">
+    <w:p w14:paraId="34A6686E" w14:textId="54E654EF" w:rsidR="00E6394B" w:rsidRDefault="0056577A" w:rsidP="00F975B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="6946"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B6998">
-[...69 lines deleted...]
-        </mc:AlternateContent>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A8"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E40275" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00F46442" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>xploré</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D54975">
+      <w:r w:rsidR="00E6394B" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E40275" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>les documents</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D54975">
+      <w:r w:rsidR="00E6394B" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Orientation </w:t>
       </w:r>
       <w:r w:rsidR="00D46203" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>disponible</w:t>
       </w:r>
       <w:r w:rsidR="00E40275" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D54975">
+      <w:r w:rsidR="00E6394B" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> au CDI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F011328" w14:textId="2CAEC067" w:rsidR="00E6394B" w:rsidRPr="00D54975" w:rsidRDefault="00E6394B" w:rsidP="00DE05C0">
+    <w:p w14:paraId="10D8FB46" w14:textId="648BDD0B" w:rsidR="0056577A" w:rsidRPr="00D54975" w:rsidRDefault="0056577A" w:rsidP="00F975B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="6946"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B6998">
-[...69 lines deleted...]
-        </mc:AlternateContent>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A8"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C145D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">exploité </w:t>
+      </w:r>
+      <w:r w:rsidR="00513289">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>la plateforme Avenir(s) et l’outil MonProjetSup</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F011328" w14:textId="64ABD02D" w:rsidR="00E6394B" w:rsidRPr="00D54975" w:rsidRDefault="0056577A" w:rsidP="00F975B9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="6946"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A8"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E40275" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00F46442" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>assé</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D54975">
+      <w:r w:rsidR="00E6394B" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> un questionnaire d’intérêt au </w:t>
       </w:r>
       <w:r w:rsidR="00CB0A11" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>centre d’information et d’orientation (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D54975">
+      <w:r w:rsidR="00E6394B" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>CIO</w:t>
       </w:r>
       <w:r w:rsidR="00CB0A11" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D54975">
+      <w:r w:rsidR="00E6394B" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
       <w:r w:rsidR="00952695" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>au lycée</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="458"/>
         <w:tblW w:w="10740" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3178"/>
+        <w:gridCol w:w="3314"/>
         <w:gridCol w:w="3708"/>
-        <w:gridCol w:w="3854"/>
+        <w:gridCol w:w="3718"/>
       </w:tblGrid>
       <w:tr w:rsidR="001541BF" w:rsidRPr="00D54975" w14:paraId="76C1FC74" w14:textId="77777777" w:rsidTr="00F42B4A">
         <w:trPr>
           <w:trHeight w:val="1696"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1748E583" w14:textId="77777777" w:rsidR="00A5289A" w:rsidRPr="00D54975" w:rsidRDefault="00A5289A" w:rsidP="00DE05C0">
+          <w:p w14:paraId="1748E583" w14:textId="77777777" w:rsidR="00A5289A" w:rsidRPr="00D54975" w:rsidRDefault="00A5289A" w:rsidP="00791A6C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Pour approfondir votre information </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>sur les métiers et</w:t>
             </w:r>
             <w:r w:rsidR="00070709" w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>/ou</w:t>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> les formations :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62998F5B" w14:textId="77777777" w:rsidR="00070709" w:rsidRPr="00D54975" w:rsidRDefault="00070709" w:rsidP="00DE05C0">
+          <w:p w14:paraId="6291365B" w14:textId="42677D7C" w:rsidR="0056577A" w:rsidRPr="00D54975" w:rsidRDefault="0056577A" w:rsidP="00791A6C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D54975">
+            <w:r w:rsidRPr="0056577A">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>www.parcoursup.fr</w:t>
+              <w:t>https://www.parcoursup.gouv.fr/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0353C464" w14:textId="5A3E23EC" w:rsidR="007D0B0A" w:rsidRPr="00A274A5" w:rsidRDefault="00F25ACA" w:rsidP="00DE05C0">
+          <w:p w14:paraId="53340598" w14:textId="7C1000DA" w:rsidR="00C145D3" w:rsidRPr="00F975B9" w:rsidRDefault="000E3559" w:rsidP="000C2D47">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidR="000B6998" w:rsidRPr="00A24CD4">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidR="00C145D3" w:rsidRPr="00F975B9">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>https://lycee-avenirs.onisep.fr/</w:t>
+                <w:t>https://www.onisep.fr/avenir-</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="007D0B0A" w:rsidRPr="00A24CD4">
-[...11 lines deleted...]
-            <w:r w:rsidR="007D0B0A" w:rsidRPr="00A274A5">
+            <w:r w:rsidR="00C145D3" w:rsidRPr="00F975B9">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText>www.terminales2023-2024.fr</w:instrText>
+              <w:t>s</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FA1E72D" w14:textId="1EEB78F8" w:rsidR="007D0B0A" w:rsidRPr="00AF2196" w:rsidRDefault="007D0B0A" w:rsidP="00DE05C0">
+          <w:p w14:paraId="0353C464" w14:textId="129A83D5" w:rsidR="007D0B0A" w:rsidRPr="0056577A" w:rsidRDefault="000E3559" w:rsidP="000C2D47">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A24CD4">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidR="0056577A" w:rsidRPr="00F975B9">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>https://monprojetsup.fr/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="007D0B0A" w:rsidRPr="00F975B9">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A24CD4">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="007D0B0A" w:rsidRPr="00F975B9">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
-              </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "http://</w:instrText>
+            </w:r>
+            <w:r w:rsidR="007D0B0A" w:rsidRPr="0056577A">
+              <w:rPr>
+                <w:rStyle w:val="Lienhypertexte"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText>www.terminales2023-2024.fr</w:instrText>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E23A7AA" w14:textId="412E81B1" w:rsidR="00A5289A" w:rsidRPr="00D54975" w:rsidRDefault="007D0B0A" w:rsidP="00DE05C0">
+          <w:p w14:paraId="3FA1E72D" w14:textId="1EEB78F8" w:rsidR="007D0B0A" w:rsidRPr="0056577A" w:rsidRDefault="007D0B0A" w:rsidP="00C145D3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A24CD4">
+            <w:r w:rsidRPr="00F975B9">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">" </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F975B9">
+              <w:rPr>
+                <w:rStyle w:val="Lienhypertexte"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E23A7AA" w14:textId="412E81B1" w:rsidR="00A5289A" w:rsidRPr="00D54975" w:rsidRDefault="007D0B0A" w:rsidP="00C145D3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="Lienhypertexte"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F975B9">
+              <w:rPr>
+                <w:rStyle w:val="Lienhypertexte"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidR="00A5289A" w:rsidRPr="00D54975">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.onisep.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001225D6" w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A5289A" w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18E3FB14" w14:textId="77777777" w:rsidR="00A5289A" w:rsidRPr="00D54975" w:rsidRDefault="00A5289A" w:rsidP="00DE05C0">
+          <w:p w14:paraId="18E3FB14" w14:textId="77777777" w:rsidR="00A5289A" w:rsidRPr="00D54975" w:rsidRDefault="00A5289A" w:rsidP="00C145D3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">www.cidj.com  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D23EB54" w14:textId="77777777" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="00F25ACA" w:rsidP="00950DFD">
+          <w:p w14:paraId="7D23EB54" w14:textId="680B7EB1" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="001C6747" w:rsidP="00C145D3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6607F724" w14:textId="77777777" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="001C6747" w:rsidP="00DE05C0">
+          <w:p w14:paraId="6607F724" w14:textId="77777777" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="001C6747" w:rsidP="00C145D3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour avoir des informations sur la vie lycéenne et étudiante </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2015EF84" w14:textId="12CA4895" w:rsidR="00677A5B" w:rsidRPr="00D54975" w:rsidRDefault="00F25ACA" w:rsidP="00DE05C0">
+          <w:p w14:paraId="2015EF84" w14:textId="12CA4895" w:rsidR="00677A5B" w:rsidRPr="00D54975" w:rsidRDefault="000E3559" w:rsidP="00C145D3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidR="00677A5B" w:rsidRPr="00D54975">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>https://www.education.gouv.fr/pid29865/vie-lyceenne.html</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="7C1585A1" w14:textId="0D85C5BD" w:rsidR="00677A5B" w:rsidRPr="00D54975" w:rsidRDefault="00F25ACA" w:rsidP="00DE05C0">
-[...24 lines deleted...]
-          <w:p w14:paraId="4E2B8FD4" w14:textId="754F3E4A" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="00F25ACA" w:rsidP="00DE05C0">
+          <w:p w14:paraId="4E2B8FD4" w14:textId="754F3E4A" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="000E3559" w:rsidP="00C145D3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidR="001C6747" w:rsidRPr="00D54975">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.etudiant.gouv.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001C6747" w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78398E68" w14:textId="77777777" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="00F25ACA" w:rsidP="00DE05C0">
+          <w:p w14:paraId="78398E68" w14:textId="77777777" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="000E3559" w:rsidP="00C145D3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidR="001C6747" w:rsidRPr="00D54975">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.jeunes.gouv.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001C6747" w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5319162E" w14:textId="77777777" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="00F25ACA" w:rsidP="00DE05C0">
+          <w:p w14:paraId="378F5E4E" w14:textId="77777777" w:rsidR="001C6747" w:rsidRDefault="000E3559" w:rsidP="00C145D3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidR="00A5289A" w:rsidRPr="00D54975">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.cordeesdelareussite.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00A5289A" w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="5319162E" w14:textId="2F14445D" w:rsidR="00036E68" w:rsidRPr="00D54975" w:rsidRDefault="00036E68" w:rsidP="00C145D3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0474B9DB" w14:textId="77777777" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="001C6747" w:rsidP="00DE05C0">
+          <w:p w14:paraId="0474B9DB" w14:textId="77777777" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="001C6747" w:rsidP="00C145D3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Thématiques particulières </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D0AC38E" w14:textId="7B28D432" w:rsidR="007F23F9" w:rsidRPr="00C77ED1" w:rsidRDefault="007F23F9" w:rsidP="00DE05C0">
+          <w:p w14:paraId="0D0AC38E" w14:textId="7B28D432" w:rsidR="007F23F9" w:rsidRPr="00C77ED1" w:rsidRDefault="007F23F9" w:rsidP="00C145D3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Apprentissage : </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="00C77ED1">
                 <w:t>www.alternance.emploi.gouv.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="009B49EB" w:rsidRPr="00C77ED1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70FCCC84" w14:textId="77777777" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="001C6747" w:rsidP="00DE05C0">
+          <w:p w14:paraId="70FCCC84" w14:textId="77777777" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="001C6747" w:rsidP="00C145D3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Europe : </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="00D54975">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.euroguidance-france.org</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D00AF87" w14:textId="7984EB2B" w:rsidR="00DE05C0" w:rsidRPr="00A728F3" w:rsidRDefault="001C6747" w:rsidP="00A728F3">
+          <w:p w14:paraId="5D00AF87" w14:textId="7984EB2B" w:rsidR="00DE05C0" w:rsidRPr="00A728F3" w:rsidRDefault="001C6747" w:rsidP="00F975B9">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Enseignement à distance : </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="00D54975">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.cned.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A24CD4">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E5AA6E8" w14:textId="77777777" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="00A5289A" w:rsidP="00A728F3">
+          <w:p w14:paraId="7E5AA6E8" w14:textId="77777777" w:rsidR="001C6747" w:rsidRPr="00D54975" w:rsidRDefault="00A5289A" w:rsidP="00F975B9">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour poser des questions </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidRPr="00D54975">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.monorientationenligne.fr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0AFED6D2" w14:textId="77777777" w:rsidR="00E6394B" w:rsidRPr="00D54975" w:rsidRDefault="00E6394B" w:rsidP="00DE05C0">
+    <w:p w14:paraId="0AFED6D2" w14:textId="4CC049EF" w:rsidR="00E6394B" w:rsidRPr="00D54975" w:rsidRDefault="0056577A" w:rsidP="00F975B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="6946"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B6998">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A8"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E40275" w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46442" w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>onsulté</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6394B" w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les sites utiles</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46442" w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46442" w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6394B" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...109 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D83E052" w14:textId="7E9F8FA8" w:rsidR="00E6394B" w:rsidRPr="00D54975" w:rsidRDefault="00712AA5" w:rsidP="00B41D83">
+    <w:p w14:paraId="6D83E052" w14:textId="7E9F8FA8" w:rsidR="00E6394B" w:rsidRPr="00D54975" w:rsidRDefault="00712AA5" w:rsidP="00F975B9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
-        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Vos</w:t>
       </w:r>
       <w:r w:rsidR="002A5203" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E497E" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>vœux de poursuite d’études dans l’enseignement supérieur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7741A62B" w14:textId="1B8331A2" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00952695" w:rsidP="00D87115">
+    <w:p w14:paraId="7741A62B" w14:textId="0B3C34C4" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00952695" w:rsidP="00F975B9">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Formulez vos</w:t>
       </w:r>
       <w:r w:rsidR="00E6394B" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -10136,5367 +4348,2926 @@
       <w:r w:rsidR="000A40D5" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Parcoursup</w:t>
       </w:r>
       <w:r w:rsidR="000775CB" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002E4D16">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> avant le </w:t>
-[...26 lines deleted...]
-        <w:t>3</w:t>
+        <w:t xml:space="preserve"> avant le 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3369">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="000A40D5" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> mars 202</w:t>
       </w:r>
-      <w:r w:rsidR="00A728F3">
-[...6 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00FB3369">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="000A40D5" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2376"/>
-        <w:gridCol w:w="426"/>
-        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="454"/>
+        <w:gridCol w:w="1389"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="567"/>
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="170"/>
+        <w:gridCol w:w="1247"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00173BFC" w:rsidRPr="00D54975" w14:paraId="670F5111" w14:textId="77777777" w:rsidTr="00B308E9">
+      <w:tr w:rsidR="00173BFC" w:rsidRPr="00D54975" w14:paraId="670F5111" w14:textId="77777777" w:rsidTr="00F975B9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C90AD8B" w14:textId="5ADFAFE6" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00076A1F" w:rsidP="00B308E9">
+          <w:p w14:paraId="2C90AD8B" w14:textId="012F46F7" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00907FF7" w:rsidP="00F975B9">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="284"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...217 lines deleted...]
-            <w:r w:rsidR="00173BFC" w:rsidRPr="00D54975">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>Classe préparatoire aux grandes écoles</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidR="00173BFC" w:rsidRPr="00D54975">
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>(CPGE)</w:t>
+              <w:t xml:space="preserve"> CPGE </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>(c</w:t>
+            </w:r>
+            <w:r w:rsidR="00173BFC" w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>lasse préparatoire aux grandes écoles</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="3799" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="455E72F4" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00B308E9">
+          <w:p w14:paraId="455E72F4" w14:textId="0DC22882" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00907FF7" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="317"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...73 lines deleted...]
-            <w:r w:rsidRPr="00D54975">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00173BFC" w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Littéraire</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="536CE317" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00B308E9">
+          <w:p w14:paraId="536CE317" w14:textId="6C98AE3C" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00907FF7" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="317"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...73 lines deleted...]
-            <w:r w:rsidRPr="00D54975">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00173BFC" w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Scientifique</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1350CB24" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="007F23F9">
+          <w:p w14:paraId="1350CB24" w14:textId="3861232E" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00907FF7" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="317"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...71 lines deleted...]
-            <w:r w:rsidRPr="00D54975">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00173BFC" w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Economique et commerciale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8DD921" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00B308E9">
+          <w:p w14:paraId="1D8DD921" w14:textId="74CED439" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00323438" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D54975">
-[...6 lines deleted...]
-              <w:t>Précisez la ou les spécialité(s) envisagée(s) :</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Spécialité</w:t>
+            </w:r>
+            <w:r w:rsidR="00635118">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r w:rsidR="00173BFC" w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65CF918A" w14:textId="77777777" w:rsidR="00DF652C" w:rsidRPr="00D54975" w:rsidRDefault="00DF652C" w:rsidP="00B308E9">
+          <w:p w14:paraId="65CF918A" w14:textId="77777777" w:rsidR="00DF652C" w:rsidRPr="00D54975" w:rsidRDefault="00DF652C" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>……………………………………………..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00173BFC" w:rsidRPr="00D54975" w14:paraId="50FEAAFF" w14:textId="77777777" w:rsidTr="00B308E9">
+      <w:tr w:rsidR="00173BFC" w:rsidRPr="00D54975" w14:paraId="50FEAAFF" w14:textId="77777777" w:rsidTr="00F975B9">
         <w:trPr>
-          <w:trHeight w:val="834"/>
+          <w:trHeight w:val="1065"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51A5F5A2" w14:textId="5FAD576A" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00076A1F" w:rsidP="00B308E9">
+          <w:p w14:paraId="51A5F5A2" w14:textId="74B8C0B1" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00907FF7" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...71 lines deleted...]
-            <w:r w:rsidR="00173BFC" w:rsidRPr="00D54975">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>Section de technicien supérieur (BTS)</w:t>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BTS </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>(b</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">revet de </w:t>
+            </w:r>
+            <w:r w:rsidR="00173BFC" w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>technicien supérieur</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2BA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="3799" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66CD1660" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00B308E9">
+          <w:p w14:paraId="66CD1660" w14:textId="5FFD812F" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>Spécialité(s) envisagée(s) :</w:t>
+              <w:t>Spécialités :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64E04880" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00B308E9">
+          <w:p w14:paraId="0B4A385C" w14:textId="2A7AA054" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00513289">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...22 lines deleted...]
-              <w:t>…………………………………………….</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>………………………………………………………………………………………………………………………………………………………</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3960DD71" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="007F23F9" w:rsidP="00B308E9">
+          <w:p w14:paraId="3960DD71" w14:textId="7F810440" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...229 lines deleted...]
-              <w:t xml:space="preserve">Précisez la voie envisagée : </w:t>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00323438">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00F36D0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">odalité </w:t>
+            </w:r>
+            <w:r w:rsidR="00907FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de formation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">envisagée : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="541BFE7C" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00B308E9">
+          <w:p w14:paraId="2EEF8B70" w14:textId="138D1712" w:rsidR="00907FF7" w:rsidRDefault="00907FF7" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00323438">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Temps plein </w:t>
+            </w:r>
+            <w:r w:rsidR="00635118">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>STS (section de technicien supérieur)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="541BFE7C" w14:textId="153F9311" w:rsidR="00907FF7" w:rsidRPr="00D54975" w:rsidRDefault="00907FF7" w:rsidP="00F975B9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+                <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...69 lines deleted...]
-              </mc:AlternateContent>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Apprentissage </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00173BFC" w:rsidRPr="00D54975" w14:paraId="70A499FA" w14:textId="77777777" w:rsidTr="00B308E9">
+      <w:tr w:rsidR="00513289" w:rsidRPr="00D54975" w14:paraId="7D0D9689" w14:textId="77777777" w:rsidTr="00F975B9">
         <w:trPr>
           <w:trHeight w:val="817"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A932F0" w14:textId="283FD176" w:rsidR="00513289" w:rsidRDefault="00513289">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+                <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Se spécialiser</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7127E49D" w14:textId="77777777" w:rsidR="00513289" w:rsidRDefault="00513289" w:rsidP="004D51FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mise </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>à niveau hôtellerie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> restauration </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>MAN</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19246D3C" w14:textId="77777777" w:rsidR="00513289" w:rsidRDefault="00513289" w:rsidP="004D51FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Certificat de spécialisation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5082E65F" w14:textId="257F49C0" w:rsidR="00513289" w:rsidRPr="00D54975" w:rsidRDefault="00513289" w:rsidP="004D51FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Formation complémentaire (FCIL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="151D4F63" w14:textId="77777777" w:rsidR="00513289" w:rsidRPr="00D54975" w:rsidRDefault="00513289" w:rsidP="00513289">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Précisez :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3543973C" w14:textId="1185B872" w:rsidR="00513289" w:rsidRPr="000B6998" w:rsidDel="00907FF7" w:rsidRDefault="00513289" w:rsidP="00513289">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+                <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>……………………………………………………………………………………………………</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D51FE" w:rsidRPr="00D54975" w14:paraId="70A499FA" w14:textId="77777777" w:rsidTr="00F975B9">
+        <w:trPr>
+          <w:trHeight w:val="817"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54F2CB35" w14:textId="526BED76" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00076A1F" w:rsidP="00B66B64">
+          <w:p w14:paraId="54F2CB35" w14:textId="000A9652" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="284"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...71 lines deleted...]
-            <w:r w:rsidR="00173BFC" w:rsidRPr="00D54975">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Institut universitaire de technologie </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B66B64" w:rsidRPr="00D54975">
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>(BUT)</w:t>
+              <w:t xml:space="preserve"> BUT (b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00907FF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>achelor universitaire de technologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="3799" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="016A908A" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00B308E9">
-[...24 lines deleted...]
-          <w:p w14:paraId="7037C144" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00B308E9">
+          <w:p w14:paraId="50E900CF" w14:textId="796B043F" w:rsidR="00513289" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Spécialités</w:t>
+            </w:r>
+            <w:r w:rsidR="00513289">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="25FE4451" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00B308E9">
+          <w:p w14:paraId="7037C144" w14:textId="0A4A5A84" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="00513289" w:rsidP="004D51FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D54975">
-[...7 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>………………………………………………………………………………………………………................................................................</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25FE4451" w14:textId="198EE7A4" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+                <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="268FAB1F" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="007F23F9" w:rsidP="00B308E9">
+          <w:p w14:paraId="0A7F1D59" w14:textId="3732823A" w:rsidR="004D51FE" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...319 lines deleted...]
-              <w:t xml:space="preserve">Précisez la voie envisagée : </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Modalité de formation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> envisagée : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16D78FB3" w14:textId="1CCBBB11" w:rsidR="004D51FE" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+                <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Temps plein IUT (institut universitaire de technologie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="268FAB1F" w14:textId="7174546B" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+                <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Apprentissage</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00173BFC" w:rsidRPr="00D54975" w14:paraId="5626271A" w14:textId="77777777" w:rsidTr="00B308E9">
-[...2 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00513289" w:rsidRPr="00D54975" w14:paraId="3CA78EC3" w14:textId="77777777" w:rsidTr="00F975B9">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:trHeight w:val="817"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75B4043A" w14:textId="7D20BA72" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00076A1F" w:rsidP="00B308E9">
+          <w:p w14:paraId="369EB515" w14:textId="1A3D8C2F" w:rsidR="00513289" w:rsidRDefault="00513289" w:rsidP="004D51FE">
             <w:pPr>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="284"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+                <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...71 lines deleted...]
-            <w:r w:rsidR="00173BFC" w:rsidRPr="00D54975">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Université </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF652C" w:rsidRPr="00D54975">
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>(l</w:t>
-[...9 lines deleted...]
-              <w:t>icence)</w:t>
+              <w:t xml:space="preserve"> Licence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...1 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16132161" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00B308E9">
+          <w:p w14:paraId="6C41E37F" w14:textId="1758A8DA" w:rsidR="00513289" w:rsidRDefault="00513289" w:rsidP="00513289">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="318"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...225 lines deleted...]
-              <w:t>Domaine arts, lettres et langues</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C60EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Arts, lettres et langues</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56F9F8F4" w14:textId="77777777" w:rsidR="00513289" w:rsidRPr="000C60EA" w:rsidRDefault="00513289" w:rsidP="00513289">
+            <w:pPr>
+              <w:pStyle w:val="Sansinterligne"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C60EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit, économie et gestion </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ED0942A" w14:textId="77777777" w:rsidR="00513289" w:rsidRPr="000C60EA" w:rsidRDefault="00513289" w:rsidP="00513289">
+            <w:pPr>
+              <w:pStyle w:val="Sansinterligne"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C60EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciences humaines et sociales </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32D0DBD6" w14:textId="77777777" w:rsidR="00513289" w:rsidRPr="000C60EA" w:rsidRDefault="00513289" w:rsidP="00513289">
+            <w:pPr>
+              <w:pStyle w:val="Sansinterligne"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C60EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sciences humaines et sociales</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118E6CA6" w14:textId="77777777" w:rsidR="00513289" w:rsidRPr="000C60EA" w:rsidRDefault="00513289" w:rsidP="00513289">
+            <w:pPr>
+              <w:pStyle w:val="Sansinterligne"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C60EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sciences, technologies et santé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0195B71B" w14:textId="1FEACFDC" w:rsidR="00513289" w:rsidRPr="00D54975" w:rsidRDefault="00513289" w:rsidP="00F975B9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C60EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pas encore de choix</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76F446E6" w14:textId="08DFE366" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00B308E9">
+          <w:p w14:paraId="0D3BDAB6" w14:textId="77777777" w:rsidR="00513289" w:rsidRPr="00D54975" w:rsidRDefault="00513289" w:rsidP="00513289">
             <w:pPr>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mentions de licence </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mention(s) envisagée(s) : </w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1450DC65" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00B308E9">
+          <w:p w14:paraId="679E3D6E" w14:textId="3EB10B15" w:rsidR="00513289" w:rsidRPr="000B6998" w:rsidDel="00907FF7" w:rsidRDefault="00513289" w:rsidP="004D51FE">
             <w:pPr>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2835"/>
+                <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...48 lines deleted...]
-              <w:t>………………………………………..</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>……………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00173BFC" w:rsidRPr="00D54975" w14:paraId="16C89E5E" w14:textId="77777777" w:rsidTr="00B308E9">
-[...523 lines deleted...]
-      <w:tr w:rsidR="00173BFC" w:rsidRPr="00D54975" w14:paraId="762B1310" w14:textId="77777777" w:rsidTr="00B308E9">
+      <w:tr w:rsidR="004D51FE" w:rsidRPr="00D54975" w14:paraId="762B1310" w14:textId="77777777" w:rsidTr="00F975B9">
         <w:tblPrEx>
           <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FAD4A54" w14:textId="674AC8FD" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00076A1F" w:rsidP="00B308E9">
+          <w:p w14:paraId="5FAD4A54" w14:textId="27BAA97D" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4253"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="284"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
-                <w:lang w:eastAsia="fr-FR"/>
-[...66 lines deleted...]
-            <w:r w:rsidR="00173BFC" w:rsidRPr="00D54975">
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Ecole spécialisée</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7796" w:type="dxa"/>
+            <w:tcW w:w="7768" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16095F8B" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00B308E9">
+          <w:p w14:paraId="16095F8B" w14:textId="63613AF8" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4253"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="317"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...295 lines deleted...]
-              </mc:AlternateContent>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Arts                                            </w:t>
             </w:r>
-            <w:r w:rsidR="00884B45" w:rsidRPr="00D54975">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">      </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Commerce    </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00884B45" w:rsidRPr="00D54975">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Commerce           </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidR="00884B45" w:rsidRPr="00D54975">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">   Ingénieur            </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+              <w:t xml:space="preserve">Ingénieur                  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">    Santé</w:t>
+              <w:t xml:space="preserve"> Santé</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00A327F9" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="00B308E9">
+          <w:p w14:paraId="00A327F9" w14:textId="57746522" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="317"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...216 lines deleted...]
-              </mc:AlternateContent>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences politiques                   </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve">Sciences politiques                       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Social           </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">    </w:t>
+              <w:t xml:space="preserve"> Social                     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">       Sport</w:t>
+              <w:t>Sport</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E413215" w14:textId="77777777" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00173BFC" w:rsidP="005E23A3">
+          <w:p w14:paraId="0E413215" w14:textId="0F5C7642" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4253"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="318"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...70 lines deleted...]
-              </mc:AlternateContent>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>Autre(s), précisez :</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> ……………………………………</w:t>
+              <w:t>Autre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>précisez : ……………………………………</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B85E55" w:rsidRPr="00D54975" w14:paraId="75FA50B2" w14:textId="77777777" w:rsidTr="00F42B4A">
+      <w:tr w:rsidR="004D51FE" w:rsidRPr="00D54975" w14:paraId="75FA50B2" w14:textId="77777777" w:rsidTr="00F975B9">
         <w:tblPrEx>
           <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D87446F" w14:textId="6005F5A3" w:rsidR="00B85E55" w:rsidRPr="00D54975" w:rsidRDefault="00076A1F" w:rsidP="00DF652C">
+          <w:p w14:paraId="6D87446F" w14:textId="5FA5D47F" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="284"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...71 lines deleted...]
-            <w:r w:rsidR="00B85E55" w:rsidRPr="00D54975">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autre(s) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF652C" w:rsidRPr="00D54975">
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>formation</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B85E55" w:rsidRPr="00D54975">
+              <w:t xml:space="preserve"> Autres </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">(s) envisagée(s) </w:t>
+              <w:t>formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2665" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7959430B" w14:textId="77777777" w:rsidR="00B85E55" w:rsidRPr="00D54975" w:rsidRDefault="00B85E55" w:rsidP="00B85E55">
-[...187 lines deleted...]
-          <w:p w14:paraId="44137C3E" w14:textId="77777777" w:rsidR="00950DFD" w:rsidRPr="00D54975" w:rsidRDefault="00950DFD" w:rsidP="00B85E55">
+          <w:p w14:paraId="3BEA0226" w14:textId="02B8DBEF" w:rsidR="004D51FE" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="317"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etudes comptables et financières </w:t>
-[...72 lines deleted...]
-              </mc:AlternateContent>
+              <w:t xml:space="preserve">Etudes comptables et </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">financières </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44137C3E" w14:textId="6475DEB0" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diplôme national des métiers des arts et du design (DN MADE) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A92395B" w14:textId="1023873D" w:rsidR="00B85E55" w:rsidRPr="00D54975" w:rsidRDefault="00B85E55" w:rsidP="00B85E55">
-[...241 lines deleted...]
-          <w:p w14:paraId="57B5D1C6" w14:textId="77777777" w:rsidR="00B85E55" w:rsidRPr="00D54975" w:rsidRDefault="00076A1F" w:rsidP="00B85E55">
+          <w:p w14:paraId="3A92395B" w14:textId="53B8F6CC" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="317"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16AF21F1" w14:textId="79E0DF73" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes à l’étranger                                     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57B5D1C6" w14:textId="42E93BD5" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
-[...79 lines deleted...]
-              <w:t xml:space="preserve">Autre : </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Autre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="753D6DBF" w14:textId="77777777" w:rsidR="00B85E55" w:rsidRPr="00D54975" w:rsidRDefault="00B85E55" w:rsidP="00B308E9">
+          <w:p w14:paraId="753D6DBF" w14:textId="77777777" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Précisez :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50A829E7" w14:textId="77777777" w:rsidR="00B85E55" w:rsidRPr="00D54975" w:rsidRDefault="00B85E55" w:rsidP="00B308E9">
+          <w:p w14:paraId="50A829E7" w14:textId="77777777" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>……………………………</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E5C63F3" w14:textId="77777777" w:rsidR="00B85E55" w:rsidRPr="00D54975" w:rsidRDefault="00B85E55" w:rsidP="00B308E9">
+          <w:p w14:paraId="5E5C63F3" w14:textId="77777777" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="197343BC" w14:textId="77777777" w:rsidR="00B85E55" w:rsidRPr="00D54975" w:rsidRDefault="00B85E55" w:rsidP="00B308E9">
+          <w:p w14:paraId="197343BC" w14:textId="77777777" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
-              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>……………………………</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F42B4A" w:rsidRPr="00D54975" w14:paraId="789EDA80" w14:textId="77777777" w:rsidTr="0025082A">
+      <w:tr w:rsidR="004D51FE" w:rsidRPr="00D54975" w14:paraId="789EDA80" w14:textId="77777777" w:rsidTr="0025082A">
         <w:tblPrEx>
           <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="387"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF6AEDB" w14:textId="45FF1BB7" w:rsidR="00F42B4A" w:rsidRPr="00D54975" w:rsidRDefault="00F42B4A" w:rsidP="00F42B4A">
+          <w:p w14:paraId="1EF6AEDB" w14:textId="6AE0B152" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
-              <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D54975">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Si vous envisagez de demander une année de cesure, précisez votre projet : </w:t>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ous envisagez une année de cesure, précisez votre projet : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D87115" w:rsidRPr="00D54975" w14:paraId="5EC7C62B" w14:textId="77777777" w:rsidTr="007F23F9">
+      <w:tr w:rsidR="004D51FE" w:rsidRPr="00D54975" w14:paraId="5EC7C62B" w14:textId="77777777" w:rsidTr="007F23F9">
         <w:tblPrEx>
           <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="156"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="013163A1" w14:textId="77777777" w:rsidR="00D87115" w:rsidRPr="00D54975" w:rsidRDefault="005E23A3" w:rsidP="005E23A3">
+          <w:p w14:paraId="013163A1" w14:textId="77777777" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="004D51FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00173BFC" w:rsidRPr="00D54975" w14:paraId="7139D644" w14:textId="77777777" w:rsidTr="00712AA5">
+      <w:tr w:rsidR="004D51FE" w:rsidRPr="00D54975" w14:paraId="7139D644" w14:textId="77777777" w:rsidTr="00712AA5">
         <w:tblPrEx>
           <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="310A3FAE" w14:textId="443AA53A" w:rsidR="00173BFC" w:rsidRPr="00D54975" w:rsidRDefault="00D87115" w:rsidP="00D87115">
+          <w:p w14:paraId="310A3FAE" w14:textId="0913E209" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4253"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="284"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D54975">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>Si vous n’envisagez pas une inscription dans l’enseignement supérieur l’année prochaine, précisez vos intentions :</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00712AA5" w:rsidRPr="00D54975">
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Vous </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>n’envisagez pas une inscription dans l’enseignement supérieur l’année prochaine, précisez</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> votre projet </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D87115" w:rsidRPr="00D54975" w14:paraId="27C8A1D5" w14:textId="77777777" w:rsidTr="00580845">
+      <w:tr w:rsidR="004D51FE" w:rsidRPr="00D54975" w14:paraId="27C8A1D5" w14:textId="77777777" w:rsidTr="00580845">
         <w:tblPrEx>
           <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52DDE9A9" w14:textId="77777777" w:rsidR="00712AA5" w:rsidRPr="00D54975" w:rsidRDefault="00712AA5" w:rsidP="00580845">
+          <w:p w14:paraId="52DDE9A9" w14:textId="1A20DBEA" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4253"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="284"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...67 lines deleted...]
-            <w:r w:rsidR="00884B45" w:rsidRPr="00D54975">
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00580845" w:rsidRPr="00D54975">
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00D54975">
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidR="00950DFD" w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Séjour linguistique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2659D515" w14:textId="77777777" w:rsidR="00712AA5" w:rsidRPr="00D54975" w:rsidRDefault="00712AA5" w:rsidP="00580845">
+          <w:p w14:paraId="2659D515" w14:textId="6C39A4AF" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4253"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="284"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...65 lines deleted...]
-              </mc:AlternateContent>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54975">
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidR="00950DFD" w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Service civique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F50548E" w14:textId="77777777" w:rsidR="00712AA5" w:rsidRPr="00D54975" w:rsidRDefault="00580845" w:rsidP="00580845">
+          <w:p w14:paraId="5F50548E" w14:textId="0E1C3373" w:rsidR="004D51FE" w:rsidRPr="00D54975" w:rsidRDefault="004D51FE" w:rsidP="00F975B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4253"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="284"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B6998">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...67 lines deleted...]
-            <w:r w:rsidR="00950DFD" w:rsidRPr="00D54975">
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D54975">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
               <w:t>Insertion professionnelle</w:t>
             </w:r>
-            <w:r w:rsidR="00950DFD" w:rsidRPr="00D54975">
+            <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00712AA5" w:rsidRPr="000B6998">
+            <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...67 lines deleted...]
-            <w:r w:rsidR="00712AA5" w:rsidRPr="00D54975">
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A8"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">        Autre, précisez :  ……………………</w:t>
+              <w:t>Autre, précisez :  ……………………</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="56F51E7A" w14:textId="77777777" w:rsidR="005E23A3" w:rsidRPr="00D54975" w:rsidRDefault="005E23A3" w:rsidP="00677A5B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="60" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Date et signatures de l’élève et de son ou ses représentants légaux</w:t>
       </w:r>
       <w:r w:rsidR="00616D63" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149F0DB5" w14:textId="77777777" w:rsidR="00AD3875" w:rsidRPr="00D54975" w:rsidRDefault="00904A71" w:rsidP="005E23A3">
+    <w:p w14:paraId="149F0DB5" w14:textId="59E7E586" w:rsidR="00AD3875" w:rsidRPr="00D54975" w:rsidRDefault="00904A71" w:rsidP="005E23A3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="60" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00AD3875" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>onseil(s) et recommandation(s)</w:t>
+        <w:t>onseil</w:t>
+      </w:r>
+      <w:r w:rsidR="00C43AF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3875" w:rsidRPr="00D54975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>et recommandation</w:t>
+      </w:r>
+      <w:r w:rsidR="00C43AF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00E6394B" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> du conseil de classe</w:t>
       </w:r>
       <w:r w:rsidR="00264154" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34DD94FF" w14:textId="77777777" w:rsidR="00E6394B" w:rsidRPr="00D54975" w:rsidRDefault="00E6394B" w:rsidP="0038415E">
       <w:pPr>
         <w:pBdr>
@@ -15856,64 +7627,83 @@
         </w:rPr>
         <w:t xml:space="preserve"> l’élève et de son ou ses représentants légaux : </w:t>
       </w:r>
       <w:r w:rsidR="007F23F9" w:rsidRPr="00D54975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F15BB7" w:rsidRPr="00D54975" w:rsidSect="00083960">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="720" w:bottom="567" w:left="720" w:header="425" w:footer="720" w:gutter="0"/>
       <w:cols w:space="848"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w16cex:commentExtensible w16cex:durableId="2C9B5307" w16cex:dateUtc="2025-10-16T09:18:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="2C9C5E65" w16cex:dateUtc="2025-10-17T04:19:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="2C9B5383" w16cex:dateUtc="2025-10-16T09:20:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="2C9C5EC5" w16cex:dateUtc="2025-10-17T04:20:00Z"/>
+</w16cex:commentsExtensible>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w16cid:commentId w16cid:paraId="36C05D5A" w16cid:durableId="2C9B5307"/>
+  <w16cid:commentId w16cid:paraId="055B8BD0" w16cid:durableId="2C9C5E2D"/>
+  <w16cid:commentId w16cid:paraId="5E309B21" w16cid:durableId="2C9C5E65"/>
+  <w16cid:commentId w16cid:paraId="31ED9BC9" w16cid:durableId="2C9B5383"/>
+  <w16cid:commentId w16cid:paraId="0CE0B970" w16cid:durableId="2C9C5EC5"/>
+</w16cid:commentsIds>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B233269" w14:textId="77777777" w:rsidR="00F25ACA" w:rsidRDefault="00F25ACA" w:rsidP="00D945E0">
+    <w:p w14:paraId="0CDAEAC9" w14:textId="77777777" w:rsidR="000E3559" w:rsidRDefault="000E3559" w:rsidP="00D945E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C026F81" w14:textId="77777777" w:rsidR="00F25ACA" w:rsidRDefault="00F25ACA" w:rsidP="00D945E0">
+    <w:p w14:paraId="1FEB6FEB" w14:textId="77777777" w:rsidR="000E3559" w:rsidRDefault="000E3559" w:rsidP="00D945E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -15945,61 +7735,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B64C1FE" w14:textId="77777777" w:rsidR="00F25ACA" w:rsidRDefault="00F25ACA" w:rsidP="00D945E0">
+    <w:p w14:paraId="58FC4FA7" w14:textId="77777777" w:rsidR="000E3559" w:rsidRDefault="000E3559" w:rsidP="00D945E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2068C3C0" w14:textId="77777777" w:rsidR="00F25ACA" w:rsidRDefault="00F25ACA" w:rsidP="00D945E0">
+    <w:p w14:paraId="2FF98C96" w14:textId="77777777" w:rsidR="000E3559" w:rsidRDefault="000E3559" w:rsidP="00D945E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="343D34C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7F869DD6"/>
     <w:lvl w:ilvl="0" w:tplc="4AA62CB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -16441,271 +8231,318 @@
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:val="bestFit" w:percent="161"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E6394B"/>
     <w:rsid w:val="00016A15"/>
+    <w:rsid w:val="00036E68"/>
     <w:rsid w:val="00050247"/>
     <w:rsid w:val="00057A3F"/>
+    <w:rsid w:val="00060DC0"/>
     <w:rsid w:val="00061765"/>
     <w:rsid w:val="00062B7B"/>
     <w:rsid w:val="00070709"/>
     <w:rsid w:val="000732A1"/>
     <w:rsid w:val="00076A1F"/>
     <w:rsid w:val="000775CB"/>
     <w:rsid w:val="00083960"/>
     <w:rsid w:val="000A38BC"/>
     <w:rsid w:val="000A40D5"/>
     <w:rsid w:val="000A47DE"/>
     <w:rsid w:val="000B6998"/>
+    <w:rsid w:val="000C2D47"/>
+    <w:rsid w:val="000E3559"/>
     <w:rsid w:val="000E66BC"/>
     <w:rsid w:val="000F1C77"/>
     <w:rsid w:val="0011453E"/>
     <w:rsid w:val="001225D6"/>
     <w:rsid w:val="001321DE"/>
     <w:rsid w:val="001541BF"/>
     <w:rsid w:val="001630D5"/>
     <w:rsid w:val="00173BFC"/>
     <w:rsid w:val="00175FF2"/>
     <w:rsid w:val="0018176B"/>
     <w:rsid w:val="001B6867"/>
     <w:rsid w:val="001C6747"/>
     <w:rsid w:val="001D6428"/>
     <w:rsid w:val="001D752A"/>
     <w:rsid w:val="001F0E2B"/>
     <w:rsid w:val="00200DAA"/>
     <w:rsid w:val="00220876"/>
     <w:rsid w:val="00236273"/>
     <w:rsid w:val="00263B9A"/>
     <w:rsid w:val="00264154"/>
     <w:rsid w:val="002836FD"/>
     <w:rsid w:val="002877E2"/>
     <w:rsid w:val="002A5203"/>
     <w:rsid w:val="002C39CD"/>
     <w:rsid w:val="002E0049"/>
     <w:rsid w:val="002E4D16"/>
     <w:rsid w:val="002E552D"/>
     <w:rsid w:val="002F24B4"/>
+    <w:rsid w:val="00323438"/>
     <w:rsid w:val="003237AA"/>
+    <w:rsid w:val="00355230"/>
+    <w:rsid w:val="00364A88"/>
+    <w:rsid w:val="0037182D"/>
+    <w:rsid w:val="00372E60"/>
     <w:rsid w:val="0038415E"/>
     <w:rsid w:val="00385736"/>
+    <w:rsid w:val="003A7B25"/>
     <w:rsid w:val="003B3820"/>
     <w:rsid w:val="003F434B"/>
     <w:rsid w:val="00413C14"/>
     <w:rsid w:val="00421BFC"/>
     <w:rsid w:val="00447252"/>
     <w:rsid w:val="0045053F"/>
     <w:rsid w:val="00482051"/>
+    <w:rsid w:val="00487EE3"/>
+    <w:rsid w:val="004A6F29"/>
     <w:rsid w:val="004B46B1"/>
     <w:rsid w:val="004D20C5"/>
+    <w:rsid w:val="004D51FE"/>
     <w:rsid w:val="004E59E2"/>
+    <w:rsid w:val="00513289"/>
     <w:rsid w:val="00514609"/>
     <w:rsid w:val="00516D03"/>
     <w:rsid w:val="005239A1"/>
     <w:rsid w:val="005247F7"/>
     <w:rsid w:val="00540211"/>
     <w:rsid w:val="00543F7F"/>
     <w:rsid w:val="005471B0"/>
     <w:rsid w:val="005476F4"/>
     <w:rsid w:val="00554A84"/>
+    <w:rsid w:val="0056577A"/>
     <w:rsid w:val="00580845"/>
     <w:rsid w:val="005841B0"/>
+    <w:rsid w:val="00585976"/>
+    <w:rsid w:val="00591B5D"/>
     <w:rsid w:val="00597D48"/>
     <w:rsid w:val="005A5E73"/>
     <w:rsid w:val="005A7040"/>
     <w:rsid w:val="005D0B4D"/>
+    <w:rsid w:val="005D16D1"/>
+    <w:rsid w:val="005D19F6"/>
     <w:rsid w:val="005E20EA"/>
     <w:rsid w:val="005E23A3"/>
     <w:rsid w:val="005E7CFD"/>
     <w:rsid w:val="005F48C4"/>
     <w:rsid w:val="006129D5"/>
     <w:rsid w:val="00616CAA"/>
     <w:rsid w:val="00616D63"/>
+    <w:rsid w:val="00635118"/>
     <w:rsid w:val="006408D2"/>
+    <w:rsid w:val="00670497"/>
+    <w:rsid w:val="0067712F"/>
     <w:rsid w:val="00677A5B"/>
     <w:rsid w:val="006A7363"/>
     <w:rsid w:val="006D405A"/>
     <w:rsid w:val="006E0C0C"/>
     <w:rsid w:val="00701A15"/>
     <w:rsid w:val="00712AA5"/>
     <w:rsid w:val="0071745F"/>
     <w:rsid w:val="00722B1D"/>
     <w:rsid w:val="0076628C"/>
     <w:rsid w:val="00775E65"/>
+    <w:rsid w:val="00791A6C"/>
+    <w:rsid w:val="00796E17"/>
     <w:rsid w:val="007A386C"/>
     <w:rsid w:val="007A4D34"/>
     <w:rsid w:val="007A65EB"/>
     <w:rsid w:val="007D0B0A"/>
+    <w:rsid w:val="007E335D"/>
     <w:rsid w:val="007F23F9"/>
     <w:rsid w:val="007F249C"/>
     <w:rsid w:val="00814BBF"/>
     <w:rsid w:val="00851CF0"/>
     <w:rsid w:val="00861747"/>
+    <w:rsid w:val="00874A3D"/>
+    <w:rsid w:val="00876509"/>
     <w:rsid w:val="00884B45"/>
     <w:rsid w:val="0089573F"/>
+    <w:rsid w:val="008C6182"/>
     <w:rsid w:val="008D6E53"/>
     <w:rsid w:val="008E497E"/>
     <w:rsid w:val="008E6B2D"/>
     <w:rsid w:val="008F0982"/>
     <w:rsid w:val="008F2571"/>
     <w:rsid w:val="00904A71"/>
+    <w:rsid w:val="00907FF7"/>
+    <w:rsid w:val="00924AAA"/>
     <w:rsid w:val="00950DFD"/>
     <w:rsid w:val="00952695"/>
     <w:rsid w:val="00955539"/>
     <w:rsid w:val="009564BF"/>
     <w:rsid w:val="00963904"/>
     <w:rsid w:val="00966E1A"/>
     <w:rsid w:val="0097280C"/>
     <w:rsid w:val="00995539"/>
     <w:rsid w:val="009B49EB"/>
     <w:rsid w:val="009B6AF8"/>
     <w:rsid w:val="009C6F5C"/>
+    <w:rsid w:val="009E4B9D"/>
     <w:rsid w:val="009E5FB5"/>
     <w:rsid w:val="00A05CEE"/>
     <w:rsid w:val="00A24CD4"/>
     <w:rsid w:val="00A274A5"/>
     <w:rsid w:val="00A45806"/>
     <w:rsid w:val="00A5289A"/>
     <w:rsid w:val="00A66E93"/>
     <w:rsid w:val="00A728F3"/>
+    <w:rsid w:val="00AA27CB"/>
     <w:rsid w:val="00AA5179"/>
     <w:rsid w:val="00AB4883"/>
     <w:rsid w:val="00AD1737"/>
+    <w:rsid w:val="00AD2BA8"/>
     <w:rsid w:val="00AD3875"/>
     <w:rsid w:val="00AE5DEA"/>
     <w:rsid w:val="00B07BAD"/>
     <w:rsid w:val="00B4058E"/>
     <w:rsid w:val="00B41D83"/>
     <w:rsid w:val="00B4700D"/>
     <w:rsid w:val="00B54CCE"/>
     <w:rsid w:val="00B56D6A"/>
     <w:rsid w:val="00B66B64"/>
     <w:rsid w:val="00B76AFB"/>
     <w:rsid w:val="00B85E55"/>
     <w:rsid w:val="00BB7AB4"/>
     <w:rsid w:val="00BC0548"/>
     <w:rsid w:val="00BC10C9"/>
     <w:rsid w:val="00BD7336"/>
     <w:rsid w:val="00BE79C0"/>
     <w:rsid w:val="00BE7A30"/>
+    <w:rsid w:val="00BF1B01"/>
+    <w:rsid w:val="00C145D3"/>
     <w:rsid w:val="00C22B44"/>
     <w:rsid w:val="00C22D1A"/>
+    <w:rsid w:val="00C33439"/>
+    <w:rsid w:val="00C43AF7"/>
     <w:rsid w:val="00C47027"/>
     <w:rsid w:val="00C57FF7"/>
     <w:rsid w:val="00C77ED1"/>
     <w:rsid w:val="00CB0A11"/>
     <w:rsid w:val="00CC451C"/>
     <w:rsid w:val="00CD3CF2"/>
     <w:rsid w:val="00CE26F3"/>
     <w:rsid w:val="00D2066C"/>
     <w:rsid w:val="00D223DE"/>
     <w:rsid w:val="00D46203"/>
     <w:rsid w:val="00D54975"/>
     <w:rsid w:val="00D55358"/>
     <w:rsid w:val="00D63856"/>
     <w:rsid w:val="00D64374"/>
+    <w:rsid w:val="00D740CB"/>
     <w:rsid w:val="00D8616C"/>
     <w:rsid w:val="00D87115"/>
     <w:rsid w:val="00D914D4"/>
     <w:rsid w:val="00D945E0"/>
     <w:rsid w:val="00DA21E9"/>
+    <w:rsid w:val="00DA6036"/>
     <w:rsid w:val="00DB5045"/>
     <w:rsid w:val="00DC098A"/>
     <w:rsid w:val="00DC1674"/>
     <w:rsid w:val="00DE05C0"/>
     <w:rsid w:val="00DF62FE"/>
     <w:rsid w:val="00DF652C"/>
     <w:rsid w:val="00E40275"/>
+    <w:rsid w:val="00E512AC"/>
     <w:rsid w:val="00E53526"/>
     <w:rsid w:val="00E6394B"/>
+    <w:rsid w:val="00E7070B"/>
     <w:rsid w:val="00E847BC"/>
     <w:rsid w:val="00E85FDE"/>
     <w:rsid w:val="00E9385C"/>
     <w:rsid w:val="00EA316B"/>
+    <w:rsid w:val="00EB6B9B"/>
     <w:rsid w:val="00EF26E5"/>
     <w:rsid w:val="00EF64DB"/>
     <w:rsid w:val="00F02229"/>
     <w:rsid w:val="00F0678F"/>
     <w:rsid w:val="00F15BB7"/>
     <w:rsid w:val="00F25ACA"/>
     <w:rsid w:val="00F30E77"/>
     <w:rsid w:val="00F327A2"/>
     <w:rsid w:val="00F3535C"/>
+    <w:rsid w:val="00F36D0E"/>
     <w:rsid w:val="00F42B4A"/>
     <w:rsid w:val="00F46442"/>
     <w:rsid w:val="00F5389C"/>
     <w:rsid w:val="00F57CA8"/>
     <w:rsid w:val="00F61A9D"/>
     <w:rsid w:val="00F6712E"/>
     <w:rsid w:val="00F74D79"/>
+    <w:rsid w:val="00F975B9"/>
     <w:rsid w:val="00FA2B66"/>
+    <w:rsid w:val="00FA7232"/>
+    <w:rsid w:val="00FB3369"/>
     <w:rsid w:val="00FC11F4"/>
     <w:rsid w:val="00FC71A5"/>
+    <w:rsid w:val="00FC7F78"/>
     <w:rsid w:val="00FD57C9"/>
     <w:rsid w:val="00FE6BFD"/>
     <w:rsid w:val="00FF5554"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -17289,75 +9126,94 @@
     <w:next w:val="Commentaire"/>
     <w:link w:val="ObjetducommentaireCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00070709"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
     <w:name w:val="Objet du commentaire Car"/>
     <w:basedOn w:val="CommentaireCar"/>
     <w:link w:val="Objetducommentaire"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00070709"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Mentionnonrsolue1">
+    <w:name w:val="Mention non résolue1"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00677A5B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sansinterligne">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00513289"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rvision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C145D3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.gouv.fr/pid29865/vie-lyceenne.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alternance.emploi.gouv.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.monorientationenligne.fr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.orientation-pour-tous.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cordeesdelareussite.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jeunes.gouv.fr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cned.fr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.onisep.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.etudiant.gouv.fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-avenirs.onisep.fr/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.euroguidance-france.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.messervices.etudiant.gouv.fr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.onisep.fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alternance.emploi.gouv.fr" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.monorientationenligne.fr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://monprojetsup.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cordeesdelareussite.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jeunes.gouv.fr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cned.fr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onisep.fr/avenir-" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.etudiant.gouv.fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.euroguidance-france.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.gouv.fr/pid29865/vie-lyceenne.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId27" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17610,78 +9466,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00964DBE-97BF-4AF3-81AE-0D269FE64404}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{396FF2F4-8F1B-411A-931B-48788F1FC7C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>930</Words>
-  <Characters>5115</Characters>
+  <Words>928</Words>
+  <Characters>5104</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>42</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministere de l'Education Nationale</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6033</CharactersWithSpaces>
+  <CharactersWithSpaces>6020</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ANNE-SOPHIE WOJCIECHOWSKI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>