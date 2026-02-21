--- v0 (2025-10-05)
+++ v1 (2026-02-21)
@@ -1,151 +1,164 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ijule\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\str-dgesco-a2-2\QUALITE - LABELS\1_LYCEE_DES_METIERS\1-Campagne 2025-2026\JANV 26\3-LISTES LDM pour Eduscol-DEPP-A4_B12\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{284F8949-A69A-47CD-B92A-AA8B639F2D27}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19170" windowHeight="6765"/>
+    <workbookView xWindow="135" yWindow="0" windowWidth="19800" windowHeight="10920" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Liste_Ldm_08_2025" sheetId="20" r:id="rId1"/>
-    <sheet name="Nomenclature filières" sheetId="21" r:id="rId2"/>
+    <sheet name="Liste_LDM_janvier_2026" sheetId="24" r:id="rId1"/>
+    <sheet name="Nomenclature" sheetId="10" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Liste_Ldm_08_2025!$A$1:$J$803</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Liste_LDM_janvier_2026!$A$3:$J$770</definedName>
     <definedName name="Eduscol_août_2024">#REF!</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8058" uniqueCount="4662">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7692" uniqueCount="4367">
   <si>
     <t>Création, design, audiovisuel</t>
   </si>
   <si>
     <t>Infrastructures, bâtiment, éco-construction</t>
   </si>
   <si>
     <t>Services aux entreprises, logistique</t>
   </si>
   <si>
     <t>Mobilité, aéronautique, transports terrestres et maritimes</t>
   </si>
   <si>
+    <t>Numérique, télécommunications</t>
+  </si>
+  <si>
     <t>Tourisme, gastronomie</t>
   </si>
   <si>
+    <t>Alimentaire, agroalimentaire</t>
+  </si>
+  <si>
     <t>Transition énergétique, éco-industrie</t>
   </si>
   <si>
+    <t>Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
     <t>Services à la personne, bien-être</t>
   </si>
   <si>
     <t>Matériaux, matériaux innovants</t>
   </si>
   <si>
     <t>Chimie et biotechnologies</t>
   </si>
   <si>
     <t>N° UAI</t>
   </si>
   <si>
-    <t>Etablissement</t>
-[...1 lines deleted...]
-  <si>
     <t>Intitulé du label</t>
   </si>
   <si>
     <t>0131432L</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL SAINT ANDRE</t>
   </si>
   <si>
     <t>Lycée des métiers du transport, de la logistique et de la maintenance des véhicules</t>
   </si>
   <si>
     <t>0131433M</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL SAINT HENRI</t>
   </si>
   <si>
     <t>Lycée des métiers du bâtiment connecté</t>
   </si>
   <si>
-    <t>0131434N</t>
-[...7 lines deleted...]
-  <si>
     <t>0130065A</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LA VISTE</t>
   </si>
   <si>
     <t>Lycée des métiers de la santé et de la relation client</t>
   </si>
   <si>
     <t>0131484T</t>
   </si>
   <si>
-    <t>LYCEE PROFESSIONNEL  BRISE-LAMES</t>
-[...1 lines deleted...]
-  <si>
     <t>Lycée des métiers du commerce et de la restauration</t>
   </si>
   <si>
     <t>0131485U</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LE ROCHER</t>
   </si>
   <si>
     <t>Lycée des métiers des soins et services à la personne</t>
   </si>
   <si>
     <t>0131606A</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LA CALADE</t>
   </si>
   <si>
     <t>Lycée des métiers de la beauté, de la mode et de la relation-client</t>
   </si>
   <si>
     <t>0132193N</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL EDMOND ROSTAND</t>
@@ -201,104 +214,86 @@
   <si>
     <t>0130146N</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LES ALPILLES</t>
   </si>
   <si>
     <t>Lycée des métiers les Alpilles</t>
   </si>
   <si>
     <t>0040007L</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ALPHONSE BEAU DE ROCHAS</t>
   </si>
   <si>
     <t>Lycée des métiers</t>
   </si>
   <si>
     <t>0040011R</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LOUIS MARTIN BRET</t>
   </si>
   <si>
-    <t>0040023D</t>
-[...7 lines deleted...]
-  <si>
     <t>0050005D</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ALPES ET DURANCE</t>
   </si>
   <si>
     <t>Lycée des métiers du bois, du ski et de l'énergie</t>
   </si>
   <si>
     <t>0050008G</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PAUL HERAUD</t>
   </si>
   <si>
     <t>Lycée des métiers de l'habitat et des transports durables</t>
   </si>
   <si>
     <t>0132974M</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT HOTELIER REGIONAL PASSEDAT</t>
   </si>
   <si>
     <t>Lycée des métiers de l'hôtellerie, du tourisme et de l'alimentation</t>
   </si>
   <si>
-    <t>0130006L</t>
-[...4 lines deleted...]
-  <si>
     <t>Lycée des métiers du tertiaire</t>
   </si>
   <si>
     <t>0133015G</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PIERRE MENDES FRANCE</t>
   </si>
   <si>
-    <t>Lycée des métiers  de l'aéronautique</t>
-[...1 lines deleted...]
-  <si>
     <t>0130071G</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL COLBERT</t>
   </si>
   <si>
     <t>Lycée des métiers des services aux entreprises et à la personne</t>
   </si>
   <si>
     <t>0050009H</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL SEVIGNE</t>
   </si>
   <si>
     <t>Lycée des métiers de la restauration, des services aux entreprises et aux personnes</t>
   </si>
   <si>
     <t>0130033R</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LOUIS BLERIOT</t>
   </si>
   <si>
     <t>Lycée des métiers de l'industrie et des services à la personne</t>
@@ -363,53 +358,50 @@
   <si>
     <t>Lycée des métiers de l'énergie et du numérique</t>
   </si>
   <si>
     <t>0840016L</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT VICTOR HUGO</t>
   </si>
   <si>
     <t>0130050J</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DENIS DIDEROT</t>
   </si>
   <si>
     <t>Lycée des métiers des arts appliqués, du génie civil et des énergies</t>
   </si>
   <si>
     <t>0130056R</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LA FLORIDE</t>
   </si>
   <si>
-    <t>Lycée des métiers de la logistique et du transport routier</t>
-[...1 lines deleted...]
-  <si>
     <t>0130057S</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL RENE CAILLIE</t>
   </si>
   <si>
     <t>Lycée des métiers du bâtiment, des travaux publics et de la topographie</t>
   </si>
   <si>
     <t>0130058T</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL L'ESTAQUE</t>
   </si>
   <si>
     <t>Lycée des métiers de l'économie bleue</t>
   </si>
   <si>
     <t>0130062X</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL FREDERIC MISTRAL</t>
   </si>
   <si>
     <t>Lycée des métiers de l'automobile et des services aux entreprises</t>
@@ -435,104 +427,98 @@
   <si>
     <t>0840700E</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL FERDINAND REVOUL</t>
   </si>
   <si>
     <t>Lycée des métiers des arts culinaires et de l'industrie</t>
   </si>
   <si>
     <t>0133396W</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DON BOSCO</t>
   </si>
   <si>
     <t>Lycée des métiers des ingénieries industrielles et des arts graphiques</t>
   </si>
   <si>
     <t>0133425C</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CELONY</t>
   </si>
   <si>
-    <t>Lycée des métiers de la communication visuelle, de la relation client et des services à la personne</t>
-[...1 lines deleted...]
-  <si>
     <t>0130171R</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL CHARLES PRIVAT</t>
   </si>
   <si>
     <t>Lycée des métiers de la transition énergétique et des industries</t>
   </si>
   <si>
     <t>0840039L</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL DOMAINE D'EGUILLES</t>
   </si>
   <si>
     <t>Lycée des métiers de l'ingénieurie et de la réalisation du bâtiment, du décor et de la maintenance</t>
   </si>
   <si>
     <t>0600063T</t>
   </si>
   <si>
     <t>LYCEE JULES UHRY</t>
   </si>
   <si>
     <t>Lycée des métiers de la santé, du soin et du prêt-à-porter</t>
   </si>
   <si>
     <t>0800013E</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL DE L'ACHEULEEN</t>
   </si>
   <si>
     <t>Lycée des métiers du bâtiment</t>
   </si>
   <si>
     <t>0800007Y</t>
   </si>
   <si>
     <t>LYCEE LAMARCK</t>
   </si>
   <si>
     <t>0801252B</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL J C ATHANASE PELTIER</t>
   </si>
   <si>
-    <t>Lycée des métiers des services, de la santé et du social</t>
-[...1 lines deleted...]
-  <si>
     <t>0801946F</t>
   </si>
   <si>
     <t>LYCEE LA PROVIDENCE</t>
   </si>
   <si>
     <t>Lycée des métiers des énergies nouvelles et du numérique</t>
   </si>
   <si>
     <t>0801336T</t>
   </si>
   <si>
     <t>LYCEE EDOUARD BRANLY</t>
   </si>
   <si>
     <t>Lycée des métiers du design et des technologies</t>
   </si>
   <si>
     <t>081900F</t>
   </si>
   <si>
     <t>LYCEE DE L AUTHIE</t>
   </si>
   <si>
     <t>0801514L</t>
@@ -774,53 +760,50 @@
   <si>
     <t>0601265Z</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE HORTICOLE</t>
   </si>
   <si>
     <t>Lycée des métiers de l'horticulture et du paysage</t>
   </si>
   <si>
     <t>0020088K</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL CAMILLE CLAUDEL</t>
   </si>
   <si>
     <t>Lycée des métiers de l'optique et du tertiaire</t>
   </si>
   <si>
     <t>0022042J</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JEAN BOUIN</t>
   </si>
   <si>
-    <t>Lycée des métiers  de la mode, des services à la personne et aux collectivités</t>
-[...1 lines deleted...]
-  <si>
     <t>0020089L</t>
   </si>
   <si>
     <t>LYCEE FREDERIC ET IRENE JOLIOT CURIE</t>
   </si>
   <si>
     <t>Lycée des métiers de la gestion et de l'industrie</t>
   </si>
   <si>
     <t>0021999M</t>
   </si>
   <si>
     <t>LYCEE SAINT JOSEPH</t>
   </si>
   <si>
     <t>Lycée des métiers de l'hôtellerie et de la restauration</t>
   </si>
   <si>
     <t>0021939X</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JULES VERNE</t>
   </si>
   <si>
     <t>Lycée des métiers des sciences et technologies pour un développement durable</t>
@@ -966,53 +949,50 @@
   <si>
     <t>0391092A</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PAUL EMILE VICTOR</t>
   </si>
   <si>
     <t>Lycée des métiers du social et de l'industrie 4.0</t>
   </si>
   <si>
     <t>0390914G</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL FERDINAND FILLOD</t>
   </si>
   <si>
     <t>Lycée des métiers des arts du métal</t>
   </si>
   <si>
     <t>0390033Z</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT Hyacinthe FRIANT</t>
   </si>
   <si>
-    <t>Lycée des métiers de l'hôtellerie, de la restauration et du sanitaire et du social</t>
-[...1 lines deleted...]
-  <si>
     <t>0390029V</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DU BOIS</t>
   </si>
   <si>
     <t>Lycée des métiers du bois</t>
   </si>
   <si>
     <t>0390027T</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT VICTOR BERARD</t>
   </si>
   <si>
     <t>Lycée des métiers de l'optique et des microtechniques</t>
   </si>
   <si>
     <t>0390015E</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JACQUES PREVERT</t>
   </si>
   <si>
     <t>Lycée des métiers de la mode, de la beauté et du bien-être</t>
@@ -1056,59 +1036,50 @@
   <si>
     <t>LYCEE PROFESSIONNEL BEL ORME</t>
   </si>
   <si>
     <t>Lycée des métiers du service et de la relation et du laboratoire</t>
   </si>
   <si>
     <t>0470730N</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL NOTRE DAME LA COMPASSION</t>
   </si>
   <si>
     <t>Lycée des métiers du territoire Marmandais, la Compa</t>
   </si>
   <si>
     <t>0641823J</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT BIARRITZ ATLANTIQUE</t>
   </si>
   <si>
     <t>Lycée des métiers de l'hôtellerie et du tourisme</t>
   </si>
   <si>
-    <t>0641664L</t>
-[...7 lines deleted...]
-  <si>
     <t>0641663K</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL STELLA MARIS</t>
   </si>
   <si>
     <t>Lycée des métiers des sciences biotechnologiques, paramédicales, sociales et du management commercial</t>
   </si>
   <si>
     <t>0640189H</t>
   </si>
   <si>
     <t>Lycée des métiers de la restauration</t>
   </si>
   <si>
     <t>0640184C</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MONTPENSIER</t>
   </si>
   <si>
     <t>Lycée des métiers de la santé, de l'animation, de l'organisation administrative, commerciale, du transport</t>
   </si>
   <si>
     <t>0640181Z</t>
@@ -1158,101 +1129,92 @@
   <si>
     <t>LYCEE PROFESSIONNEL GUYNEMER</t>
   </si>
   <si>
     <t>Lycée des métiers de l'industrie et du numérique</t>
   </si>
   <si>
     <t>0640044A</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ALBERT CAMUS</t>
   </si>
   <si>
     <t>Lycée des métiers de la chimie</t>
   </si>
   <si>
     <t>0640042Y</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL HAUTE VUE</t>
   </si>
   <si>
     <t>Lycée des métiers du goût, des soins et services à la personne</t>
   </si>
   <si>
-    <t>0640040W</t>
-[...4 lines deleted...]
-  <si>
     <t>Lycée des métiers de la maintenance</t>
   </si>
   <si>
     <t>0640031L</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ANDRE CAMPA</t>
   </si>
   <si>
     <t>Lycée des métiers du transport, de la logistique, de la mobilité et de l'industrie</t>
   </si>
   <si>
     <t>0640026F</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL DE L'HABITAT ET L'INDUSTRIE</t>
   </si>
   <si>
     <t>Lycée des métiers de l'habitat et de l'industrie</t>
   </si>
   <si>
     <t>0640013S</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PAUL BERT</t>
   </si>
   <si>
     <t>Lycée des métiers du tertiaire, de la digitalisation et des services Paul Bert</t>
   </si>
   <si>
     <t>0640001D</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CANTAU</t>
   </si>
   <si>
     <t>0640098J</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL GABRIEL HAURE PLACE</t>
   </si>
   <si>
-    <t>Lycée des métiers d'art design-mobilier-décoration</t>
-[...1 lines deleted...]
-  <si>
     <t>0332550T</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL SAINT GENES LA SALLE</t>
   </si>
   <si>
     <t>Lycée des métiers de la transition énergétique, du numérique, du transport logistique et du commerce</t>
   </si>
   <si>
     <t>0330069W</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LA MORLETTE</t>
   </si>
   <si>
     <t>Lycée des métiers des soins et des services à la personne</t>
   </si>
   <si>
     <t>0330076D</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL CHARLES PEGUY</t>
   </si>
   <si>
     <t>0330082K</t>
@@ -1299,53 +1261,50 @@
   <si>
     <t>Lycée des métiers de l'économie responsable et des métiers de la transition numérique et énergétique</t>
   </si>
   <si>
     <t>0332441Z</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JACQUES BREL</t>
   </si>
   <si>
     <t>Lycée des métiers de l'industrie et de l'optique</t>
   </si>
   <si>
     <t>0332445D</t>
   </si>
   <si>
     <t>Lycée des métiers de l'automobile</t>
   </si>
   <si>
     <t>0330060L</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL FLORA TRISTAN</t>
   </si>
   <si>
-    <t>Lycée des métiers  des services et de l'aéronautique Flora Tristan</t>
-[...1 lines deleted...]
-  <si>
     <t>0332870R</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DE LA MER</t>
   </si>
   <si>
     <t>Lycée des métiers de la mer</t>
   </si>
   <si>
     <t>0400004M</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LOUIS DARMANTE</t>
   </si>
   <si>
     <t>Lycée des métiers de l'hôtellerie et du commerce Louis Darmanté</t>
   </si>
   <si>
     <t>0400019D</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL FREDERIC ESTEVE</t>
   </si>
   <si>
     <t>Lycée des métiers de l'automobile et du transport</t>
@@ -1413,53 +1372,50 @@
   <si>
     <t>0332468D</t>
   </si>
   <si>
     <t>LYCEE TECHNOLOGIQUE SAINT LOUIS</t>
   </si>
   <si>
     <t>Lycée des métiers de la biologie et de la chimie</t>
   </si>
   <si>
     <t>0240006B</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL HELENE DUC</t>
   </si>
   <si>
     <t>Lycée des métiers de l'industrie Sud Périgord Hélène Duc</t>
   </si>
   <si>
     <t>0240026Y</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ALBERT CLAVEILLE</t>
   </si>
   <si>
-    <t>Lycée des métiers des énergies, des productions  et des mobilités en transitions</t>
-[...1 lines deleted...]
-  <si>
     <t>0240007C</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN CAPELLE</t>
   </si>
   <si>
     <t>Lycée des métiers de l'hôtellerie, de la gastronomie et des services</t>
   </si>
   <si>
     <t>0240984P</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LEONARD DE VINCI</t>
   </si>
   <si>
     <t>Lycée des métiers des énergies et des productions en transitions</t>
   </si>
   <si>
     <t>0631985R</t>
   </si>
   <si>
     <t>LYCEE Polyvalent PIERRE-JOEL BONTE</t>
   </si>
   <si>
     <t>Lycée des métiers des sciences et techniques de l'habitat et des travaux publics</t>
@@ -1485,56 +1441,50 @@
   <si>
     <t>LYCEE PROFESSIONNEL ANNA RODIER</t>
   </si>
   <si>
     <t>Lycée des métiers de l'industrie et des services aux entreprises</t>
   </si>
   <si>
     <t>Lycée des métiers de la santé et du social</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>0631408N</t>
   </si>
   <si>
     <t>LYCEE LES CORDELIERS</t>
   </si>
   <si>
     <t>0630020E</t>
   </si>
   <si>
     <t>LYCEE SIDOINE APOLLINAIRE</t>
   </si>
   <si>
-    <t>0631736V</t>
-[...4 lines deleted...]
-  <si>
     <t>0631480S</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PIERRE BOULANGER</t>
   </si>
   <si>
     <t>Lycée des métiers des transports, de la logistique et de la maintenance automobile</t>
   </si>
   <si>
     <t>0630054S</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARIE LAURENCIN</t>
   </si>
   <si>
     <t>Lycée des métiers de la mode et des arts</t>
   </si>
   <si>
     <t>0430968U</t>
   </si>
   <si>
     <t>LYCEE EUROPEEN SAINT JACQUES DE COMPOSTELLE</t>
   </si>
   <si>
     <t>Lycée des métiers des services à la personne, de la santé, du social et du tertiaire</t>
@@ -1542,53 +1492,50 @@
   <si>
     <t>0430098Y</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ANNE-MARIE MARTEL</t>
   </si>
   <si>
     <t>0430024T</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN MONNET</t>
   </si>
   <si>
     <t>0430020N</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CHARLES ET ADRIEN DUPUY</t>
   </si>
   <si>
     <t>Lycée des métiers des sciences et techniques</t>
   </si>
   <si>
     <t>0631669X</t>
   </si>
   <si>
-    <t>Lycée de Chamalières</t>
-[...1 lines deleted...]
-  <si>
     <t>Lycée des métiers de l'hôtellerie, de la restauration et du tourisme</t>
   </si>
   <si>
     <t>0031043T</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ALBERT EINSTEIN</t>
   </si>
   <si>
     <t>Lycée des métiers de l'automobile et de la transition énergétique</t>
   </si>
   <si>
     <t>0030026M</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PAUL CONSTANS</t>
   </si>
   <si>
     <t>Lycée des métiers scientifiques, industriels, administratifs et commerciaux</t>
   </si>
   <si>
     <t>0631070W</t>
   </si>
   <si>
     <t>LYCEE SAINTE THECLE</t>
@@ -1612,53 +1559,50 @@
     <t>Lycée des Métiers du bois, des énergies et des services aux organisations</t>
   </si>
   <si>
     <t>0030061A</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ALBERT LONDRES</t>
   </si>
   <si>
     <t>Lycée des métiers du bois, des énergies et des services aux organisations</t>
   </si>
   <si>
     <t>0030038A</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JEAN MONNET</t>
   </si>
   <si>
     <t>Lycée des métiers du design et des arts verriers</t>
   </si>
   <si>
     <t>0030905T</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL GUSTAVE EIFFEL</t>
-  </si>
-[...1 lines deleted...]
-    <t>Lycée des métiers de la maintenance  des matériels</t>
   </si>
   <si>
     <t>0150006A</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT MONNET-MERMOZ</t>
   </si>
   <si>
     <t>Lycée des métiers des sciences et techniques appliquées à l'industrie et aux services</t>
   </si>
   <si>
     <t>0630021F</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LA FAYETTE</t>
   </si>
   <si>
     <t>Lycée des métiers de la digitale industrie et du plurimédia</t>
   </si>
   <si>
     <t>0150022T</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL
 JOSEPH CONSTANT</t>
@@ -1871,53 +1815,50 @@
   <si>
     <t>0931233K</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN BAPTISTE CLEMENT</t>
   </si>
   <si>
     <t>Lycée des métiers de la vente et du commerce</t>
   </si>
   <si>
     <t>0931198X</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ALFRED COSTES</t>
   </si>
   <si>
     <t>Lycée des métiers d'arts graphiques, de l'industrie et de la communication</t>
   </si>
   <si>
     <t>0932116V</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT EUGENIE COTTON</t>
   </si>
   <si>
-    <t>Lycée des métiers de la création  graphique, du numérique et des services de l'entreprise</t>
-[...1 lines deleted...]
-  <si>
     <t>0931024H</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN-PIERRE TIMBAUD</t>
   </si>
   <si>
     <t>Lycée des métiers de l'environnement et de l'écologie industrielle</t>
   </si>
   <si>
     <t>0931735F</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LOUISE MICHEL</t>
   </si>
   <si>
     <t>0930831Y</t>
   </si>
   <si>
     <t>Lycée des métiers de l'industrie aéronautique 4.0</t>
   </si>
   <si>
     <t>0930138V</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL FREDERIC BARTHOLDI</t>
@@ -2019,56 +1960,50 @@
     <t>0711729U</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT EMILAND GAUTHEY</t>
   </si>
   <si>
     <t>Lycée des métiers de la relation clientèle et de la mode</t>
   </si>
   <si>
     <t>0890819G</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL VAUBAN</t>
   </si>
   <si>
     <t>Lycée des métiers de l'hôtellerie, de la restauration et des services à la personne</t>
   </si>
   <si>
     <t>0891199V</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LOUIS DAVIER</t>
   </si>
   <si>
     <t>Lycée des métiers du tertiaire, de la logistique et de l'automobile</t>
-  </si>
-[...4 lines deleted...]
-    <t>LYCEE POLYVALENT PIERRE GILLES DE GENNES</t>
   </si>
   <si>
     <t>0580552K</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL FRANCOIS MITTERRAND</t>
   </si>
   <si>
     <t>0211091X</t>
   </si>
   <si>
     <t>LYCEE LES ARCADES</t>
   </si>
   <si>
     <t>0210032W</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL HENRY MOISAND</t>
   </si>
   <si>
     <t>Lycée des métiers arts-design-céramique</t>
   </si>
   <si>
     <t>0890053Z</t>
   </si>
@@ -2082,66 +2017,60 @@
     <t>LYCEE PROFESSIONNEL ALEXANDRE DUMAINE</t>
   </si>
   <si>
     <t>0710087J</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ASTIER</t>
   </si>
   <si>
     <t>0210056X</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL
 EUGENE GUILLAUME</t>
   </si>
   <si>
     <t>Lycée des métiers de l'industrie et de la transition énergétique</t>
   </si>
   <si>
     <t>0711322B</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEANNETTE GUYOT</t>
   </si>
   <si>
-    <t>Lycée des métiers de la maintenance des véhicules, du transport et de la logistique</t>
-[...1 lines deleted...]
-  <si>
     <t>0891200W</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CATHERINE ET RAYMOND JANOT</t>
   </si>
   <si>
     <t>0741164N</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL TOM MOREL</t>
-  </si>
-[...1 lines deleted...]
-    <t>Lycée des métiers  de l'accueil, la vente et la gestion</t>
   </si>
   <si>
     <t>0740006E</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LOUIS LACHENAL</t>
   </si>
   <si>
     <t>Lycée des métiers du bâtiment et de l'industrie</t>
   </si>
   <si>
     <t>0740031G</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PORTE DES ALPES</t>
   </si>
   <si>
     <t>0260116K</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MONTESQUIEU</t>
   </si>
   <si>
     <t>Lycée des métiers de l'industrie et du métal</t>
   </si>
@@ -2398,160 +2327,139 @@
   <si>
     <t>0382203N</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PABLO NERUDA</t>
   </si>
   <si>
     <t>Lycée des métiers de l'électricité et de ses environnements connectés</t>
   </si>
   <si>
     <t>0070031W</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARIUS BOUVIER</t>
   </si>
   <si>
     <t>Lycée des métiers de la sécurité, de l'industrie et du numérique</t>
   </si>
   <si>
     <t>9710090W</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL BERTÈNE JUMINER</t>
   </si>
   <si>
-    <t>Lycée des métiers  de l'habitat, du bâtiment et des services associés</t>
-[...1 lines deleted...]
-  <si>
     <t>9711046K</t>
-  </si>
-[...1 lines deleted...]
-    <t>LYCEE POLYVALENT  CHEVALIER DE SAINT-GEORGES</t>
   </si>
   <si>
     <t>Lycée des métiers de l'ingénierie, des systèmes d'information et de services</t>
   </si>
   <si>
     <t>9710991A</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECNOLOGIQUE 
 LES PERSEVERANTS</t>
   </si>
   <si>
     <t>Lycée des métiers des services aux personnes et aux organisations</t>
   </si>
   <si>
     <t>9711066G</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT HOTELIER DU GOSIER VIOLETTA CHAVILLE</t>
   </si>
   <si>
     <t>9710884J</t>
   </si>
   <si>
-    <t>LYCEE POLYVALENT  RAOUL GEORGES NICOLO</t>
-[...1 lines deleted...]
-  <si>
     <t>Lycée des métiers du bâtiment, du design et des métiers d'arts</t>
   </si>
   <si>
     <t>9710775R</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL
 LES PERSEVERANTS</t>
   </si>
   <si>
     <t>9710418C</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PAUL LACAVE</t>
   </si>
   <si>
     <t>9710052E</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LOUIS DELGRES</t>
   </si>
   <si>
-    <t>Lycée des métiers de l'environnement  et de l'aménagement du bâtiment</t>
-[...1 lines deleted...]
-  <si>
     <t>9730514W</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT BALATA BALATA METIERS DU BTP</t>
   </si>
   <si>
     <t>Lycée des métiers du BTP et de la communication visuelle</t>
   </si>
   <si>
     <t>9730094P</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN MARIE MICHOTTE</t>
   </si>
   <si>
     <t>Lycée des métiers de la maintenance automobile et industrielle</t>
   </si>
   <si>
     <t>9730308X</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ELIE CASTOR</t>
   </si>
   <si>
     <t>Lycée des métiers de l'habitat et des services</t>
   </si>
   <si>
     <t>9730309Y</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT MELKIOR GARRE</t>
   </si>
   <si>
     <t>9730235T</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT BERTENE JUMINER</t>
   </si>
   <si>
     <t>Lycée des métiers de la gastronomie, des services et des solidarités</t>
   </si>
   <si>
-    <t>9730423X</t>
-[...7 lines deleted...]
-  <si>
     <t>9730003R</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MAX JOSEPHINE</t>
   </si>
   <si>
     <t>Lycée des métiers du tertiaire – Administration, Gestion, Accueil et Négoce</t>
   </si>
   <si>
     <t>9730421V</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LEOPOLD ELFORT</t>
   </si>
   <si>
     <t>Lycée des métiers des services, arts et saveurs</t>
   </si>
   <si>
     <t>9741231V</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT MARIE CURIE</t>
   </si>
   <si>
     <t>9740053P</t>
@@ -2577,183 +2485,135 @@
   <si>
     <t>9740979W</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JEAN HINGLO</t>
   </si>
   <si>
     <t>Lycée des métiers du bâtiment et des travaux publics en milieux tropical</t>
   </si>
   <si>
     <t>9740737H</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ALBERT RAMASSAMY</t>
   </si>
   <si>
     <t>9741270M</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT BEL AIR</t>
   </si>
   <si>
     <t>Lycée des métiers de l'architecture métallique</t>
   </si>
   <si>
-    <t>0622801H</t>
-[...7 lines deleted...]
-  <si>
     <t>0622198C</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT SAINT JOSEPH</t>
   </si>
   <si>
     <t>Lycée des métiers énergie - numérique - automation, management - gestion - communication, santé - social</t>
   </si>
   <si>
     <t>0590093F</t>
   </si>
   <si>
     <t>LYCEE BEAUPRE</t>
   </si>
   <si>
     <t>Lycée des métiers de la plasturgie</t>
   </si>
   <si>
-    <t>0590270Y</t>
-[...4 lines deleted...]
-  <si>
     <t>LYCEE POLYVALENT JEAN MOULIN</t>
   </si>
   <si>
     <t>0590186G</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL TURGOT</t>
   </si>
   <si>
     <t>Lycée des métiers des services administratifs et de la relation client</t>
   </si>
   <si>
     <t>0590011S</t>
   </si>
   <si>
     <t>LYCEE GUSTAVE EIFFEL</t>
   </si>
   <si>
     <t>0590217R</t>
   </si>
   <si>
     <t>0624141P</t>
   </si>
   <si>
     <t>Lycée des métiers de la maintenance industrielle des terres d'Opale</t>
   </si>
   <si>
-    <t>0623328F</t>
-[...7 lines deleted...]
-  <si>
     <t>LYCEE POLYVALENT EDOUARD BRANLY</t>
   </si>
   <si>
     <t>0595918M</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL E.P.I.D.</t>
   </si>
   <si>
     <t>Lycée des métiers des industries et des innovations technologiques</t>
   </si>
   <si>
     <t>0595657D</t>
   </si>
   <si>
     <t>LYCEE INSTITUT SAINT VINCENT DE PAUL</t>
   </si>
   <si>
     <t>Lycée des métiers du bien être, de la santé et du social</t>
   </si>
   <si>
     <t>0593060F</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT INSTITUT NICOLAS BARRE</t>
   </si>
   <si>
     <t>Lycée des métiers de la sécurité-prévention, de l'automobile et de la maintenance des matériels</t>
   </si>
   <si>
-    <t>0593007Y</t>
-[...16 lines deleted...]
-  <si>
     <t>0593058D</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT VAUBAN</t>
   </si>
   <si>
     <t>0593078A</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT FONDATION DEPOORTER</t>
-  </si>
-[...4 lines deleted...]
-    <t>LYCEE PROFESSIONNEL VERTES FEUILLES</t>
   </si>
   <si>
     <t>0593030Y</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL NOTRE-DAME DU SACRE CŒUR</t>
   </si>
   <si>
     <t>0870730W</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARCEL PAGNOL</t>
   </si>
   <si>
     <t>Lycée des métiers de la gestion et de la relation clients</t>
   </si>
   <si>
     <t>0870004G</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARTIN NADAUD</t>
   </si>
   <si>
     <t>Lycée des métiers de l'éco-construction et de l'énergétique</t>
   </si>
@@ -2932,168 +2792,131 @@
   <si>
     <t>0690712Z</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL SAINT LOUIS-SAINT BRUNO</t>
   </si>
   <si>
     <t>Lycée des métiers du tertiaire administratif et commercial</t>
   </si>
   <si>
     <t>0690698J</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL SOCIETE ENSEIG. PROF. DU RHONE</t>
   </si>
   <si>
     <t>Lycée des métiers d'art et de l'image</t>
   </si>
   <si>
     <t>0690660T</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JAPY</t>
   </si>
   <si>
-    <t>Lycée des métiers  de la vente et de la gestion administrative</t>
-[...1 lines deleted...]
-  <si>
     <t>0690129R</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL EDMOND LABBE</t>
   </si>
   <si>
     <t>Lycée des métiers de l'énergie</t>
   </si>
   <si>
-    <t>0421691K</t>
-[...7 lines deleted...]
-  <si>
     <t>0420984S</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL SAINTE MARIE</t>
   </si>
   <si>
-    <t>Lycée des métiers de la vente et de la communication visuelle</t>
-[...1 lines deleted...]
-  <si>
     <t>0420958N</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL BENOIT FOURNEYRON</t>
   </si>
   <si>
-    <t>Lycée des métiers de l'habitat et des énergies  
-[...2 lines deleted...]
-  <si>
     <t>0420065T</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL DU HAUT FOREZ</t>
   </si>
   <si>
-    <t>Lycée des métiers de la restauration et des services du Haut Forez</t>
-[...1 lines deleted...]
-  <si>
     <t>0420049A</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL BENOIT CHARVET</t>
   </si>
   <si>
     <t>Lycée des métiers du tertiaire, du sport, des services et des soins à la personne</t>
   </si>
   <si>
     <t>0420991Z</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LE MARAIS SAINTE THERESE</t>
   </si>
   <si>
     <t>Lycée des métiers des technologies, de la précision et de la sécurité</t>
   </si>
   <si>
     <t>0420998G</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL DES MONTS DU LYONNAIS</t>
   </si>
   <si>
     <t>Lycée des métiers du commerce, de la gestion, de la logistique et du transport et des métiers de la mode</t>
   </si>
   <si>
     <t>0421606T</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ADRIEN TESTUD</t>
   </si>
   <si>
     <t>Lycée des métiers de la mode</t>
   </si>
   <si>
-    <t>0690128P</t>
-[...4 lines deleted...]
-  <si>
     <t>0421980Z</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LA SALLE SAINT LOUIS SAINTE BARBE</t>
   </si>
   <si>
     <t>Lycée des métiers de l'industrie 4.0</t>
   </si>
   <si>
     <t>0422158T</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LA SALESIENNE</t>
   </si>
   <si>
     <t>Lycée des métiers des biotechnologies, des services aux personnes et aux collectivités</t>
   </si>
   <si>
-    <t>0420040R</t>
-[...7 lines deleted...]
-  <si>
     <t>0421489R</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ETIENNE LEGRAND</t>
   </si>
   <si>
     <t>Lycée des métiers du bois, du métal et des services à la personne</t>
   </si>
   <si>
     <t>0690018V</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL DANIELLE CASANOVA</t>
   </si>
   <si>
     <t>Lycée des métiers du cuir et des services</t>
   </si>
   <si>
     <t>0690281F</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JOSEPH-MARIE JACQUARD</t>
   </si>
   <si>
     <t>Lycée des métiers de services à la personne, service à l'entreprise, métiers de la mode</t>
@@ -3114,59 +2937,50 @@
     <t>LYCEE PROFESSIONNEL GABRIEL VOISIN</t>
   </si>
   <si>
     <t>0690010L</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL TONY GARNIER</t>
   </si>
   <si>
     <t>0690043X</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JACQUES DE FLESSELLES</t>
   </si>
   <si>
     <t>Lycée des métiers du génie électrique et de la bureautique</t>
   </si>
   <si>
     <t>0690046A</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LOUISE LABE</t>
   </si>
   <si>
     <t>Lycée des métiers de la mode, des l'assistance à la gestion et des relations clients usagers</t>
-  </si>
-[...7 lines deleted...]
-    <t>Lycée des métiers de l'automobile et du transport routier</t>
   </si>
   <si>
     <t>0010020S</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL GEORGES CHARPAK</t>
   </si>
   <si>
     <t>Lycée des métiers de la maintenance des matériels</t>
   </si>
   <si>
     <t>0010006B</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT SAINT-EXUPERY</t>
   </si>
   <si>
     <t>Lycée des métiers de l'hôtellerie et des services 
 Lycée des métiers des énergies du bâtiment</t>
   </si>
   <si>
     <t>0010001W</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ALEXANDRE BERARD</t>
@@ -3325,53 +3139,50 @@
   <si>
     <t>0342225J</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GEORGES FRECHE</t>
   </si>
   <si>
     <t>Lycée des métiers de la gastronomie, de l'hôtellerie et du tourisme</t>
   </si>
   <si>
     <t>0300047N</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CHARLES GIDE</t>
   </si>
   <si>
     <t>0340069R</t>
   </si>
   <si>
     <t>Lycée des métiers de la moto</t>
   </si>
   <si>
     <t>0301270T</t>
   </si>
   <si>
-    <t>LYCEE PROFESSIONNEL  JULES RAIMU</t>
-[...1 lines deleted...]
-  <si>
     <t>Lycée des métiers de la maintenance, du numérique et de la conduite routière</t>
   </si>
   <si>
     <t>0300127A</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ST VINCENT DE PAUL</t>
   </si>
   <si>
     <t>0300112J</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DE LA CCI</t>
   </si>
   <si>
     <t>Lycée des métiers de la vente et des services aux entreprises</t>
   </si>
   <si>
     <t>0300106C</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL SAINTE-MARIE</t>
   </si>
   <si>
     <t>Lycée des métiers de la santé et des procédés de la chimie et de l'eau</t>
@@ -3403,59 +3214,53 @@
   <si>
     <t>0300027S</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ERNEST HEMINGWAY</t>
   </si>
   <si>
     <t>Lycée des métiers de la mode et design</t>
   </si>
   <si>
     <t>0340006X</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL FERNAND LEGER</t>
   </si>
   <si>
     <t>Lycée des métiers du BTP et des arts</t>
   </si>
   <si>
     <t>0340011C</t>
   </si>
   <si>
     <t>Lycée des métiers de l'industrie et du sanitaire et social</t>
   </si>
   <si>
-    <t>0340043M</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE PROFESSIONNEL PIERRE MENDES France</t>
   </si>
   <si>
-    <t>Lycée des métiers des polytechniques</t>
-[...1 lines deleted...]
-  <si>
     <t>0340061G</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL CHARLES ALLIES</t>
   </si>
   <si>
     <t>Lycée des métiers du commerce et de la maintenance des matériels et de la relation client</t>
   </si>
   <si>
     <t>0340078A</t>
   </si>
   <si>
     <t>Lycée des métiers de de la commercialisation et de la restauration</t>
   </si>
   <si>
     <t>0340920R</t>
   </si>
   <si>
     <t>0341385W</t>
   </si>
   <si>
     <t>Lycée des métiers de la construction écologique, durable et innovante</t>
   </si>
   <si>
     <t>0341794R</t>
@@ -3664,53 +3469,50 @@
   <si>
     <t>Lycée des métiers et des technologies innovantes</t>
   </si>
   <si>
     <t>0570085H</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE JEAN-VICTOR PONCELET</t>
   </si>
   <si>
     <t>0570061G</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ALAIN FOURNIER</t>
   </si>
   <si>
     <t>Lycée des métiers du sanitaire et du social</t>
   </si>
   <si>
     <t>0570030Y</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT BLAISE PASCAL</t>
   </si>
   <si>
-    <t>Lycée des métiers de l'industrie  et du service à la personne et à l'entreprise</t>
-[...1 lines deleted...]
-  <si>
     <t>0542293Z</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JACQUES-MARIE BOUTET DE MONVEL</t>
   </si>
   <si>
     <t>Lycée des métiers d'art, de l'ingénierie, des sciences de l'industrie et du bâtiment</t>
   </si>
   <si>
     <t>0542262R</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT EMMANUEL HERE</t>
   </si>
   <si>
     <t>Lycée des métiers du bâtiment et de l'énergie</t>
   </si>
   <si>
     <t>0542208G</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT STANISLAS</t>
   </si>
   <si>
     <t>Lycée des métiers de l'hotellerie-restauration et de l'alimentation</t>
@@ -3826,53 +3628,50 @@
   <si>
     <t>0442775C</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL SAINT-FELIX-LA SALLE</t>
   </si>
   <si>
     <t>0850027T</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ROSA PARKS</t>
   </si>
   <si>
     <t>0720003M</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL CLAUDE CHAPPE</t>
   </si>
   <si>
     <t>0720017C</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ROBERT GARNIER</t>
   </si>
   <si>
-    <t>Lycée des métiers des services et de l'industrie</t>
-[...1 lines deleted...]
-  <si>
     <t>0440063E</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LOUIS-JACQUES GOUSSIER</t>
   </si>
   <si>
     <t>Lycée des métiers de la santé et du bien-être</t>
   </si>
   <si>
     <t>0721301Y</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN RONDEAU</t>
   </si>
   <si>
     <t>0720048L</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT RAPHAEL ELIZE</t>
   </si>
   <si>
     <t>Lycée des métiers de la filière bois, maintenance industrielle et du tertiaire</t>
   </si>
   <si>
     <t>0720034W</t>
@@ -3934,90 +3733,84 @@
   <si>
     <t>Lycée du commerce et de la vente</t>
   </si>
   <si>
     <t>0440267B</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PIERRE MASSON</t>
   </si>
   <si>
     <t>Lycée des métiers de la coiffure</t>
   </si>
   <si>
     <t>0440036A</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LOUIS-ANTOINE DE BOUGAINVILLE</t>
   </si>
   <si>
     <t>0492420P</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT SAINT AUBIN LA SALLE</t>
   </si>
   <si>
-    <t>Lycée des métiers de l'énergie, des systèmes mécaniques et des applications numériques</t>
-[...1 lines deleted...]
-  <si>
     <t>0492113F</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE D'OPTIQUE DE L'OUEST</t>
   </si>
   <si>
     <t>0490903R</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL DOM SORTAIS</t>
   </si>
   <si>
     <t>Lycée des métiers de la maintenance, de l'énergie et de la construction</t>
   </si>
   <si>
     <t>0530778H</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL GASTON LESNARD</t>
   </si>
   <si>
     <t>0492298G</t>
   </si>
   <si>
     <t>ETSCO</t>
   </si>
   <si>
     <t>Lycée des métiers de la chimie, de l'eau et des procédés</t>
   </si>
   <si>
     <t>0490018D</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT EUROPE ROBERT SCHUMAN</t>
-  </si>
-[...1 lines deleted...]
-    <t>Lycée des métiers de la gestion de l'entreprise,  du commerce et de l'international</t>
   </si>
   <si>
     <t>0490054T</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT RENAUDEAU</t>
   </si>
   <si>
     <t>Lycée des métiers de la création et de la mode</t>
   </si>
   <si>
     <t>0721684P</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT SAINT-CHARLES SAINTE-CROIX</t>
   </si>
   <si>
     <t>Lycée des métiers commerce, comptabilité, gestion
  et informatique</t>
   </si>
   <si>
     <t>0490886X</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LA PROVIDENCE</t>
@@ -4070,53 +3863,50 @@
   <si>
     <t>Lycée des métiers tertiaire de demain, de la mode et du spectacle</t>
   </si>
   <si>
     <t>0060027X</t>
   </si>
   <si>
     <t>Lycée des métiers des énergies, de l'enseigne et de la signalétique</t>
   </si>
   <si>
     <t>0060028Y</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PAUL VALERY</t>
   </si>
   <si>
     <t>Lycée des métiers de l'hôtellerie-restauration, de la gestion et de la relation client</t>
   </si>
   <si>
     <t>0830058M</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL GEORGES CISSON</t>
   </si>
   <si>
-    <t>Lycée des métiers de l'automobile et de l'électricité</t>
-[...1 lines deleted...]
-  <si>
     <t>0830059N</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PARC ST JEAN</t>
   </si>
   <si>
     <t>Lycée des métiers de la santé, du social et de la relation client</t>
   </si>
   <si>
     <t>0060042N</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LES PALMIERS</t>
   </si>
   <si>
     <t>0060043P</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MAGNAN</t>
   </si>
   <si>
     <t>Lycée des métiers de la beauté, du bien-être, des services à la personne et de la relation client</t>
   </si>
   <si>
     <t>0060776L</t>
@@ -4124,53 +3914,50 @@
   <si>
     <t>0061478Z</t>
   </si>
   <si>
     <t>Lycée des métiers d'art, du design et de la construction durable</t>
   </si>
   <si>
     <t>0061561P</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ALFRED HUTINEL</t>
   </si>
   <si>
     <t>Lycée des métiers de la transition énergétique, du numérique et des services aux entreprises</t>
   </si>
   <si>
     <t>0061691F</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE MELINEE ET MISSAK MANOUCHIAN</t>
   </si>
   <si>
     <t>0831187P</t>
   </si>
   <si>
-    <t>LYCEE PROFESSIONNEL  EXTERNAT SAINT JOSEPH LA CORDEILLE</t>
-[...1 lines deleted...]
-  <si>
     <t>Lycée des métiers du service à la personne, de la maintenance et du numérique </t>
   </si>
   <si>
     <t>0830960T</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL GALLIENI</t>
   </si>
   <si>
     <t>Lycée des métiers de la logistique, de la conduite routière et d'engins de chantiers</t>
   </si>
   <si>
     <t>0830923C</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PAUL LANGEVIN</t>
   </si>
   <si>
     <t>Lycée des métiers de l'industrie et de la création</t>
   </si>
   <si>
     <t>0830661T</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL CLARET</t>
@@ -4307,197 +4094,176 @@
   <si>
     <t>0271097W</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL RISLE-SEINE</t>
   </si>
   <si>
     <t>Lycée des métiers de la maintenance et des services</t>
   </si>
   <si>
     <t>0501850P</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT MAURICE MARLAND</t>
   </si>
   <si>
     <t>Lycée des métiers de l’hôtellerie et de la restauration, de la nutrition et de l’accompagnement au grand âge</t>
   </si>
   <si>
     <t>0501789Y</t>
   </si>
   <si>
     <t>LYCEE LE BON SAUVEUR</t>
   </si>
   <si>
-    <t>Lycée des métiers  de l'accompagnement et des services sanitaires et sociaux</t>
-[...1 lines deleted...]
-  <si>
     <t>0501677B</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL SAUXMARAIS</t>
   </si>
   <si>
     <t>Lycée des métiers de l'automobile, de l'industrie des procédés et de la relation client</t>
   </si>
   <si>
     <t>0140052F</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GUILLAUME LE CONQUERANT</t>
   </si>
   <si>
     <t>Lycée des métiers de l'industrie et des services</t>
   </si>
   <si>
     <t>0141191U</t>
   </si>
   <si>
     <t>LYCEE NOTRE DAME DE FIDELITE</t>
   </si>
   <si>
-    <t>Lycée des métiers  du secteur de la santé  et du social</t>
-[...1 lines deleted...]
-  <si>
     <t>0271581X</t>
   </si>
   <si>
     <t>LYCEE CLEMENT ADER</t>
   </si>
   <si>
     <t>Lycée des métiers des services et de l'industrie ouvert sur le monde</t>
   </si>
   <si>
     <t>0141599M</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN JOORIS</t>
   </si>
   <si>
-    <t>Lycée des métiers Jean Jooris de la  côte fleurie</t>
-[...1 lines deleted...]
-  <si>
     <t>0141687H</t>
   </si>
   <si>
     <t>LYCEE JULES VERNE</t>
   </si>
   <si>
     <t>Lycée des métiers de l'automobile, de l'industrie et du numérique</t>
   </si>
   <si>
     <t>0141866C</t>
   </si>
   <si>
     <t>LYCEE INSTITUT LEMONNIER</t>
   </si>
   <si>
     <t>Lycée des métiers du développement durable et de l'efficacité energétique et industrielle</t>
   </si>
   <si>
     <t>0142120D</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CHARLES TELLIER</t>
   </si>
   <si>
-    <t>Lycée des métiers du  numérique et de l'electricité</t>
-[...1 lines deleted...]
-  <si>
     <t>0142132S</t>
   </si>
   <si>
     <t>Lycée des métiers de bouche, de l'hôtellerie-restauration et de l'accueil</t>
   </si>
   <si>
     <t>0141186N</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL L'OASIS</t>
   </si>
   <si>
-    <t>Lycée des métiers  de service à la personne et à la collectivité</t>
-[...1 lines deleted...]
-  <si>
     <t>0760032X</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ANGUIER</t>
   </si>
   <si>
     <t>Lycée des métiers de l'éco-conception à la production industrielle</t>
   </si>
   <si>
     <t>0760058A</t>
   </si>
   <si>
     <t>LYCEE SCHUMAN-PERRET</t>
   </si>
   <si>
     <t>Lycée des métiers de l'habitat, des sciences et de l'industrie</t>
   </si>
   <si>
     <t>0760062E</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JULES LE CESNE</t>
   </si>
   <si>
     <t>Lycée des métiers de l'hôtellerie et des services</t>
   </si>
   <si>
     <t>0760082B</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN ROSTAND</t>
   </si>
   <si>
-    <t>Lycée des métiers  de la maintenance et  de l'hortipaysage</t>
-[...1 lines deleted...]
-  <si>
     <t>0762964J</t>
   </si>
   <si>
     <t>Lycée des métiers de la construction innovante et durable</t>
   </si>
   <si>
     <t>0762920L</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PIERRE DE COUBERTIN</t>
   </si>
   <si>
     <t>0760146W</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARCEL SEMBAT</t>
   </si>
   <si>
-    <t>Lycée des métiers  de la maintenance automobile, des transitions numérique et énergétique</t>
-[...1 lines deleted...]
-  <si>
     <t>0763500S</t>
   </si>
   <si>
     <t>Lycée des métiers de l'image, du design, des métiers d'art et des services aux entreprises</t>
   </si>
   <si>
     <t>0762976X</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT FRANCOISE DE GRACE</t>
   </si>
   <si>
     <t>Lycée des métiers E 3S, Environnement, Services, Santé, Social</t>
   </si>
   <si>
     <t>0763237F</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GEORGES BAPTISTE</t>
   </si>
   <si>
     <t>Lycée des métiers de l'hôtellerie, de la restauration et de la boulangerie - pâtisserie</t>
   </si>
   <si>
     <t>0760132F</t>
@@ -4586,53 +4352,50 @@
   <si>
     <t>Lycée des métiers des services, des industries cosmétiques et pharmaceutiques</t>
   </si>
   <si>
     <t>0280021W</t>
   </si>
   <si>
     <t>Lycée des métiers des sciences et de l'industrie</t>
   </si>
   <si>
     <t>0280036M</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL REMI BELLEAU</t>
   </si>
   <si>
     <t>Lycée des métiers du commerce et de la gestion des entreprises</t>
   </si>
   <si>
     <t>0410693F</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LA PROVIDENCE</t>
   </si>
   <si>
-    <t>Lycée des métiers des services à la personne et  aux organisations</t>
-[...1 lines deleted...]
-  <si>
     <t>0410832G</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL SONIA DELAUNAY</t>
   </si>
   <si>
     <t>Lycée des métiers des services à la personne et du tertiaire</t>
   </si>
   <si>
     <t>0450758E</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT SAINT PAUL-BOURDON BLANC</t>
   </si>
   <si>
     <t>Lycée des métiers du management et de la communication</t>
   </si>
   <si>
     <t>0450750W</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN DE LA TAILLE</t>
   </si>
   <si>
     <t>Lycée des métiers de l'électrotechnique et de la maintenance industrielle, de l'hôtellerie et du commerce</t>
@@ -4775,59 +4538,53 @@
   <si>
     <t>Lycée des métiers de l’architecture, de la construction et de l’énergie</t>
   </si>
   <si>
     <t>0750588G</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL RENE CASSIN</t>
   </si>
   <si>
     <t>Lycée des métiers supports, du conseil et du numérique</t>
   </si>
   <si>
     <t>0750788Z</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARCEL DEPREZ</t>
   </si>
   <si>
     <t>0752846L</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ERIK SATIE</t>
   </si>
   <si>
-    <t>Lycée des métiers de la gestion  et de la transaction des professions immobilières</t>
-[...1 lines deleted...]
-  <si>
     <t>0753268V</t>
   </si>
   <si>
-    <t>Lycée des métiers du management, de la communication  et de la relation client</t>
-[...1 lines deleted...]
-  <si>
     <t>0754029X</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CARCADO SAISSEVAL</t>
   </si>
   <si>
     <t>Lycée des métiers du management, du commerce, des services et soins à la personne</t>
   </si>
   <si>
     <t>0754475G</t>
   </si>
   <si>
     <t>Lycée des métiers du bois, des décors et accessoires de spectacles</t>
   </si>
   <si>
     <t>0754476H</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GUILLAUME TIREL</t>
   </si>
   <si>
     <t>Lycée des métiers de l’excellence de la gastronomie et de l’hôtellerie à rayonnement international</t>
   </si>
   <si>
     <t>0750776L</t>
@@ -4853,62 +4610,56 @@
   <si>
     <t>Lycée des métiers de la gastronomie durable</t>
   </si>
   <si>
     <t>0170135E</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JEAN HYPPOLITE</t>
   </si>
   <si>
     <t>0170052P</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL BLAISE PASCAL</t>
   </si>
   <si>
     <t>Lycée des métiers de la maintenance, de la sécurité et des travaux publics</t>
   </si>
   <si>
     <t>0160036C</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN CAILLAUD</t>
   </si>
   <si>
-    <t>Lycée des métiers de l'énergie, de la métallurgie et de la vente</t>
-[...1 lines deleted...]
-  <si>
     <t>0160048R</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PIERRE-ANDRE CHABANNE</t>
   </si>
   <si>
-    <t>0160049S</t>
-[...1 lines deleted...]
-  <si>
     <t>0160792Z</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL SILLAC</t>
   </si>
   <si>
     <t>0160862A</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN ALBERT GREGOIRE</t>
   </si>
   <si>
     <t>Lycée des métiers du transport, de la logistique et de la maintenance automobile</t>
   </si>
   <si>
     <t>0161133V</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL SAINTE MARTHE CHAVAGNES</t>
   </si>
   <si>
     <t>Lycée des métiers de la vente et de sa digitalisation</t>
   </si>
   <si>
     <t>0170020E</t>
@@ -4997,251 +4748,173 @@
   <si>
     <t>Lycée des métiers de la sécurité et de la métallurgie</t>
   </si>
   <si>
     <t>0790015M</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN-FRANCOIS CAIL</t>
   </si>
   <si>
     <t>Lycée des métiers du commerce et de la vente</t>
   </si>
   <si>
     <t>0790038M</t>
   </si>
   <si>
     <t>Lycée des métiers de la production, de l'habitat et des services</t>
   </si>
   <si>
     <t>0790080H</t>
   </si>
   <si>
     <t>0790928E</t>
   </si>
   <si>
-    <t>LYCEE PROFESSIONNEL  GASTON BARRE</t>
-[...1 lines deleted...]
-  <si>
     <t>Lycée des métiers de l'automobile et de la logistique</t>
   </si>
   <si>
     <t>0861113T</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LE VERGER</t>
   </si>
   <si>
     <t>Lycée des métiers de l'électrotechnique et de la maintenance</t>
   </si>
   <si>
     <t>0080047H</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN-BAPTISTE CLEMENT</t>
   </si>
   <si>
-    <t>0081047V</t>
-[...7 lines deleted...]
-  <si>
     <t>0100004A</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL DU VAL MORE</t>
   </si>
   <si>
     <t>Lycée des métiers de la maintenance des matériels et des véhicules et de la conduite routière</t>
   </si>
   <si>
-    <t>0100945Y</t>
-[...22 lines deleted...]
-  <si>
     <t>0080008R</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT FRANCOIS BAZIN</t>
   </si>
   <si>
     <t>Lycée des métiers du tertiaire, de l'énergie et des procédés industriels</t>
   </si>
   <si>
     <t>0510007F</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ETIENNE OEHMICHEN</t>
   </si>
   <si>
     <t>Lycée des métiers de l’industrie, du transport et de la logistique, de l’hôtellerie-restauration</t>
   </si>
   <si>
-    <t>0080028M</t>
-[...4 lines deleted...]
-  <si>
     <t>Lycée des métiers de l'habitat</t>
   </si>
   <si>
-    <t>0510035L</t>
-[...7 lines deleted...]
-  <si>
     <t>0511565Z</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT FRANCOIS ARAGO</t>
   </si>
   <si>
     <t>Lycée des métiers de l’efficacité énergétique, du bâtiment et des travaux publics</t>
   </si>
   <si>
     <t>0521032P</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CHARLES DE GAULLE</t>
   </si>
   <si>
     <t>Lycée des métiers du design graphique et de la transformation du bois</t>
   </si>
   <si>
     <t>0520032C</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL EMILE BAUDOT</t>
   </si>
   <si>
     <t>Lycée des métiers de la sécurité</t>
   </si>
   <si>
     <t>0520027X</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT SAINT EXUPERY</t>
   </si>
   <si>
     <t>Lycée des métiers de la personne et du bien vivre</t>
   </si>
   <si>
     <t>0510036M</t>
   </si>
   <si>
     <t>Lycée des métiers de l’automobile, de l’hôtellerie-restauration et de l’alimentation</t>
   </si>
   <si>
-    <t>0511884W</t>
-[...16 lines deleted...]
-  <si>
     <t>0511147V</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT FREDERIC OZANAM</t>
   </si>
   <si>
     <t>0511146U</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ST J-B DE LA SALLE</t>
   </si>
   <si>
     <t>Lycée des métiers de l'industrie, du numérique et de l’audiovisuel</t>
   </si>
   <si>
     <t>0510068X</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT EUROPEEN STEPHANE HESSEL</t>
   </si>
   <si>
     <t>Lycée des métiers industriels, tertiaires et de l'hôtellerie-restauration du vignoble</t>
   </si>
   <si>
     <t>0510038P</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL EUROPE</t>
   </si>
   <si>
     <t>Lycée des métiers de la mode, des soins personnels et des services à la personne</t>
   </si>
   <si>
-    <t>0510037N</t>
-[...7 lines deleted...]
-  <si>
     <t>0511951U</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JEAN TALON</t>
   </si>
   <si>
     <t>Lycée des métiers de la gestion, de la comptabilité et du commerce</t>
   </si>
   <si>
     <t>0220071H</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL EUGENE FREYSSINET</t>
   </si>
   <si>
     <t>Lycée des métiers du bâtiment, des travaux publics et du bois</t>
   </si>
   <si>
     <t>0220122N</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MONTBAREIL</t>
   </si>
   <si>
     <t>Lycée des métiers de la coiffure et de l'esthétique-cosmétique</t>
@@ -5531,275 +5204,155 @@
   <si>
     <t>LYCEE PROFESSIONNEL PONT DE BUIS</t>
   </si>
   <si>
     <t>0560042S</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JULIEN CROZET</t>
   </si>
   <si>
     <t>Lycée des métiers de l'écohabitat</t>
   </si>
   <si>
     <t>0290186V</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LE PARACLET</t>
   </si>
   <si>
     <t>0560016N</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT BROCELIANDE</t>
   </si>
   <si>
-    <t>Lycée des métiers du transport, de la logistique et de la maintenance des véhicules industriels</t>
-[...1 lines deleted...]
-  <si>
     <t>0290340M</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ESTRAN FENELON</t>
   </si>
   <si>
     <t>Lycée des métiers des services à la personne, de l'hôtellerie-restauration et du tourisme</t>
   </si>
   <si>
     <t>0290202M</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ST GABRIEL</t>
   </si>
   <si>
     <t>Lycée des métiers du transport, de la logistique, de la maintenance nautique, des véhicules et matériels et de l’environnement</t>
   </si>
   <si>
     <t>0290200K</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LE PORSMEUR</t>
   </si>
   <si>
-    <t>Lycée des métiers de la vente et  du sanitaire et social</t>
-[...1 lines deleted...]
-  <si>
     <t>0670058Z</t>
   </si>
   <si>
-    <t>0670050R</t>
-[...31 lines deleted...]
-  <si>
     <t>0672534R</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT HAUT-BARR</t>
   </si>
   <si>
-    <t>0681810Y</t>
-[...13 lines deleted...]
-  <si>
     <t>Lycée des métiers de l'automobile, du transport et de la logistique</t>
   </si>
   <si>
-    <t>0672305S</t>
-[...16 lines deleted...]
-  <si>
     <t>0670087F</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT HOTELIER ALEXANDRE DUMAS</t>
   </si>
   <si>
     <t>Lycée des métiers, école d'hôtellerie et de tourisme</t>
   </si>
   <si>
     <t>0670114K</t>
   </si>
   <si>
     <t>0670127Z</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN-FREDERIC OBERLIN</t>
   </si>
   <si>
-    <t>0680074L</t>
-[...13 lines deleted...]
-  <si>
     <t>0681801N</t>
   </si>
   <si>
     <t>Lycée des métiers de la mécanique, de l'électricité et de la maintenance</t>
   </si>
   <si>
-    <t>0670006T</t>
-[...10 lines deleted...]
-  <si>
     <t>0681817F</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LAZARE DE SCHWENDI</t>
   </si>
   <si>
-    <t>0680037W</t>
-[...10 lines deleted...]
-  <si>
     <t>0310056T</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL GABRIEL PERI</t>
   </si>
   <si>
     <t>Lycée des métiers de la vente et de la mode</t>
   </si>
   <si>
     <t>0090019X</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ARISTIDE BERGES</t>
   </si>
   <si>
     <t>Lycée des métiers du bâtiment, de l'habitat dans le développement durable</t>
   </si>
   <si>
     <t>0121429N</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LOUIS QUERBES</t>
   </si>
   <si>
     <t>Lycée des métiers du tertiaire et du sanitaire et social</t>
   </si>
   <si>
     <t>0120096P</t>
   </si>
   <si>
     <t>Lycée des métiers du bois et de l'habitat</t>
   </si>
   <si>
     <t>0120025M</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JEAN JAURES</t>
   </si>
   <si>
-    <t>0310052N</t>
-[...7 lines deleted...]
-  <si>
     <t>0310046G</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT HOTELIER</t>
   </si>
   <si>
     <t>Lycée des métiers de l'hôtellerie et du tourisme d'Occitanie</t>
   </si>
   <si>
     <t>0310044E</t>
   </si>
   <si>
     <t>Lycée des métiers de l'ingénierie et de l'industrie du futur</t>
   </si>
   <si>
     <t>0090020Y</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL FRANCOIS CAMEL</t>
   </si>
   <si>
     <t>Lycée des métiers de la restauration et des services à la personne</t>
   </si>
   <si>
     <t>0090013R</t>
@@ -5867,75 +5420,69 @@
   <si>
     <t>Lycée des métiers de l'industrie : productique mécanique - électronique - électrotechnique et bureautique-services</t>
   </si>
   <si>
     <t>0460028F</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LOUIS VICAT</t>
   </si>
   <si>
     <t>Lycée des métiers construction et énergétique bâtiment</t>
   </si>
   <si>
     <t>0310017A</t>
   </si>
   <si>
     <t>LYCEE PAUL MATHOU</t>
   </si>
   <si>
     <t>Lycée des métiers des travaux publics et du bâtiment</t>
   </si>
   <si>
     <t>0312822Z</t>
   </si>
   <si>
-    <t>LYCEE POLYVALENT  CHARLES DE GAULLE</t>
-[...1 lines deleted...]
-  <si>
     <t>Lycée des métiers de l'énergétique et de la domotique</t>
   </si>
   <si>
     <t>0312759F</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JOSEPH GALLIENI</t>
   </si>
   <si>
     <t>0320025D</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT D'ARTAGNAN</t>
   </si>
   <si>
     <t>0460493L</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GASTON MONNERVILLE</t>
-  </si>
-[...1 lines deleted...]
-    <t>Lycée des métiers de l'industrie : maintenance, production,  électricité et automobile</t>
   </si>
   <si>
     <t>0460038S</t>
   </si>
   <si>
     <t>LYCEE SAINT ETIENNE</t>
   </si>
   <si>
     <t>Lycée des métiers des arts appliqués, de l’image et de la communication</t>
   </si>
   <si>
     <t>0312686B</t>
   </si>
   <si>
     <t>Lycée des métiers de la productique et de la maintenance aéronautique</t>
   </si>
   <si>
     <t>0310053P</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL URBAIN VITRY</t>
   </si>
   <si>
     <t>0320067Z</t>
   </si>
@@ -6544,2610 +6091,2051 @@
   <si>
     <t>0912142J</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GASPARD MONGE</t>
   </si>
   <si>
     <t>0911828T</t>
   </si>
   <si>
     <t>Lycée des métiers du numérique et des arts appliqués</t>
   </si>
   <si>
     <t>0911254U</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL CHARLES BAUDELAIRE</t>
   </si>
   <si>
     <t>Lycée des métiers de la relation client, de la beauté, du soin et des services à la personne</t>
   </si>
   <si>
     <t>0921156G</t>
   </si>
   <si>
-    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
-[...3 lines deleted...]
-    <t>Alimentaire, agroalimentaire_x000D_
+    <t>Lycée des métiers de la mobilité, de la logistique et de l’électricité</t>
+  </si>
+  <si>
+    <t>Lycée des métiers des services, du commerce et des arts</t>
+  </si>
+  <si>
+    <t>0250011B</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JULES HAAG</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de l'ingénierie microtechnique et des systèmes intelligents</t>
+  </si>
+  <si>
+    <t>0250014E</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL CONDE</t>
+  </si>
+  <si>
+    <t>Lycée des métiers du soin, des services et de la restauration</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de l'hôtellerie-restauration et du sanitaire et social</t>
+  </si>
+  <si>
+    <t>0332344U</t>
+  </si>
+  <si>
+    <t>LP HENRI BRULLE</t>
+  </si>
+  <si>
+    <t>Lycée des métiers du bois, de l’habitat et du tertiaire</t>
+  </si>
+  <si>
+    <t>Lycée des métiers d’arts du bois, de l’ameublement et du décor</t>
+  </si>
+  <si>
+    <t>0580020G</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL PIERRE BEREGOVOY</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de l'industrie, du bâtiment, des services et de la mobilité</t>
+  </si>
+  <si>
+    <t>0212045J</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ETIENNE JULES MAREY</t>
+  </si>
+  <si>
+    <t>Lycée des métiers des services et de la communication</t>
+  </si>
+  <si>
+    <t>Lycée des métiers du tertiaire, de l'hôtellerie-restauration et de l'entretien du textile</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de la maintenance aéronautique, automobile et industrielle</t>
+  </si>
+  <si>
+    <t>Lycée des métiers du bâtiment et travaux publics, de l'automobile, de la logistique et du transport</t>
+  </si>
+  <si>
+    <t>0595856V</t>
+  </si>
+  <si>
+    <t>LYCEE DE L'YSER</t>
+  </si>
+  <si>
+    <t>0692450N</t>
+  </si>
+  <si>
+    <t>Lycée des métiers du Haut Beaujolais</t>
+  </si>
+  <si>
+    <t>0420073B</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL JACOB HOLTZER</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de l’ingénierie électrique, industrielle innovante et durable</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de la relation client et des arts visuels</t>
+  </si>
+  <si>
+    <t>Lycée des métiers du Haut Forez</t>
+  </si>
+  <si>
+    <t>9760229V</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DE PETITE-TERRE</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de l'Aéronautique, de la Sécurité et du Commerce</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de l'hôtellerie, de la restauration, de l'alimentation, de la santé et du social</t>
+  </si>
+  <si>
+    <t>Lycée des métiers du Perche Emeraude</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de l’automobile, de la maintenance et de l’énergie</t>
+  </si>
+  <si>
+    <t>0790031E</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT HAUT VAL DE SEVRE</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de l'énergie, de la chaudronnerie et de la vente Jean Caillaud</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
 Services aux entreprises, logistique_x000D_
-Services à la personne, bien-être</t>
-[...14 lines deleted...]
-    <t>Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique_x000D_
 Transition énergétique, éco-industrie</t>
-  </si>
-[...11 lines deleted...]
-Services à la personne, bien-être</t>
   </si>
   <si>
     <t>Infrastructures, bâtiment, éco-construction_x000D_
 Matériaux, matériaux innovants_x000D_
 Numérique, télécommunications_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
-    <t>Numérique, télécommunications_x000D_
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
-    <t>Création, design, audiovisuel_x000D_
+    <t>Alimentaire, agroalimentaire_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Tourisme, gastronomie_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
-    <t>Numérique, télécommunications_x000D_
-[...1 lines deleted...]
-Services à la personne, bien-être</t>
+    <t>Alimentaire, agroalimentaire_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Agriculture, paysage et horticulture_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes</t>
   </si>
   <si>
     <t>Création, design, audiovisuel_x000D_
 Matériaux, matériaux innovants</t>
   </si>
   <si>
-    <t>Agriculture, paysage et horticulture_x000D_
+    <t>Alimentaire, agroalimentaire_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Services aux entreprises, logistique_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Services à la personne, bien-être</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Services à la personne, bien-être_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
 Mobilité, aéronautique, transports terrestres et maritimes</t>
   </si>
   <si>
-    <t>Services aux entreprises, logistique_x000D_
+    <t>Création, design, audiovisuel_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Numérique, télécommunications_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Services aux entreprises, logistique_x000D_
 Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Services à la personne, bien-être_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Services à la personne, bien-être_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services à la personne, bien-être_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Numérique, télécommunications_x000D_
+Services aux entreprises, logistique</t>
   </si>
   <si>
     <t>Infrastructures, bâtiment, éco-construction_x000D_
 Numérique, télécommunications_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Services à la personne, bien-être</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
     <t>Services aux entreprises, logistique_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Systèmes innovants, mécatronique_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
-    <t>Matériaux, matériaux innovants_x000D_
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
-    <t>Matériaux, matériaux innovants_x000D_
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
 Mobilité, aéronautique, transports terrestres et maritimes_x000D_
 Services aux entreprises, logistique</t>
   </si>
   <si>
     <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique_x000D_
+Tourisme, gastronomie_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
     <t>Création, design, audiovisuel_x000D_
-Services à la personne, bien-être</t>
-[...2 lines deleted...]
-    <t>Alimentaire, agroalimentaire_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique_x000D_
 Tourisme, gastronomie</t>
   </si>
   <si>
-    <t>Services à la personne, bien-être_x000D_
-[...3 lines deleted...]
-    <t>Chimie et biotechnologies_x000D_
+    <t>Création, design, audiovisuel_x000D_
+Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
 Services aux entreprises, logistique</t>
-  </si>
-[...16 lines deleted...]
-Systèmes innovants, mécatronique</t>
   </si>
   <si>
     <t>Chimie et biotechnologies_x000D_
 Mobilité, aéronautique, transports terrestres et maritimes_x000D_
 Systèmes innovants, mécatronique_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
-    <t>Services aux entreprises, logistique_x000D_
-[...1 lines deleted...]
-Tourisme, gastronomie</t>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Chimie et biotechnologies_x000D_
+Création, design, audiovisuel_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
   </si>
   <si>
     <t>Création, design, audiovisuel_x000D_
-Infrastructures, bâtiment, éco-construction</t>
+Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
   </si>
   <si>
     <t>Matériaux, matériaux innovants_x000D_
 Mobilité, aéronautique, transports terrestres et maritimes_x000D_
 Numérique, télécommunications</t>
   </si>
   <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Tourisme, gastronomie_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Services aux entreprises, logistique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Services à la personne, bien-être_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
     <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
 Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
   </si>
   <si>
     <t>Infrastructures, bâtiment, éco-construction_x000D_
 Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Numérique, télécommunications_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
-    <t>Agriculture, paysage et horticulture_x000D_
+    <t>Alimentaire, agroalimentaire_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
 Services aux entreprises, logistique</t>
   </si>
   <si>
-    <t>Infrastructures, bâtiment, éco-construction_x000D_
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
 Services à la personne, bien-être_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Services aux entreprises, logistique_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Chimie et biotechnologies_x000D_
+Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Tourisme, gastronomie_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
     <t>Chimie et biotechnologies_x000D_
 Systèmes innovants, mécatronique</t>
   </si>
   <si>
+    <t>Chimie et biotechnologies_x000D_
+Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Numérique, télécommunications_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Services à la personne, bien-être</t>
+  </si>
+  <si>
+    <t>Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
     <t>Création, design, audiovisuel_x000D_
 Mobilité, aéronautique, transports terrestres et maritimes_x000D_
-Numérique, télécommunications</t>
-[...6 lines deleted...]
-    <t>Numérique, télécommunications_x000D_
 Systèmes innovants, mécatronique_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Création, design, audiovisuel_x000D_
+Services aux entreprises, logistique_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
     <t>Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Tourisme, gastronomie_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Numérique, télécommunications</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique_x000D_
 Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Services à la personne, bien-être_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Services aux entreprises, logistique_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Systèmes innovants, mécatronique_x000D_
+Tourisme, gastronomie</t>
   </si>
   <si>
     <t>Création, design, audiovisuel_x000D_
 Infrastructures, bâtiment, éco-construction_x000D_
 Matériaux, matériaux innovants_x000D_
 Numérique, télécommunications_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
-    <t>Services aux entreprises, logistique_x000D_
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
 Systèmes innovants, mécatronique</t>
   </si>
   <si>
-    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+    <t>Alimentaire, agroalimentaire_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Création, design, audiovisuel_x000D_
+Services à la personne, bien-être_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
 Systèmes innovants, mécatronique_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
-    <t>Alimentaire, agroalimentaire_x000D_
-Services aux entreprises, logistique_x000D_
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Services aux entreprises, logistique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
 Services à la personne, bien-être_x000D_
-Tourisme, gastronomie</t>
+Systèmes innovants, mécatronique</t>
   </si>
   <si>
     <t>Infrastructures, bâtiment, éco-construction_x000D_
 Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Création, design, audiovisuel_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Tourisme, gastronomie_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Numérique, télécommunications_x000D_
+Services à la personne, bien-être</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services à la personne, bien-être</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
 Tourisme, gastronomie</t>
   </si>
   <si>
-    <t>Alimentaire, agroalimentaire_x000D_
-Services à la personne, bien-être</t>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Création, design, audiovisuel_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique</t>
   </si>
   <si>
     <t>Matériaux, matériaux innovants_x000D_
 Systèmes innovants, mécatronique_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
-    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
-[...3 lines deleted...]
-    <t>Matériaux, matériaux innovants_x000D_
+    <t>Chimie et biotechnologies_x000D_
 Numérique, télécommunications_x000D_
-Systèmes innovants, mécatronique_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
-    <t>Création, design, audiovisuel_x000D_
-[...5 lines deleted...]
-Services aux entreprises, logistique_x000D_
+    <t>Numérique, télécommunications_x000D_
 Transition énergétique, éco-industrie</t>
-  </si>
-[...16 lines deleted...]
-Systèmes innovants, mécatronique</t>
   </si>
   <si>
     <t>Systèmes innovants, mécatronique_x000D_
 Transition énergétique, éco-industrie</t>
-  </si>
-[...8 lines deleted...]
-Services aux entreprises, logistique</t>
   </si>
   <si>
     <t>Création, design, audiovisuel_x000D_
 Services aux entreprises, logistique_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
-    <t>Chimie et biotechnologies_x000D_
-[...63 lines deleted...]
-Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+    <t>Numérique, télécommunications_x000D_
+Tourisme, gastronomie_x000D_
 Transition énergétique, éco-industrie</t>
-  </si>
-[...159 lines deleted...]
-Transition énergétique, éco-industrie_x000D_</t>
   </si>
   <si>
     <t>Création, design, audiovisuel_x000D_
 Mobilité, aéronautique, transports terrestres et maritimes_x000D_
 Services aux entreprises, logistique_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
+    <t>Création, design, audiovisuel_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Matériaux, matériaux innovants_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
     <t>Infrastructures, bâtiment, éco-construction_x000D_
-Services aux entreprises, logistique
-[...4 lines deleted...]
-Tourisme, gastronomie_x000D_</t>
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Services à la personne, bien-être</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Services à la personne, bien-être_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Matériaux, matériaux innovants</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Numérique, télécommunications_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique</t>
   </si>
   <si>
     <t>Matériaux, matériaux innovants_x000D_
-Numérique, télécommunications
-[...6 lines deleted...]
-Transition énergétique, éco-industrie_x000D_</t>
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Agriculture, paysage et horticulture_x000D_
+Services aux entreprises, logistique</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications</t>
   </si>
   <si>
     <t>Alimentaire, agroalimentaire_x000D_
 Chimie et biotechnologies_x000D_
 Infrastructures, bâtiment, éco-construction_x000D_
 Matériaux, matériaux innovants_x000D_
 Numérique, télécommunications_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
 Systèmes innovants, mécatronique_x000D_
 Tourisme, gastronomie</t>
   </si>
   <si>
-    <t>Infrastructures, bâtiment, éco-construction_x000D_
+    <t>Création, design, audiovisuel_x000D_
 Matériaux, matériaux innovants_x000D_
-Numérique, télécommunications
-[...19 lines deleted...]
-Services à la personne, bien-être_x000D_</t>
+Systèmes innovants, mécatronique</t>
   </si>
   <si>
     <t>Chimie et biotechnologies_x000D_
-Numérique, télécommunications_x000D_
-[...191 lines deleted...]
-    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
 Numérique, télécommunications_x000D_
 Services aux entreprises, logistique_x000D_
 Systèmes innovants, mécatronique_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
-    <t>Alimentaire, agroalimentaire
+    <t>Infrastructures, bâtiment, éco-construction
+Transition énergétique, éco-industrie_x000D_</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Création, design, audiovisuel
+Systèmes innovants, mécatronique_x000D_</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
 Numérique, télécommunications_x000D_
-Services aux entreprises, logistique_x000D_
-[...4 lines deleted...]
-Mobilité, aéronautique, transports terrestres et maritimes
+Services aux entreprises, logistique
 Systèmes innovants, mécatronique_x000D_
 Transition énergétique, éco-industrie_x000D_</t>
   </si>
   <si>
-    <t>Création, design, audiovisuel
+    <t>Alimentaire, agroalimentaire_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique_x000D_
+Systèmes innovants, mécatronique_x000D_
+Tourisme, gastronomie_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction
+Matériaux, matériaux innovants_x000D_
 Numérique, télécommunications_x000D_
 Systèmes innovants, mécatronique_x000D_</t>
   </si>
   <si>
-    <t>Création, design, audiovisuel_x000D_
-[...24 lines deleted...]
-    <t>Infrastructures, bâtiment, éco-construction
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Systèmes innovants, mécatronique
 Transition énergétique, éco-industrie_x000D_</t>
-  </si>
-[...48 lines deleted...]
-Mobilité, aéronautique, transports terrestres et maritimes_x000D_</t>
   </si>
   <si>
     <t>Création, design, audiovisuel_x000D_
 Services aux entreprises, logistique
 Services à la personne, bien-être_x000D_</t>
   </si>
   <si>
-    <t>Alimentaire, agroalimentaire
-[...10 lines deleted...]
-Infrastructures, bâtiment, éco-construction_x000D_
+    <t>Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
-Tourisme, gastronomie_x000D_</t>
-[...2 lines deleted...]
-    <t>Infrastructures, bâtiment, éco-construction
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
 Mobilité, aéronautique, transports terrestres et maritimes_x000D_
 Numérique, télécommunications_x000D_
-Systèmes innovants, mécatronique_x000D_</t>
-[...14 lines deleted...]
-Services aux entreprises, logistique_x000D_
+Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
-Systèmes innovants, mécatronique_x000D_</t>
-[...10 lines deleted...]
-Services aux entreprises, logistique_x000D_</t>
+Tourisme, gastronomie</t>
   </si>
   <si>
     <t>Chimie et biotechnologies_x000D_
-Matériaux, matériaux innovants
-[...6 lines deleted...]
-Création, design, audiovisuel
+Création, design, audiovisuel_x000D_
 Infrastructures, bâtiment, éco-construction_x000D_
 Matériaux, matériaux innovants_x000D_
 Mobilité, aéronautique, transports terrestres et maritimes_x000D_
 Numérique, télécommunications_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
 Systèmes innovants, mécatronique_x000D_
-Transition énergétique, éco-industrie_x000D_</t>
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Création, design, audiovisuel_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Services aux entreprises, logistique_x000D_
+Services à la personne, bien-être_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Services aux entreprises, logistique_x000D_
+Services à la personne, bien-être_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Création, design, audiovisuel_x000D_
+Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
   </si>
   <si>
     <t>Création, design, audiovisuel_x000D_
-Infrastructures, bâtiment, éco-construction
+Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
 Matériaux, matériaux innovants_x000D_
 Numérique, télécommunications_x000D_
 Services aux entreprises, logistique_x000D_
-Systèmes innovants, mécatronique_x000D_</t>
-[...2 lines deleted...]
-    <t>Création, design, audiovisuel_x000D_
+Services à la personne, bien-être_x000D_
+Tourisme, gastronomie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
-Tourisme, gastronomie</t>
+Transition énergétique, éco-industrie</t>
   </si>
   <si>
     <t>Chimie et biotechnologies_x000D_
 Création, design, audiovisuel_x000D_
 Infrastructures, bâtiment, éco-construction_x000D_
 Matériaux, matériaux innovants_x000D_
 Mobilité, aéronautique, transports terrestres et maritimes_x000D_
-Services aux entreprises, logistique
+Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
-Systèmes innovants, mécatronique_x000D_</t>
+Systèmes innovants, mécatronique</t>
   </si>
   <si>
     <t>Chimie et biotechnologies_x000D_
 Création, design, audiovisuel_x000D_
-Infrastructures, bâtiment, éco-construction
+Infrastructures, bâtiment, éco-construction_x000D_
 Mobilité, aéronautique, transports terrestres et maritimes_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
 Systèmes innovants, mécatronique_x000D_
-Transition énergétique, éco-industrie_x000D_</t>
-[...12 lines deleted...]
-Services aux entreprises, logistique_x000D_</t>
+Transition énergétique, éco-industrie</t>
   </si>
   <si>
     <t>Création, design, audiovisuel_x000D_
 Mobilité, aéronautique, transports terrestres et maritimes_x000D_
-Services aux entreprises, logistique_x000D_
-[...43 lines deleted...]
-Numérique, télécommunications_x000D_
+Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
-Systèmes innovants, mécatronique_x000D_
-[...19 lines deleted...]
-Transition énergétique, éco-industrie_x000D_</t>
+Transition énergétique, éco-industrie</t>
   </si>
   <si>
     <t>Chimie et biotechnologies_x000D_
-Création, design, audiovisuel_x000D_
-[...54 lines deleted...]
-    <t>Création, design, audiovisuel
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
-Systèmes innovants, mécatronique_x000D_</t>
+Systèmes innovants, mécatronique</t>
   </si>
   <si>
     <t>Création, design, audiovisuel_x000D_
 Infrastructures, bâtiment, éco-construction_x000D_
-Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Numérique, télécommunications_x000D_
+Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
 Mobilité, aéronautique, transports terrestres et maritimes_x000D_
-Numérique, télécommunications_x000D_
-[...48 lines deleted...]
-Création, design, audiovisuel_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
 Tourisme, gastronomie</t>
   </si>
   <si>
-    <t>Alimentaire, agroalimentaire
-Création, design, audiovisuel_x000D_
+    <t>Numérique, télécommunications_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
-Tourisme, gastronomie_x000D_</t>
-[...245 lines deleted...]
-Transition énergétique, éco-industrie_x000D_</t>
+Tourisme, gastronomie</t>
   </si>
   <si>
     <t>Alimentaire, agroalimentaire_x000D_
 Création, design, audiovisuel_x000D_
 Infrastructures, bâtiment, éco-construction_x000D_
 Numérique, télécommunications_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
 Systèmes innovants, mécatronique_x000D_
 Tourisme, gastronomie_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
     <t>Infrastructures, bâtiment, éco-construction_x000D_
-Mobilité, aéronautique, transports terrestres et maritimes
-Services aux entreprises, logistique_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique
 Services à la personne, bien-être_x000D_</t>
   </si>
   <si>
     <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
 Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Services aux entreprises, logistique_x000D_
+Services à la personne, bien-être_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Chimie et biotechnologies_x000D_
+Création, design, audiovisuel_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Services à la personne, bien-être_x000D_
 Systèmes innovants, mécatronique_x000D_
-Transition énergétique, éco-industrie_x000D_</t>
+Tourisme, gastronomie</t>
   </si>
   <si>
     <t>Infrastructures, bâtiment, éco-construction_x000D_
-Matériaux, matériaux innovants
-[...4 lines deleted...]
-    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Matériaux, matériaux innovants_x000D_
+Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Services aux entreprises, logistique_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
 Services aux entreprises, logistique_x000D_
-Services à la personne, bien-être</t>
-[...3 lines deleted...]
-Matériaux, matériaux innovants
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Chimie et biotechnologies_x000D_
+Numérique, télécommunications_x000D_
 Services aux entreprises, logistique_x000D_
-Tourisme, gastronomie_x000D_</t>
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Matériaux, matériaux innovants_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
   </si>
   <si>
     <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
 Tourisme, gastronomie_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
-    <t>Alimentaire, agroalimentaire
-[...515 lines deleted...]
-  <si>
     <t>Chimie et biotechnologies_x000D_
 Services aux entreprises, logistique
 Services à la personne, bien-être_x000D_</t>
   </si>
   <si>
-    <t>Mobilité, aéronautique, transports terrestres et maritimes_x000D_
-[...38 lines deleted...]
-  <si>
     <t>Alimentaire, agroalimentaire_x000D_
 Infrastructures, bâtiment, éco-construction_x000D_
-Mobilité, aéronautique, transports terrestres et maritimes_x000D_
-[...18 lines deleted...]
-Infrastructures, bâtiment, éco-construction
 Matériaux, matériaux innovants_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
 Systèmes innovants, mécatronique_x000D_
 Tourisme, gastronomie_x000D_
-Transition énergétique, éco-industrie_x000D_</t>
+Transition énergétique, éco-industrie</t>
   </si>
   <si>
     <t>Création, design, audiovisuel_x000D_
 Infrastructures, bâtiment, éco-construction_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
-Systèmes innovants, mécatronique
-[...8 lines deleted...]
-    <t>Création, design, audiovisuel
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Création, design, audiovisuel_x000D_
 Infrastructures, bâtiment, éco-construction_x000D_
 Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Création, design, audiovisuel_x000D_
+Services aux entreprises, logistique_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
+Services à la personne, bien-être_x000D_
 Systèmes innovants, mécatronique_x000D_
-Transition énergétique, éco-industrie_x000D_</t>
-[...2 lines deleted...]
-    <t>Infrastructures, bâtiment, éco-construction_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Services aux entreprises, logistique_x000D_
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Services aux entreprises, logistique_x000D_
+Services à la personne, bien-être_x000D_
+Transition énergétique, éco-industrie</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
 Numérique, télécommunications_x000D_
 Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
-Transition énergétique, éco-industrie_x000D_</t>
+Systèmes innovants, mécatronique_x000D_
+Transition énergétique, éco-industrie</t>
   </si>
   <si>
     <t>Création, design, audiovisuel_x000D_
-Infrastructures, bâtiment, éco-construction
-[...10 lines deleted...]
-Infrastructures, bâtiment, éco-construction_x000D_
+Numérique, télécommunications_x000D_
 Services aux entreprises, logistique
 Services à la personne, bien-être_x000D_</t>
-  </si>
-[...73 lines deleted...]
-Transition énergétique, éco-industrie_x000D_</t>
   </si>
   <si>
     <t>Infrastructures, bâtiment, éco-construction_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
 Systèmes innovants, mécatronique_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
     <t>Infrastructures, bâtiment, éco-construction_x000D_
-Matériaux, matériaux innovants
-[...8 lines deleted...]
-    <t>Matériaux, matériaux innovants
 Services aux entreprises, logistique_x000D_
-Systèmes innovants, mécatronique_x000D_</t>
-[...26 lines deleted...]
-Systèmes innovants, mécatronique_x000D_
+Services à la personne, bien-être_x000D_
+Tourisme, gastronomie_x000D_
 Transition énergétique, éco-industrie</t>
-  </si>
-[...49 lines deleted...]
-Transition énergétique, éco-industrie_x000D_</t>
   </si>
   <si>
     <t>Alimentaire, agroalimentaire_x000D_
 Mobilité, aéronautique, transports terrestres et maritimes_x000D_
 Numérique, télécommunications_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
 Systèmes innovants, mécatronique</t>
   </si>
   <si>
     <t>Création, design, audiovisuel_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
 Transition énergétique, éco-industrie</t>
   </si>
   <si>
     <t>Alimentaire, agroalimentaire_x000D_
-Numérique, télécommunications
+Numérique, télécommunications_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
-Transition énergétique, éco-industrie_x000D_</t>
+Transition énergétique, éco-industrie</t>
   </si>
   <si>
     <t>Infrastructures, bâtiment, éco-construction_x000D_
-Matériaux, matériaux innovants
-[...3 lines deleted...]
-    <t>Services aux entreprises, logistique_x000D_
+Matériaux, matériaux innovants_x000D_
+Mobilité, aéronautique, transports terrestres et maritimes_x000D_
+Numérique, télécommunications_x000D_
+Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
 Systèmes innovants, mécatronique</t>
-  </si>
-[...22 lines deleted...]
-Transition énergétique, éco-industrie_x000D_</t>
   </si>
   <si>
     <t>Alimentaire, agroalimentaire_x000D_
 Infrastructures, bâtiment, éco-construction_x000D_
 Numérique, télécommunications_x000D_
 Services aux entreprises, logistique_x000D_
-Tourisme, gastronomie
-[...4 lines deleted...]
-Numérique, télécommunications
+Services à la personne, bien-être_x000D_
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
 Services aux entreprises, logistique_x000D_
 Services à la personne, bien-être_x000D_
-Transition énergétique, éco-industrie_x000D_</t>
-[...2 lines deleted...]
-    <t>Alimentaire, agroalimentaire
+Systèmes innovants, mécatronique</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
 Chimie et biotechnologies_x000D_
+Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Infrastructures, bâtiment, éco-construction_x000D_
+Services aux entreprises, logistique
+Services à la personne, bien-être_x000D_</t>
+  </si>
+  <si>
+    <t>Alimentaire, agroalimentaire_x000D_
+Création, design, audiovisuel_x000D_
 Services aux entreprises, logistique_x000D_
-Services à la personne, bien-être_x000D_</t>
+Services à la personne, bien-être_x000D_
+Tourisme, gastronomie</t>
   </si>
   <si>
     <t>Région académique</t>
   </si>
   <si>
     <t>Académie</t>
   </si>
   <si>
     <t>CP</t>
   </si>
   <si>
     <t>VILLE</t>
   </si>
   <si>
     <t>Site</t>
   </si>
   <si>
     <t>Provence-Alpes-Côte d'Azur</t>
   </si>
   <si>
     <t>Aix-Marseille</t>
   </si>
   <si>
     <t>04000</t>
   </si>
   <si>
     <t>DIGNE LES BAINS</t>
   </si>
   <si>
     <t>https://www.lyc-beauderochas.ac-aix-marseille.fr/spip/</t>
   </si>
   <si>
     <t>04100</t>
   </si>
   <si>
     <t>MANOSQUE</t>
   </si>
   <si>
     <t>http://www.lyc-bret.ac-aix-marseille.fr/spip/</t>
   </si>
   <si>
-    <t>04200</t>
-[...7 lines deleted...]
-  <si>
     <t>05200</t>
   </si>
   <si>
     <t>EMBRUN</t>
   </si>
   <si>
     <t>https://www.atrium-sud.fr/web/lp-lyc-metier-alpes-et-durance-052001/</t>
   </si>
   <si>
     <t>05000</t>
   </si>
   <si>
     <t>GAP</t>
   </si>
   <si>
     <t>https://www.atrium-sud.fr/web/lp-paul-heraud-050001</t>
   </si>
   <si>
     <t>05003</t>
   </si>
   <si>
     <t>http://www.lyc-sevigne.ac-aix-marseille.fr</t>
   </si>
   <si>
-    <t>13100</t>
+    <t>13721</t>
+  </si>
+  <si>
+    <t>MARIGNANE</t>
+  </si>
+  <si>
+    <t>https://www.atrium-sud.fr/web/lp-lyc-metier-louis-bleriot-137211/accueil</t>
+  </si>
+  <si>
+    <t>13388</t>
+  </si>
+  <si>
+    <t>MARSEILLE</t>
+  </si>
+  <si>
+    <t>http://www.lyc-diderot.ac-aix-marseille.fr</t>
+  </si>
+  <si>
+    <t>13014</t>
+  </si>
+  <si>
+    <t>http://www.lyc-floride.ac-aix-marseille.fr</t>
+  </si>
+  <si>
+    <t>13011</t>
+  </si>
+  <si>
+    <t>https://www.site.ac-aix-marseille.fr/lyc-caillie/spip/</t>
+  </si>
+  <si>
+    <t>13016</t>
+  </si>
+  <si>
+    <t>http://www.lyc-estaque.ac-aix-marseille.fr/spip/</t>
+  </si>
+  <si>
+    <t>13008</t>
+  </si>
+  <si>
+    <t>http://www.lyc-mistral-marseille.ac-aix-marseille.fr</t>
+  </si>
+  <si>
+    <t>http://www.lyc-leau.ac-aix-marseille.fr</t>
+  </si>
+  <si>
+    <t>13010</t>
+  </si>
+  <si>
+    <t>https://www.atrium-paca.fr/web/lp-lyc-metier-jean-baptiste-brochier-130101</t>
+  </si>
+  <si>
+    <t>13015</t>
+  </si>
+  <si>
+    <t>http://www.lyc-viste.ac-aix-marseille.fr</t>
+  </si>
+  <si>
+    <t>13284</t>
+  </si>
+  <si>
+    <t>http://www.lyc-colbert.ac-aix-marseille.fr</t>
+  </si>
+  <si>
+    <t>13140</t>
+  </si>
+  <si>
+    <t>MIRAMAS</t>
+  </si>
+  <si>
+    <t>http://www.lyc-alpilles.ac-aix-marseille.fr/spip/</t>
+  </si>
+  <si>
+    <t>13110</t>
+  </si>
+  <si>
+    <t>PORT-DE-BOUC</t>
+  </si>
+  <si>
+    <t>https://www.atrium-sud.fr/web/lp-lyc-metier-jean-moulin-131101/accueil</t>
+  </si>
+  <si>
+    <t>13200</t>
+  </si>
+  <si>
+    <t>ARLES</t>
+  </si>
+  <si>
+    <t>http://www.lyc-privat.ac-aix-marseille.fr/spip/</t>
+  </si>
+  <si>
+    <t>13626</t>
   </si>
   <si>
     <t>AIX-EN-PROVENCE</t>
   </si>
   <si>
-    <t>http://www.lyc-gambetta.ac-aix-marseille.fr/spip/</t>
-[...94 lines deleted...]
-  <si>
     <t>http://www.lycee-saint-eloi.com</t>
   </si>
   <si>
     <t>13006</t>
   </si>
   <si>
     <t>https://charlespeguymarseille.com/</t>
   </si>
   <si>
     <t>http://www.fmstandre.fr</t>
   </si>
   <si>
     <t>http://www.fmsthenri.fr</t>
   </si>
   <si>
-    <t>http://www.lycee-elm.fr/</t>
-[...1 lines deleted...]
-  <si>
     <t>13013</t>
   </si>
   <si>
     <t>http://www.lycee-charlotte-grawitz.com/</t>
   </si>
   <si>
     <t>13500</t>
   </si>
   <si>
     <t>MARTIGUES</t>
   </si>
   <si>
     <t>http://www.lycee-brise-lames.fr/</t>
   </si>
   <si>
     <t>13300</t>
   </si>
   <si>
     <t>SALON-DE-PROVENCE</t>
   </si>
   <si>
     <t>http://www.lycee-le-rocher.com/</t>
   </si>
   <si>
     <t>http://www.lyc-calade.ac-aix-marseille.fr/spip/</t>
@@ -9173,50 +8161,59 @@
   <si>
     <t>13295</t>
   </si>
   <si>
     <t>http://www.lyc-hotelier.ac-aix-marseille.fr/</t>
   </si>
   <si>
     <t>13741</t>
   </si>
   <si>
     <t>VITROLLES</t>
   </si>
   <si>
     <t>http://www.lyc-mendesfrance-vitrolles.ac-aix-marseille.fr</t>
   </si>
   <si>
     <t>http://www.donbosco-marseille.fr</t>
   </si>
   <si>
     <t>13090</t>
   </si>
   <si>
     <t>http://www.provence-formation.fr/lycees/lycee-celony</t>
   </si>
   <si>
+    <t>13012</t>
+  </si>
+  <si>
+    <t>0133474F</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT MARIE GASQUET</t>
+  </si>
+  <si>
     <t>84208</t>
   </si>
   <si>
     <t>CARPENTRAS</t>
   </si>
   <si>
     <t>http://www.lyc-hugo-carpentras.ac-aix-marseille.fr/spip/</t>
   </si>
   <si>
     <t>84800</t>
   </si>
   <si>
     <t>L ISLE SUR LA SORGUE</t>
   </si>
   <si>
     <t>https://www.atrium-sud.fr/web/lpo-lyc-metier-alphonse-benoit-848031/</t>
   </si>
   <si>
     <t>84270</t>
   </si>
   <si>
     <t>VEDENE</t>
   </si>
   <si>
     <t>http://www.domaine-eguilles.fr</t>
@@ -9608,59 +8605,71 @@
   <si>
     <t>80600</t>
   </si>
   <si>
     <t>DOULLENS</t>
   </si>
   <si>
     <t>https://polyvalent-de-lauthie-doullens.ac-amiens.fr</t>
   </si>
   <si>
     <t>Bourgogne-Franche-Comté</t>
   </si>
   <si>
     <t>Besançon</t>
   </si>
   <si>
     <t>25404</t>
   </si>
   <si>
     <t>AUDINCOURT</t>
   </si>
   <si>
     <t>https://lyc-nmandela-audincourt.eclat-bfc.fr/</t>
   </si>
   <si>
+    <t>25041</t>
+  </si>
+  <si>
+    <t>BESANCON</t>
+  </si>
+  <si>
+    <t>https://lyc-jhaag-besancon.eclat-bfc.fr</t>
+  </si>
+  <si>
     <t>25000</t>
   </si>
   <si>
-    <t>BESANCON</t>
-[...1 lines deleted...]
-  <si>
     <t>http://lyc-paparis-besancon.eclat-bfc.fr/</t>
   </si>
   <si>
+    <t>25030</t>
+  </si>
+  <si>
+    <t>https://lyc-conde-besancon.eclat-bfc.fr</t>
+  </si>
+  <si>
     <t>25206</t>
   </si>
   <si>
     <t>MONTBELIARD</t>
   </si>
   <si>
     <t>http://www.leshuisselets.com</t>
   </si>
   <si>
     <t>25020</t>
   </si>
   <si>
     <t>https://lyc-tbernard-besancon.eclat-bfc.fr/</t>
   </si>
   <si>
     <t>25503</t>
   </si>
   <si>
     <t>MORTEAU</t>
   </si>
   <si>
     <t>http://www.lycee-morteau.com</t>
   </si>
   <si>
     <t>39107</t>
@@ -9704,56 +8713,68 @@
   <si>
     <t>SAINT AMOUR</t>
   </si>
   <si>
     <t>https://lyc-ffillod-saint-amour.eclat-bfc.fr/</t>
   </si>
   <si>
     <t>39303</t>
   </si>
   <si>
     <t>CHAMPAGNOLE</t>
   </si>
   <si>
     <t>https://lyc-pevictor-champagnole.eclat-bfc.fr/</t>
   </si>
   <si>
     <t>70104</t>
   </si>
   <si>
     <t>GRAY</t>
   </si>
   <si>
     <t>http://www.lp-fertet.com</t>
   </si>
   <si>
+    <t>VESOUL</t>
+  </si>
+  <si>
+    <t>0700038L</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL Luxembourg</t>
+  </si>
+  <si>
+    <t>Lycée des métiers du savoir-faire industriel, de l'habitat connecté et des équipements</t>
+  </si>
+  <si>
+    <t>https://lyc-luxembourg-vesoul.eclat-bfc.fr</t>
+  </si>
+  <si>
     <t>70006</t>
   </si>
   <si>
-    <t>VESOUL</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.lycee-belin.fr/</t>
   </si>
   <si>
     <t>70400</t>
   </si>
   <si>
     <t>HERICOURT</t>
   </si>
   <si>
     <t>https://lyc-laragon-hericourt.eclat-bfc.fr/</t>
   </si>
   <si>
     <t>90101</t>
   </si>
   <si>
     <t>DELLE</t>
   </si>
   <si>
     <t>http://www.citeferrydelle.fr/joomla/</t>
   </si>
   <si>
     <t>90800</t>
   </si>
   <si>
     <t>BAVILLIERS</t>
@@ -9788,230 +8809,236 @@
   <si>
     <t>http://www.claveille.org</t>
   </si>
   <si>
     <t>24000</t>
   </si>
   <si>
     <t>http://lpvinci-perigueux.fr</t>
   </si>
   <si>
     <t>33000</t>
   </si>
   <si>
     <t>BORDEAUX</t>
   </si>
   <si>
     <t>http://www.lautrecbordeaux.fr</t>
   </si>
   <si>
     <t>33800</t>
   </si>
   <si>
     <t>https://blogpeda.ac-bordeaux.fr/lplesmenuts/</t>
   </si>
   <si>
+    <t>33360</t>
+  </si>
+  <si>
+    <t>CAMBLANES ET MEYNAC</t>
+  </si>
+  <si>
+    <t>http://www.lp-flora-tristan.net</t>
+  </si>
+  <si>
+    <t>33151</t>
+  </si>
+  <si>
+    <t>CENON</t>
+  </si>
+  <si>
+    <t>http://lycee-lamorlette.fr/</t>
+  </si>
+  <si>
+    <t>33327</t>
+  </si>
+  <si>
+    <t>EYSINES</t>
+  </si>
+  <si>
+    <t>https://www.lyceecharlespeguy.fr/</t>
+  </si>
+  <si>
+    <t>33212</t>
+  </si>
+  <si>
+    <t>LANGON</t>
+  </si>
+  <si>
+    <t>http://www.lp-sud-gironde.fr</t>
+  </si>
+  <si>
+    <t>http://www.lpp-saintaugustin.fr/</t>
+  </si>
+  <si>
+    <t>33405</t>
+  </si>
+  <si>
+    <t>TALENCE</t>
+  </si>
+  <si>
+    <t>http://www.lyceedegascogne.fr</t>
+  </si>
+  <si>
+    <t>33111</t>
+  </si>
+  <si>
+    <t>ARCACHON</t>
+  </si>
+  <si>
+    <t>https://lycee-condorcet-arcachon.fr/</t>
+  </si>
+  <si>
+    <t>LIBOURNE</t>
+  </si>
+  <si>
+    <t>https://lp-henribrulle.fr/hb2023/</t>
+  </si>
+  <si>
+    <t>33602</t>
+  </si>
+  <si>
+    <t>PESSAC</t>
+  </si>
+  <si>
+    <t>www.lyceepro-pessac.fr</t>
+  </si>
+  <si>
+    <t>33305</t>
+  </si>
+  <si>
+    <t>LORMONT</t>
+  </si>
+  <si>
+    <t>http://lycee-jacques-brel-lormont.fr/</t>
+  </si>
+  <si>
+    <t>33300</t>
+  </si>
+  <si>
+    <t>https://lyceebeauderochas.fr/</t>
+  </si>
+  <si>
+    <t>33028</t>
+  </si>
+  <si>
+    <t>http://www.lyceesaintlouis.fr</t>
+  </si>
+  <si>
+    <t>http://www.belorme.com</t>
+  </si>
+  <si>
+    <t>33074</t>
+  </si>
+  <si>
+    <t>http://svpbordeaux.fr</t>
+  </si>
+  <si>
+    <t>33081</t>
+  </si>
+  <si>
+    <t>http://www.saint-genes.com</t>
+  </si>
+  <si>
+    <t>33470</t>
+  </si>
+  <si>
+    <t>GUJAN MESTRAS</t>
+  </si>
+  <si>
+    <t>http://lyceedelamergujan.fr/</t>
+  </si>
+  <si>
+    <t>40130</t>
+  </si>
+  <si>
+    <t>CAPBRETON</t>
+  </si>
+  <si>
+    <t>http://www.lpr-darmante-capbreton.fr</t>
+  </si>
+  <si>
+    <t>40010</t>
+  </si>
+  <si>
+    <t>MONT DE MARSAN</t>
+  </si>
+  <si>
+    <t>http://webetab.ac-bordeaux.fr/lycee-esteve/</t>
+  </si>
+  <si>
+    <t>40005</t>
+  </si>
+  <si>
+    <t>http://www.lyceewlerick.fr</t>
+  </si>
+  <si>
+    <t>40300</t>
+  </si>
+  <si>
+    <t>PEYREHORADE</t>
+  </si>
+  <si>
+    <t>http://lycee-jean-taris-40.net</t>
+  </si>
+  <si>
+    <t>40160</t>
+  </si>
+  <si>
+    <t>PARENTIS EN BORN</t>
+  </si>
+  <si>
+    <t>https://www.lyceedesmetiersparentis.fr/</t>
+  </si>
+  <si>
+    <t>40801</t>
+  </si>
+  <si>
+    <t>AIRE SUR L ADOUR</t>
+  </si>
+  <si>
+    <t>http://www.lpjeandarcet.fr/</t>
+  </si>
+  <si>
+    <t>40110</t>
+  </si>
+  <si>
+    <t>MORCENX</t>
+  </si>
+  <si>
+    <t>http://webetab.ac-bordeaux.fr/Etablissement/JGarnier/</t>
+  </si>
+  <si>
     <t>40993</t>
   </si>
   <si>
     <t>SAINT PAUL LES DAX</t>
   </si>
   <si>
     <t>http://www.lyceeharountazieff.com</t>
   </si>
   <si>
-    <t>33360</t>
-[...169 lines deleted...]
-  <si>
     <t>47320</t>
   </si>
   <si>
     <t>CLAIRAC</t>
   </si>
   <si>
     <t>http://www.lyceeportedulotclairac.fr</t>
   </si>
   <si>
     <t>47207</t>
   </si>
   <si>
     <t>MARMANDE</t>
   </si>
   <si>
     <t>https://www.citescolairedemarmande.fr/lycee/enseignement-professionnel</t>
   </si>
   <si>
     <t>47600</t>
   </si>
   <si>
     <t>NERAC</t>
   </si>
   <si>
     <t>https://lycee-jacquesderomas.fr</t>
@@ -10034,59 +9061,50 @@
   <si>
     <t>64115</t>
   </si>
   <si>
     <t>BAYONNE</t>
   </si>
   <si>
     <t>http://paulbert.fr/</t>
   </si>
   <si>
     <t>64110</t>
   </si>
   <si>
     <t>GELOS</t>
   </si>
   <si>
     <t>http://www.lmhi-gelos.fr</t>
   </si>
   <si>
     <t>JURANCON</t>
   </si>
   <si>
     <t>http://webetab.ac-bordeaux.fr/Etablissement/Jurancon/</t>
   </si>
   <si>
-    <t>64130</t>
-[...7 lines deleted...]
-  <si>
     <t>64160</t>
   </si>
   <si>
     <t>MORLAAS</t>
   </si>
   <si>
     <t>http://www.lyceeprofessionnel-morlaas.fr</t>
   </si>
   <si>
     <t>64150</t>
   </si>
   <si>
     <t>MOURENX</t>
   </si>
   <si>
     <t>http://webetab.ac-bordeaux.fr/cite-scolaire-mourenx</t>
   </si>
   <si>
     <t>64404</t>
   </si>
   <si>
     <t>OLORON SAINTE MARIE</t>
   </si>
   <si>
     <t>https://www.lycee-guynemer.fr/</t>
@@ -10124,53 +9142,50 @@
   <si>
     <t>http://www.st-joseph-hasparren.fr</t>
   </si>
   <si>
     <t>64140</t>
   </si>
   <si>
     <t>PAU</t>
   </si>
   <si>
     <t>https://www.immac-pau.com/lycees-pro/presentation</t>
   </si>
   <si>
     <t>64000</t>
   </si>
   <si>
     <t>http://www.immac-pau.com</t>
   </si>
   <si>
     <t>64604</t>
   </si>
   <si>
     <t>https://stellamarisanglet.fr/</t>
   </si>
   <si>
-    <t>64051</t>
-[...1 lines deleted...]
-  <si>
     <t>64200</t>
   </si>
   <si>
     <t>BIARRITZ</t>
   </si>
   <si>
     <t>http://www.lycee-hotelier-biarritz.com</t>
   </si>
   <si>
     <t>Auvergne-Rhône-Alpes</t>
   </si>
   <si>
     <t>Clermont-Ferrand</t>
   </si>
   <si>
     <t>03107</t>
   </si>
   <si>
     <t>MONTLUCON</t>
   </si>
   <si>
     <t>http://paul-constans.fr</t>
   </si>
   <si>
     <t>03401</t>
@@ -10205,80 +9220,80 @@
   <si>
     <t>https://albert-einstein-montlucon.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>15005</t>
   </si>
   <si>
     <t>AURILLAC</t>
   </si>
   <si>
     <t>http://www.monnet-mermoz.fr/</t>
   </si>
   <si>
     <t>https://raymond-cortat-aurillac.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>15300</t>
   </si>
   <si>
     <t>MURAT</t>
   </si>
   <si>
     <t>https://joseph-constant-murat.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
+    <t>43009</t>
+  </si>
+  <si>
+    <t>LE PUY EN VELAY</t>
+  </si>
+  <si>
+    <t>https://charles-et-adrien-dupuy-le-puy.ent.auvergnerhonealpes.fr/</t>
+  </si>
+  <si>
+    <t>43000</t>
+  </si>
+  <si>
+    <t>https://jean-monnet-le-puy.ent.auvergnerhonealpes.fr/</t>
+  </si>
+  <si>
+    <t>http://sites.google.com/a/sjc43.fr/sjc43/</t>
+  </si>
+  <si>
+    <t>https://www.enseignement-prive.info/fiche/lycee-des-metiers-ensemble-scolaire-st-jacques-de-compostelle-lycee-d-enseignement-general-site-st-joseph-et-technologique-site-anne-marie-martel-le-puy-en-velay/ET043-80</t>
+  </si>
+  <si>
     <t>63000</t>
   </si>
   <si>
     <t>CLERMONT FERRAND</t>
   </si>
   <si>
     <t>http://www.lycee-sidoine-apollinaire.fr</t>
   </si>
   <si>
-    <t>43009</t>
-[...19 lines deleted...]
-  <si>
     <t>http://lycee-lafayette-clermont.fr/</t>
   </si>
   <si>
     <t>63100</t>
   </si>
   <si>
     <t>http://lycee-roger-claustres.fr/</t>
   </si>
   <si>
     <t>63037</t>
   </si>
   <si>
     <t>http://amedee-gasquet-clermont-ferrand.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>63500</t>
   </si>
   <si>
     <t>ISSOIRE</t>
   </si>
   <si>
     <t>http://henri-sainte-claire-deville-issoire.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>63201</t>
@@ -10298,53 +9313,50 @@
   <si>
     <t>CHAMALIERES</t>
   </si>
   <si>
     <t>https://www.sainte-thecle.com/</t>
   </si>
   <si>
     <t>http://saint-alyre.net/</t>
   </si>
   <si>
     <t>63430</t>
   </si>
   <si>
     <t>PONT DU CHATEAU</t>
   </si>
   <si>
     <t>http://lyceepierreboulanger.fr/</t>
   </si>
   <si>
     <t>63400</t>
   </si>
   <si>
     <t>http://www.lyceedechamalieres.fr/</t>
   </si>
   <si>
-    <t>http://www.lycee-godefroy.com/</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pierre-joel-bonte-riom.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>Ile-de-France</t>
   </si>
   <si>
     <t>Créteil</t>
   </si>
   <si>
     <t>77430</t>
   </si>
   <si>
     <t>CHAMPAGNE SUR SEINE</t>
   </si>
   <si>
     <t>http://www.lyceelafayette.fr</t>
   </si>
   <si>
     <t>77527</t>
   </si>
   <si>
     <t>COULOMMIERS</t>
   </si>
   <si>
     <t>http://www.campus-coulommiers.eu</t>
@@ -10673,57 +9685,54 @@
   <si>
     <t>LONGCHAMP</t>
   </si>
   <si>
     <t>https://lyc-hmoisand-longchamp.eclat-bfc.fr/</t>
   </si>
   <si>
     <t>21500</t>
   </si>
   <si>
     <t>MONTBARD</t>
   </si>
   <si>
     <t>https://lyc-eguillaume-montbard.eclat-bfc.fr/</t>
   </si>
   <si>
     <t>21000</t>
   </si>
   <si>
     <t>DIJON</t>
   </si>
   <si>
     <t>https://www.lyceelesarcades.com/</t>
   </si>
   <si>
-    <t>58206</t>
-[...5 lines deleted...]
-    <t>https://lyc-pgdegennes-cosne-cours-sur-loire.eclat-bfc.fr/</t>
+    <t>BEAUNE</t>
+  </si>
+  <si>
+    <t>FOURCHAMBAULT</t>
   </si>
   <si>
     <t>58120</t>
   </si>
   <si>
     <t>CHATEAU CHINON</t>
   </si>
   <si>
     <t>http://lyc58-fmitterrand.ac-dijon.fr</t>
   </si>
   <si>
     <t>71018</t>
   </si>
   <si>
     <t>MACON</t>
   </si>
   <si>
     <t>http://lyc71-dumaine.ac-dijon.fr</t>
   </si>
   <si>
     <t>71600</t>
   </si>
   <si>
     <t>PARAY LE MONIAL</t>
   </si>
@@ -10850,159 +9859,159 @@
   <si>
     <t>26602</t>
   </si>
   <si>
     <t>TAIN L HERMITAGE</t>
   </si>
   <si>
     <t>https://hotelier-hermitage.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>26241</t>
   </si>
   <si>
     <t>SAINT VALLIER</t>
   </si>
   <si>
     <t>https://lycee-henri-laurens-saint-vallier.web.ac-grenoble.fr/</t>
   </si>
   <si>
     <t>26901</t>
   </si>
   <si>
     <t>https://algoud-laffemas.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
+    <t>38100</t>
+  </si>
+  <si>
+    <t>GRENOBLE</t>
+  </si>
+  <si>
+    <t>http://www.lycee-iserbordier.fr</t>
+  </si>
+  <si>
+    <t>38000</t>
+  </si>
+  <si>
+    <t>https://www.louise-michel-grenoble.fr</t>
+  </si>
+  <si>
+    <t>38037</t>
+  </si>
+  <si>
+    <t>http://georges-guynemer.elycee.rhonealpes.fr</t>
+  </si>
+  <si>
+    <t>38201</t>
+  </si>
+  <si>
+    <t>VIENNE</t>
+  </si>
+  <si>
+    <t>http://www.ac-grenoble.fr/lycee/galilee.vienne</t>
+  </si>
+  <si>
+    <t>38220</t>
+  </si>
+  <si>
+    <t>VIZILLE</t>
+  </si>
+  <si>
+    <t>https://porte-oisans.ent.auvergnerhonealpes.fr/</t>
+  </si>
+  <si>
+    <t>38550</t>
+  </si>
+  <si>
+    <t>LE PEAGE DE ROUSSILLON</t>
+  </si>
+  <si>
+    <t>http://www.lpp-verguin.com</t>
+  </si>
+  <si>
+    <t>38580</t>
+  </si>
+  <si>
+    <t>ALLEVARD</t>
+  </si>
+  <si>
+    <t>http://www.creefi.fr/allevard-le-breda/</t>
+  </si>
+  <si>
+    <t>38500</t>
+  </si>
+  <si>
+    <t>VOIRON</t>
+  </si>
+  <si>
+    <t>https://www.creefi.fr/voiron-les-gorges/</t>
+  </si>
+  <si>
+    <t>38400</t>
+  </si>
+  <si>
+    <t>SAINT MARTIN D HERES</t>
+  </si>
+  <si>
+    <t>https://pablo-neruda.ent.auvergnerhonealpes.fr/</t>
+  </si>
+  <si>
+    <t>38303</t>
+  </si>
+  <si>
+    <t>BOURGOIN JALLIEU</t>
+  </si>
+  <si>
+    <t>https://jean-claude-aubry.ent.auvergnerhonealpes.fr</t>
+  </si>
+  <si>
+    <t>38091</t>
+  </si>
+  <si>
+    <t>VILLEFONTAINE</t>
+  </si>
+  <si>
+    <t>https://leonard-de-vinci.ent.auvergnerhonealpes.fr</t>
+  </si>
+  <si>
     <t>73000</t>
   </si>
   <si>
     <t>CHAMBERY</t>
   </si>
   <si>
     <t>http://www.ac-grenoble.fr/lycee/chambery.monge</t>
   </si>
   <si>
     <t>73604</t>
   </si>
   <si>
     <t>MOUTIERS</t>
   </si>
   <si>
     <t>https://ambroise-croizat.ent.auvergnerhonealpes.fr/</t>
-  </si>
-[...91 lines deleted...]
-    <t>https://leonard-de-vinci.ent.auvergnerhonealpes.fr</t>
   </si>
   <si>
     <t>73140</t>
   </si>
   <si>
     <t>SAINT MICHEL DE MAURIENNE</t>
   </si>
   <si>
     <t>http://www.lyceedesmetiersdelamontagne.org</t>
   </si>
   <si>
     <t>73400</t>
   </si>
   <si>
     <t>UGINE</t>
   </si>
   <si>
     <t>https://lyceereneperrin.fr/</t>
   </si>
   <si>
     <t>http://www.st-ambroise.org</t>
   </si>
   <si>
     <t>http://www.lpp-ste-genevieve.fr/</t>
   </si>
@@ -11046,158 +10055,149 @@
     <t>https://porte-des-alpes.ent.auvergnerhonealpes.fr</t>
   </si>
   <si>
     <t>74203</t>
   </si>
   <si>
     <t>THONON LES BAINS</t>
   </si>
   <si>
     <t>http://www.ecole-hoteliere-thonon.com</t>
   </si>
   <si>
     <t>74962</t>
   </si>
   <si>
     <t>ANNECY
 CRAN GEVRIER</t>
   </si>
   <si>
     <t>https://tommorel.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
+    <t>97130</t>
+  </si>
+  <si>
+    <t>CAPESTERRE BELLE EAU</t>
+  </si>
+  <si>
+    <t>https://paullacave.lyc.ac-guadeloupe.fr/</t>
+  </si>
+  <si>
+    <t>97100</t>
+  </si>
+  <si>
+    <t>BASSE TERRE</t>
+  </si>
+  <si>
+    <t>http://lporaoulgeorgesnicolo.fr/news.php</t>
+  </si>
+  <si>
+    <t>97162</t>
+  </si>
+  <si>
+    <t>LES ABYMES</t>
+  </si>
+  <si>
+    <t>https://chevalierdesaintgeorges.lyc.ac-guadeloupe.fr/</t>
+  </si>
+  <si>
+    <t>97190</t>
+  </si>
+  <si>
+    <t>LE GOSIER</t>
+  </si>
+  <si>
+    <t>https://www.lhtgosier.com/</t>
+  </si>
+  <si>
     <t>97160</t>
   </si>
   <si>
     <t>LE MOULE</t>
   </si>
   <si>
     <t>http://louisdelgres.lyc.ac-guadeloupe.fr/</t>
   </si>
   <si>
     <t>97129</t>
   </si>
   <si>
     <t>LAMENTIN</t>
   </si>
   <si>
     <t>https://bertenejuminer.lyc.ac-guadeloupe.fr/</t>
   </si>
   <si>
-    <t>97130</t>
-[...34 lines deleted...]
-  <si>
     <t>Guyane</t>
   </si>
   <si>
     <t>97305</t>
   </si>
   <si>
     <t>CAYENNE</t>
   </si>
   <si>
     <t>http://lp-max-josephine.eta.ac-guyane.fr/</t>
   </si>
   <si>
     <t>https://lp-jean-marie-michotte.eta.ac-guyane.fr/</t>
   </si>
   <si>
     <t>97320</t>
   </si>
   <si>
     <t>SAINT LAURENT DU MARONI</t>
   </si>
   <si>
     <t>https://lpo-bertene-juminer.eta.ac-guyane.fr/</t>
   </si>
   <si>
     <t>97388</t>
   </si>
   <si>
     <t>KOUROU</t>
   </si>
   <si>
     <t>https://lp-elie-castor.eta.ac-guyane.fr</t>
   </si>
   <si>
     <t>https://lpo-melkior-garre.eta.ac-guyane.fr/</t>
   </si>
   <si>
     <t>97360</t>
   </si>
   <si>
     <t>MANA</t>
   </si>
   <si>
     <t>https://lpo-leopold-elfort.eta.ac-guyane.fr</t>
   </si>
   <si>
-    <t>97354</t>
-[...7 lines deleted...]
-  <si>
     <t>97307</t>
   </si>
   <si>
     <t>MATOURY</t>
   </si>
   <si>
     <t>https://lp-des-metiers-du-batiment.eta.ac-guyane.fr/</t>
   </si>
   <si>
     <t>La Réunion</t>
   </si>
   <si>
     <t>97493</t>
   </si>
   <si>
     <t>SAINTE CLOTILDE</t>
   </si>
   <si>
     <t>https://lycee-brassens.re/</t>
   </si>
   <si>
     <t>97470</t>
   </si>
   <si>
     <t>SAINT BENOIT</t>
@@ -11223,191 +10223,149 @@
   <si>
     <t>97437</t>
   </si>
   <si>
     <t>SAINTE ANNE</t>
   </si>
   <si>
     <t>http://lycee-marie-curie.ac-reunion.fr/</t>
   </si>
   <si>
     <t>http://lycee-mandela.fr/</t>
   </si>
   <si>
     <t>97441</t>
   </si>
   <si>
     <t>SAINTE SUZANNE</t>
   </si>
   <si>
     <t>http://lycee-belair.ac-reunion.fr/</t>
   </si>
   <si>
     <t>Lille</t>
   </si>
   <si>
-    <t>62252</t>
-[...5 lines deleted...]
-    <t>https://lyceesenez.fr/</t>
+    <t>59427</t>
+  </si>
+  <si>
+    <t>ARMENTIERES</t>
+  </si>
+  <si>
+    <t>https://www.lycee-gustave-eiffel.fr/</t>
+  </si>
+  <si>
+    <t>59481</t>
+  </si>
+  <si>
+    <t>HAUBOURDIN</t>
+  </si>
+  <si>
+    <t>http://www.lycee-beaupre.fr/</t>
+  </si>
+  <si>
+    <t>59053</t>
+  </si>
+  <si>
+    <t>ROUBAIX</t>
+  </si>
+  <si>
+    <t>https://lp-turgot-roubaix.59.ac-lille.fr/</t>
+  </si>
+  <si>
+    <t>59200</t>
+  </si>
+  <si>
+    <t>TOURCOING</t>
+  </si>
+  <si>
+    <t>http://sevigne-tg.etab.ac-lille.fr/</t>
+  </si>
+  <si>
+    <t>59120</t>
+  </si>
+  <si>
+    <t>LOOS</t>
+  </si>
+  <si>
+    <t>https://isv-ndsc.fr/etablissements/lycee-notre-dame-du-sacre-coeur.html</t>
+  </si>
+  <si>
+    <t>59140</t>
+  </si>
+  <si>
+    <t>DUNKERQUE</t>
+  </si>
+  <si>
+    <t>https://www.epid.fr/</t>
+  </si>
+  <si>
+    <t>59280</t>
+  </si>
+  <si>
+    <t>http://institutnicolasbarre.fr/</t>
+  </si>
+  <si>
+    <t>59522</t>
+  </si>
+  <si>
+    <t>HAZEBROUCK</t>
+  </si>
+  <si>
+    <t>http://www.lycee-depoorter.com/</t>
+  </si>
+  <si>
+    <t>https://isv-ndsc.fr/</t>
+  </si>
+  <si>
+    <t>WORMHOUT</t>
+  </si>
+  <si>
+    <t>https://www.lpyser.fr/</t>
+  </si>
+  <si>
+    <t>http://www.epid.fr</t>
+  </si>
+  <si>
+    <t>62280</t>
+  </si>
+  <si>
+    <t>SAINT MARTIN BOULOGNE</t>
+  </si>
+  <si>
+    <t>http://www.st-jo.com</t>
   </si>
   <si>
     <t>62228</t>
   </si>
   <si>
     <t>CALAIS</t>
   </si>
   <si>
     <t>https://lpo-leonard-de-vinci-calais.62.ac-lille.fr/</t>
   </si>
   <si>
-    <t>59427</t>
-[...121 lines deleted...]
-  <si>
     <t>Limoges</t>
   </si>
   <si>
     <t>19300</t>
   </si>
   <si>
     <t>EGLETONS</t>
   </si>
   <si>
     <t>http://www.lyceecaraminot.fr</t>
   </si>
   <si>
     <t>19160</t>
   </si>
   <si>
     <t>NEUVIC</t>
   </si>
   <si>
     <t>http://www.lycee-barbanceys.com</t>
   </si>
   <si>
     <t>23400</t>
   </si>
   <si>
     <t>BOURGANEUF</t>
@@ -11514,128 +10472,119 @@
   <si>
     <t>https://georges-charpak.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>01000</t>
   </si>
   <si>
     <t>BOURG EN BRESSE</t>
   </si>
   <si>
     <t>https://marcelle-parde.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>https://gabriel-voisin.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>42510</t>
   </si>
   <si>
     <t>NERONDE</t>
   </si>
   <si>
     <t>https://pierre-coton.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
-    <t>42400</t>
-[...7 lines deleted...]
-  <si>
     <t>42218</t>
   </si>
   <si>
     <t>SAINT ETIENNE</t>
   </si>
   <si>
     <t>https://benoit-charvet.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>42600</t>
   </si>
   <si>
     <t>VERRIERES EN FOREZ</t>
   </si>
   <si>
     <t>https://haut-forez.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
+    <t>42700</t>
+  </si>
+  <si>
+    <t>FIRMINY</t>
+  </si>
+  <si>
+    <t>https://jacob-holtzer.ent.auvergnerhonealpes.fr/</t>
+  </si>
+  <si>
     <t>42014</t>
   </si>
   <si>
     <t>https://benoit-fourneyron.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>42000</t>
   </si>
   <si>
     <t>https://stemarie42.com/</t>
   </si>
   <si>
     <t>https://www.lycee-professionnel-centre-formation-lemarais-sainte-therese.fr/</t>
   </si>
   <si>
     <t>42140</t>
   </si>
   <si>
     <t>CHAZELLES SUR LYON</t>
   </si>
   <si>
     <t>http://www.lycee-monts-lyonnais.fr/accueil/</t>
   </si>
   <si>
     <t>42124</t>
   </si>
   <si>
     <t>LE COTEAU</t>
   </si>
   <si>
     <t>https://etienne-legrand.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>42502</t>
   </si>
   <si>
     <t>LE CHAMBON FEUGEROLLES</t>
   </si>
   <si>
     <t>https://adrien-testud.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
-    <t>42160</t>
-[...7 lines deleted...]
-  <si>
     <t>42028</t>
   </si>
   <si>
     <t>http://www.lasalle42.fr/lycee-professionnel</t>
   </si>
   <si>
     <t>42100</t>
   </si>
   <si>
     <t>https://lasalesienne.com/</t>
   </si>
   <si>
     <t>69676</t>
   </si>
   <si>
     <t>BRON</t>
   </si>
   <si>
     <t>https://tony-garnier.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>69700</t>
   </si>
   <si>
     <t>GIVORS</t>
@@ -11655,131 +10604,131 @@
   <si>
     <t>69007</t>
   </si>
   <si>
     <t>https://louise-labe.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>69631</t>
   </si>
   <si>
     <t>VENISSIEUX</t>
   </si>
   <si>
     <t>https://helene-boucher.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>69100</t>
   </si>
   <si>
     <t>VILLEURBANNE</t>
   </si>
   <si>
     <t>https://lyc-frederic-fays.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
-    <t>69675</t>
-[...4 lines deleted...]
-  <si>
     <t>https://alfred-de-musset.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
     <t>https://lp-marie-curie-villeurbanne.ent.auvergnerhonealpes.fr/</t>
   </si>
   <si>
+    <t>69600</t>
+  </si>
+  <si>
+    <t>OULLINS</t>
+  </si>
+  <si>
+    <t>https://parc-chabrieres.ent.auvergnerhonealpes.fr/</t>
+  </si>
+  <si>
+    <t>69921</t>
+  </si>
+  <si>
+    <t>https://joseph-marie-jacquard.ent.auvergnerhonealpes.fr/</t>
+  </si>
+  <si>
+    <t>69203</t>
+  </si>
+  <si>
+    <t>https://lyceejapy.fr/</t>
+  </si>
+  <si>
+    <t>69003</t>
+  </si>
+  <si>
+    <t>http://www.sepr.edu</t>
+  </si>
+  <si>
+    <t>http://www.slsb.fr/lyceepro</t>
+  </si>
+  <si>
+    <t>69140</t>
+  </si>
+  <si>
+    <t>RILLIEUX LA PAPE</t>
+  </si>
+  <si>
+    <t>https://georges-lamarque.ent.auvergnerhonealpes.fr/</t>
+  </si>
+  <si>
+    <t>https://erea-pellet.ent.auvergnerhonealpes.fr/</t>
+  </si>
+  <si>
+    <t>69240</t>
+  </si>
+  <si>
+    <t>THIZY LES BOURGS</t>
+  </si>
+  <si>
+    <t>https://francois-mansart.ent.auvergnerhonealpes.fr/</t>
+  </si>
+  <si>
+    <t>69300</t>
+  </si>
+  <si>
+    <t>CALUIRE ET CUIRE</t>
+  </si>
+  <si>
+    <t>http://lycee-cuzin.etab.ac-lyon.fr/spip/</t>
+  </si>
+  <si>
+    <t>69120</t>
+  </si>
+  <si>
+    <t>VAULX EN VELIN</t>
+  </si>
+  <si>
+    <t>https://canuts.ent.auvergnerhonealpes.fr/</t>
+  </si>
+  <si>
+    <t>https://aragon-picasso.ent.auvergnerhonealpes.fr/</t>
+  </si>
+  <si>
     <t>69005</t>
   </si>
   <si>
-    <t>http://www.lyceebranly.com</t>
-[...64 lines deleted...]
-  <si>
     <t>http://www.donboscolyon.org</t>
   </si>
   <si>
     <t>69362</t>
   </si>
   <si>
     <t>http://www.carrel.fr</t>
   </si>
   <si>
     <t>69373</t>
   </si>
   <si>
     <t>http://www.ecolelamache.org</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>97233</t>
   </si>
   <si>
     <t>SCHOELCHER</t>
   </si>
   <si>
     <t>https://site.ac-martinique.fr/lyc-luminasophie/</t>
@@ -11802,50 +10751,56 @@
   <si>
     <t>https://site.ac-martinique.fr/lyc-andrealiker/</t>
   </si>
   <si>
     <t>97250</t>
   </si>
   <si>
     <t>SAINT PIERRE</t>
   </si>
   <si>
     <t>https://lpovictoranicet.com/</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
     <t>97600</t>
   </si>
   <si>
     <t>MAMOUDZOU</t>
   </si>
   <si>
     <t>http://lp-kaweni.ac-mayotte.fr/</t>
   </si>
   <si>
+    <t>PAMANDZI</t>
+  </si>
+  <si>
+    <t>https://lpo-petite-terre.ac-mayotte.fr/</t>
+  </si>
+  <si>
     <t>Occitanie</t>
   </si>
   <si>
     <t>Montpellier</t>
   </si>
   <si>
     <t>11021</t>
   </si>
   <si>
     <t>CARCASSONNE</t>
   </si>
   <si>
     <t>https://lyc-fil-carcassonne.ac-montpellier.fr/</t>
   </si>
   <si>
     <t>11000</t>
   </si>
   <si>
     <t>NARBONNE</t>
   </si>
   <si>
     <t>http://www.lycee-beausejour.com</t>
   </si>
   <si>
     <t>11870</t>
@@ -11946,62 +10901,56 @@
   <si>
     <t>34600</t>
   </si>
   <si>
     <t>BEDARIEUX</t>
   </si>
   <si>
     <t>https://lyc-leger-bedarieux.ac-montpellier.fr/</t>
   </si>
   <si>
     <t>34521</t>
   </si>
   <si>
     <t>BEZIERS</t>
   </si>
   <si>
     <t>https://jean-moulin-beziers.mon-ent-occitanie.fr/</t>
   </si>
   <si>
     <t>34500</t>
   </si>
   <si>
     <t>https://lyc-mermoz-beziers.ac-montpellier.fr/</t>
   </si>
   <si>
-    <t>34061</t>
+    <t>34070</t>
   </si>
   <si>
     <t>MONTPELLIER</t>
   </si>
   <si>
-    <t>https://lyc-mendesfrance-montpellier.ac-montpellier.fr/</t>
-[...4 lines deleted...]
-  <si>
     <t>https://lyc-ferry-montpellier.ac-montpellier.fr/</t>
   </si>
   <si>
     <t>34120</t>
   </si>
   <si>
     <t>PEZENAS</t>
   </si>
   <si>
     <t>https://lyc-allies-pezenas.ac-montpellier.fr/</t>
   </si>
   <si>
     <t>34220</t>
   </si>
   <si>
     <t>SAINT PONS DE THOMIERES</t>
   </si>
   <si>
     <t>https://lyc-brel-stponsdethomieres.ac-montpellier.fr/</t>
   </si>
   <si>
     <t>34200</t>
   </si>
   <si>
     <t>SETE</t>
@@ -12090,158 +11039,158 @@
   <si>
     <t>https://lyc-sauvy-villelonguedelsmonts.ac-montpellier.fr/</t>
   </si>
   <si>
     <t>66103</t>
   </si>
   <si>
     <t>https://leon-blum-perpignan.mon-ent-occitanie.fr/</t>
   </si>
   <si>
     <t>66140</t>
   </si>
   <si>
     <t>CANET EN ROUSSILLON</t>
   </si>
   <si>
     <t>https://lyc-luxemburg-canetenroussillon.ac-montpellier.fr/</t>
   </si>
   <si>
     <t>Grand Est</t>
   </si>
   <si>
     <t>Nancy-Metz</t>
   </si>
   <si>
+    <t>54110</t>
+  </si>
+  <si>
+    <t>DOMBASLE SUR MEURTHE</t>
+  </si>
+  <si>
+    <t>https://lyc-meurthe-sanon.monbureaunumerique.fr/</t>
+  </si>
+  <si>
+    <t>54550</t>
+  </si>
+  <si>
+    <t>PONT ST VINCENT</t>
+  </si>
+  <si>
+    <t>https://lyc-tournelle.monbureaunumerique.fr/</t>
+  </si>
+  <si>
+    <t>54510</t>
+  </si>
+  <si>
+    <t>TOMBLAINE</t>
+  </si>
+  <si>
+    <t>https://sites.ac-nancy-metz.fr/lyc-marie-marvingt/</t>
+  </si>
+  <si>
+    <t>54200</t>
+  </si>
+  <si>
+    <t>TOUL</t>
+  </si>
+  <si>
+    <t>https://lyc-toulois.monbureaunumerique.fr/</t>
+  </si>
+  <si>
+    <t>54052</t>
+  </si>
+  <si>
+    <t>NANCY</t>
+  </si>
+  <si>
+    <t>https://sites.ac-nancy-metz.fr/lyc-jean-prouve-nancy/</t>
+  </si>
+  <si>
+    <t>54001</t>
+  </si>
+  <si>
+    <t>https://lyc-cyffle.monbureaunumerique.fr/</t>
+  </si>
+  <si>
+    <t>54340</t>
+  </si>
+  <si>
+    <t>POMPEY</t>
+  </si>
+  <si>
+    <t>https://lyc-schwartz.monbureaunumerique.fr/</t>
+  </si>
+  <si>
+    <t>ART SUR MEURTHE</t>
+  </si>
+  <si>
+    <t>http://bosserville.fr</t>
+  </si>
+  <si>
+    <t>54600</t>
+  </si>
+  <si>
+    <t>VILLERS LES NANCY</t>
+  </si>
+  <si>
+    <t>https://sites.ac-nancy-metz.fr/lyc-stanislas-villers/0stanwp/</t>
+  </si>
+  <si>
+    <t>54525</t>
+  </si>
+  <si>
+    <t>LAXOU</t>
+  </si>
+  <si>
+    <t>http://lyceehere.fr/index.php/fr/</t>
+  </si>
+  <si>
+    <t>54300</t>
+  </si>
+  <si>
+    <t>LUNEVILLE</t>
+  </si>
+  <si>
+    <t>https://lyc-boutet-de-monvel.monbureaunumerique.fr/etablissement/</t>
+  </si>
+  <si>
     <t>55100</t>
   </si>
   <si>
     <t>http://www.lyceemargueritte.fr</t>
   </si>
   <si>
     <t>55700</t>
   </si>
   <si>
     <t>STENAY</t>
   </si>
   <si>
     <t>https://cite-kastler.monbureaunumerique.fr/</t>
   </si>
   <si>
-    <t>54110</t>
-[...91 lines deleted...]
-  <si>
     <t>57600</t>
   </si>
   <si>
     <t>FORBACH</t>
   </si>
   <si>
     <t>http://www.bpascal-forbach.fr</t>
   </si>
   <si>
     <t>57000</t>
   </si>
   <si>
     <t>METZ</t>
   </si>
   <si>
     <t>https://lyc-fournier-metz.monbureaunumerique.fr/</t>
   </si>
   <si>
     <t>57500</t>
   </si>
   <si>
     <t>SAINT AVOLD</t>
   </si>
   <si>
     <t>https://lyceeponceletsaintavold.fr/</t>
@@ -12378,257 +11327,251 @@
   <si>
     <t>SAINT DIE</t>
   </si>
   <si>
     <t>https://lyceebaumont.fr/</t>
   </si>
   <si>
     <t>88204</t>
   </si>
   <si>
     <t>REMIREMONT</t>
   </si>
   <si>
     <t>https://lycee-andre-malraux-remiremont.eu/lycee/</t>
   </si>
   <si>
     <t>http://www.lyceehoteliergerardmer.fr/lycee</t>
   </si>
   <si>
     <t>Pays de la Loire</t>
   </si>
   <si>
     <t>Nantes</t>
   </si>
   <si>
+    <t>44300</t>
+  </si>
+  <si>
+    <t>NANTES</t>
+  </si>
+  <si>
+    <t>https://monge.paysdelaloire.e-lyco.fr/</t>
+  </si>
+  <si>
+    <t>44322</t>
+  </si>
+  <si>
+    <t>http://arago.paysdelaloire.e-lyco.fr</t>
+  </si>
+  <si>
+    <t>44000</t>
+  </si>
+  <si>
+    <t>https://bougainville.paysdelaloire.e-lyco.fr/</t>
+  </si>
+  <si>
+    <t>44400</t>
+  </si>
+  <si>
+    <t>REZE</t>
+  </si>
+  <si>
+    <t>http://perrin-goussier.paysdelaloire.e-lyco.fr</t>
+  </si>
+  <si>
+    <t>44600</t>
+  </si>
+  <si>
+    <t>SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>http://brossaud-blancho.paysdelaloire.e-lyco.fr</t>
+  </si>
+  <si>
+    <t>SAINT NAZAIRE</t>
+  </si>
+  <si>
+    <t>http://www.lycee-sainte-anne.fr</t>
+  </si>
+  <si>
+    <t>44003</t>
+  </si>
+  <si>
+    <t>http://www.encia.fr</t>
+  </si>
+  <si>
+    <t>44800</t>
+  </si>
+  <si>
+    <t>SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>http://www.lppc.fr/</t>
+  </si>
+  <si>
+    <t>https://heinlex.paysdelaloire.e-lyco.fr/</t>
+  </si>
+  <si>
+    <t>44702</t>
+  </si>
+  <si>
+    <t>ORVAULT</t>
+  </si>
+  <si>
+    <t>http://appert.e-lyco.fr/</t>
+  </si>
+  <si>
+    <t>http://www.cofap-ifom-formation.com</t>
+  </si>
+  <si>
+    <t>http://www.stfelixlasalle.fr</t>
+  </si>
+  <si>
+    <t>https://stfelixlasalle.fr/etablissement/lycee-professionnel</t>
+  </si>
+  <si>
+    <t>49015</t>
+  </si>
+  <si>
+    <t>ANGERS</t>
+  </si>
+  <si>
+    <t>https://simone-veil.paysdelaloire.e-lyco.fr/</t>
+  </si>
+  <si>
+    <t>49311</t>
+  </si>
+  <si>
+    <t>CHOLET</t>
+  </si>
+  <si>
+    <t>https://schuman.paysdelaloire.e-lyco.fr/</t>
+  </si>
+  <si>
+    <t>49321</t>
+  </si>
+  <si>
+    <t>https://renaudeau.paysdelaloire.e-lyco.fr/</t>
+  </si>
+  <si>
+    <t>49306</t>
+  </si>
+  <si>
+    <t>https://providencecholet.paysdelaloire.e-lyco.fr/</t>
+  </si>
+  <si>
+    <t>49601</t>
+  </si>
+  <si>
+    <t>BEAUPREAU</t>
+  </si>
+  <si>
+    <t>https://ensemble-domsortais.paysdelaloire.e-lyco.fr/</t>
+  </si>
+  <si>
+    <t>49000</t>
+  </si>
+  <si>
+    <t>http://www.esoo.com/</t>
+  </si>
+  <si>
+    <t>49008</t>
+  </si>
+  <si>
+    <t>https://etsco.paysdelaloire.e-lyco.fr/</t>
+  </si>
+  <si>
+    <t>http://www.saintaubinlasalle.fr</t>
+  </si>
+  <si>
+    <t>53015</t>
+  </si>
+  <si>
+    <t>LAVAL</t>
+  </si>
+  <si>
+    <t>http://lesnard.paysdelaloire.e-lyco.fr</t>
+  </si>
+  <si>
+    <t>72231</t>
+  </si>
+  <si>
+    <t>ARNAGE</t>
+  </si>
+  <si>
+    <t>http://chappe.e-lyco.fr/</t>
+  </si>
+  <si>
+    <t>72405</t>
+  </si>
+  <si>
+    <t>LA FERTE BERNARD</t>
+  </si>
+  <si>
+    <t>http://robert-garnier.paysdelaloire.e-lyco.fr/</t>
+  </si>
+  <si>
     <t>72001</t>
   </si>
   <si>
     <t>LE MANS</t>
   </si>
   <si>
     <t>https://touchard-washington.paysdelaloire.e-lyco.fr/</t>
   </si>
   <si>
     <t>72003</t>
   </si>
   <si>
     <t>http://funay-boucher.paysdelaloire.e-lyco.fr/</t>
   </si>
   <si>
     <t>72300</t>
   </si>
   <si>
     <t>SABLE-SUR-SARTHE</t>
   </si>
   <si>
     <t>http://raphaelelize.paysdelaloire.e-lyco.fr</t>
   </si>
   <si>
     <t>72120</t>
   </si>
   <si>
     <t>SAINT-CALAIS</t>
   </si>
   <si>
     <t>https://rondeau.paysdelaloire.e-lyco.fr/</t>
   </si>
   <si>
     <t>72000</t>
   </si>
   <si>
     <t>http://www.stcharles-stecroix.org/</t>
   </si>
   <si>
-    <t>44300</t>
-[...166 lines deleted...]
-  <si>
     <t>85000</t>
   </si>
   <si>
     <t>LA ROCHE SUR YON</t>
   </si>
   <si>
     <t>http://rosa-parks.paysdelaloire.e-lyco.fr/</t>
   </si>
   <si>
     <t>85340</t>
   </si>
   <si>
     <t>LES SABLES D'OLONNE</t>
   </si>
   <si>
     <t>http://tabarly.e-lyco.fr/</t>
   </si>
   <si>
     <t>85200</t>
   </si>
   <si>
     <t>FONTENAY LE COMTE</t>
   </si>
   <si>
     <t>https://www.lycee-ndfontenay.com/</t>
@@ -12756,80 +11699,80 @@
   <si>
     <t>83600</t>
   </si>
   <si>
     <t>FREJUS</t>
   </si>
   <si>
     <t>http://www.lycee-gallieni.fr</t>
   </si>
   <si>
     <t>83190</t>
   </si>
   <si>
     <t>OLLIOULES</t>
   </si>
   <si>
     <t>https://esj-lacordeille.com/</t>
   </si>
   <si>
     <t>http://www.ac-nice.fr/lycee-hotellerie/edustlouis/</t>
   </si>
   <si>
     <t>Normandie</t>
   </si>
   <si>
+    <t>DIVES SUR MER</t>
+  </si>
+  <si>
     <t>14700</t>
   </si>
   <si>
     <t>FALAISE</t>
   </si>
   <si>
     <t>https://guillaume-le-conquerant-falaise.lycee.ac-normandie.</t>
   </si>
   <si>
     <t>14000</t>
   </si>
   <si>
     <t>CAEN</t>
   </si>
   <si>
     <t>https://www.oasis-caen.net/</t>
   </si>
   <si>
     <t>14074</t>
   </si>
   <si>
     <t>https://lycee-ndf.fr/</t>
   </si>
   <si>
     <t>14162</t>
   </si>
   <si>
-    <t>DIVES SUR MER</t>
-[...1 lines deleted...]
-  <si>
     <t>https://jean-jooris.lycee.ac-normandie.fr</t>
   </si>
   <si>
     <t>14126</t>
   </si>
   <si>
     <t>MONDEVILLE</t>
   </si>
   <si>
     <t>https://jules-verne.lycee.ac-normandie.fr/</t>
   </si>
   <si>
     <t>14013</t>
   </si>
   <si>
     <t>http://www.institut-lemonnier.fr/</t>
   </si>
   <si>
     <t>14110</t>
   </si>
   <si>
     <t>CONDE EN NORMANDIE</t>
   </si>
   <si>
     <t>http://www.lyceetellier.fr/</t>
@@ -13155,152 +12098,152 @@
   <si>
     <t>DREUX</t>
   </si>
   <si>
     <t>http://lyc-edouardbranly-dreux.tice.ac-orleans-tours.fr/eva/</t>
   </si>
   <si>
     <t>http://lyc-mauriceviollette-dreux.tice.ac-orleans-tours.fr/eva/</t>
   </si>
   <si>
     <t>28400</t>
   </si>
   <si>
     <t>NOGENT LE ROTROU</t>
   </si>
   <si>
     <t>http://www.remibelleau.com</t>
   </si>
   <si>
     <t>http://www.couasnon.com</t>
   </si>
   <si>
     <t>http://www.lycee-sully-nogent.fr</t>
   </si>
   <si>
+    <t>36019</t>
+  </si>
+  <si>
+    <t>CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>http://www.lycee-charmilles-chateauroux.fr/</t>
+  </si>
+  <si>
+    <t>37081</t>
+  </si>
+  <si>
+    <t>TOURS</t>
+  </si>
+  <si>
+    <t>http://www.lycee-clouet.fr</t>
+  </si>
+  <si>
+    <t>37058</t>
+  </si>
+  <si>
+    <t>http://www.albertbayet.fr/index.php/fr/</t>
+  </si>
+  <si>
+    <t>37073</t>
+  </si>
+  <si>
+    <t>http://lycee-eiffel-tours.eu</t>
+  </si>
+  <si>
+    <t>37700</t>
+  </si>
+  <si>
+    <t>SAINT PIERRE DES CORPS</t>
+  </si>
+  <si>
+    <t>http://www.martin-nadaud.org</t>
+  </si>
+  <si>
+    <t>http://www.ndlr.fr/</t>
+  </si>
+  <si>
+    <t>37300</t>
+  </si>
+  <si>
+    <t>JOUE LES TOURS</t>
+  </si>
+  <si>
+    <t>http://www.saint-gatien.org</t>
+  </si>
+  <si>
+    <t>37200</t>
+  </si>
+  <si>
+    <t>http://www.lyceevictorlaloux.fr</t>
+  </si>
+  <si>
+    <t>37305</t>
+  </si>
+  <si>
+    <t>http://www.lycee-arsonval.com</t>
+  </si>
+  <si>
+    <t>37000</t>
+  </si>
+  <si>
+    <t>http://www.lp-becquerel.fr/</t>
+  </si>
+  <si>
+    <t>37110</t>
+  </si>
+  <si>
+    <t>CHATEAU RENAULT</t>
+  </si>
+  <si>
+    <t>http://www.lycee-des-metiers-beauregard.fr</t>
+  </si>
+  <si>
     <t>41034</t>
   </si>
   <si>
     <t>BLOIS</t>
   </si>
   <si>
     <t>http://www.lapro.org</t>
   </si>
   <si>
     <t>41110</t>
   </si>
   <si>
     <t>SAINT AIGNAN</t>
   </si>
   <si>
     <t>http://www.lyceevaldecher.fr/</t>
   </si>
   <si>
     <t>41016</t>
   </si>
   <si>
     <t>http://www.lyc-delaunay-blois.fr</t>
   </si>
   <si>
-    <t>36019</t>
-[...76 lines deleted...]
-  <si>
     <t>45140</t>
   </si>
   <si>
     <t>SAINT JEAN DE LA RUELLE</t>
   </si>
   <si>
     <t>http://lycee-marechal-leclerc.com</t>
   </si>
   <si>
     <t>45300</t>
   </si>
   <si>
     <t>PITHIVIERS</t>
   </si>
   <si>
     <t>http://lycee-jeandelataille.fr</t>
   </si>
   <si>
     <t>45057</t>
   </si>
   <si>
     <t>ORLEANS</t>
   </si>
   <si>
     <t>http://www.stpaulbb.org</t>
@@ -13383,62 +12326,56 @@
   <si>
     <t>http://www.lyceeguillaumetirel.fr</t>
   </si>
   <si>
     <t>Poitiers</t>
   </si>
   <si>
     <t>16600</t>
   </si>
   <si>
     <t>RUELLE SUR TOUVRE</t>
   </si>
   <si>
     <t>http://www.lyceejeancaillaud.fr/</t>
   </si>
   <si>
     <t>16260</t>
   </si>
   <si>
     <t>CHASSENEUIL SUR BONNIEURE</t>
   </si>
   <si>
     <t>http://www.lycee-chabanne16.fr/</t>
   </si>
   <si>
-    <t>16017</t>
+    <t>16022</t>
   </si>
   <si>
     <t>ANGOULEME</t>
   </si>
   <si>
-    <t>http://lpjeanrostand.fr/lpjr/</t>
-[...4 lines deleted...]
-  <si>
     <t>http://etab.ac-poitiers.fr/lp-sillac/</t>
   </si>
   <si>
     <t>16800</t>
   </si>
   <si>
     <t>SOYAUX</t>
   </si>
   <si>
     <t>http://etab.ac-poitiers.fr/lyc-soyaux</t>
   </si>
   <si>
     <t>16000</t>
   </si>
   <si>
     <t>https://saintemarthe-chavagnes.com/</t>
   </si>
   <si>
     <t>17800</t>
   </si>
   <si>
     <t>PONS</t>
   </si>
   <si>
     <t>http://www.lycee-pons.org</t>
@@ -13485,50 +12422,59 @@
   <si>
     <t>ROCHEFORT</t>
   </si>
   <si>
     <t>http://www.lycee-marcel-dassault.fr/</t>
   </si>
   <si>
     <t>17200</t>
   </si>
   <si>
     <t>ROYAN</t>
   </si>
   <si>
     <t>https://lyceeatlantique.fr/</t>
   </si>
   <si>
     <t>79110</t>
   </si>
   <si>
     <t>CHEF BOUTONNE</t>
   </si>
   <si>
     <t>http://lycee-jf-cail.fr</t>
   </si>
   <si>
+    <t>79403</t>
+  </si>
+  <si>
+    <t>SAINT MAIXENT L ECOLE</t>
+  </si>
+  <si>
+    <t>http://www.lycee-hautvaldesevre.fr/</t>
+  </si>
+  <si>
     <t>79101</t>
   </si>
   <si>
     <t>THOUARS</t>
   </si>
   <si>
     <t>http://www.jeanmoulin-thouars.com</t>
   </si>
   <si>
     <t>79300</t>
   </si>
   <si>
     <t>BRESSUIRE</t>
   </si>
   <si>
     <t>https://www.saintjo.org/</t>
   </si>
   <si>
     <t>79010</t>
   </si>
   <si>
     <t>NIORT</t>
   </si>
   <si>
     <t>https://www.lycee-gaston-barre.fr/component/content/?id=83&amp;Itemid=559</t>
@@ -13569,176 +12515,116 @@
   <si>
     <t>http://www.lycee-reaumur.fr</t>
   </si>
   <si>
     <t>86100</t>
   </si>
   <si>
     <t>CHATELLERAULT</t>
   </si>
   <si>
     <t>http://etab.ac-poitiers.fr/lycee-le-verger/</t>
   </si>
   <si>
     <t>Reims</t>
   </si>
   <si>
     <t>08109</t>
   </si>
   <si>
     <t>CHARLEVILLE MEZIERES</t>
   </si>
   <si>
     <t>https://sitetab1.ac-reims.fr/lyc-bazin/-joomla-/index.php</t>
   </si>
   <si>
-    <t>08003</t>
-[...4 lines deleted...]
-  <si>
     <t>08200</t>
   </si>
   <si>
     <t>SEDAN</t>
   </si>
   <si>
     <t>https://lycee-jbc08.fr/</t>
   </si>
   <si>
-    <t>08140</t>
-[...7 lines deleted...]
-  <si>
     <t>10110</t>
   </si>
   <si>
     <t>BAR SUR SEINE</t>
   </si>
   <si>
     <t>https://lyc-val-more.monbureaunumerique.fr/</t>
   </si>
   <si>
-    <t>10000</t>
-[...22 lines deleted...]
-  <si>
     <t>51037</t>
   </si>
   <si>
     <t>CHALONS EN CHAMPAGNE</t>
   </si>
   <si>
     <t>https://lycee-etienne-oehmichen.fr/</t>
   </si>
   <si>
+    <t>51066</t>
+  </si>
+  <si>
+    <t>REIMS</t>
+  </si>
+  <si>
+    <t>https://sitetab3.ac-reims.fr/lp-eiffel/</t>
+  </si>
+  <si>
+    <t>51673</t>
+  </si>
+  <si>
+    <t>https://lyc-europe.monbureaunumerique.fr/</t>
+  </si>
+  <si>
+    <t>51331</t>
+  </si>
+  <si>
+    <t>EPERNAY</t>
+  </si>
+  <si>
+    <t>http://www.lycee-hessel.fr/</t>
+  </si>
+  <si>
+    <t>https://www.groupedelasalle-reims.com/</t>
+  </si>
+  <si>
+    <t>51001</t>
+  </si>
+  <si>
+    <t>http://www.ozanam-lycee.fr</t>
+  </si>
+  <si>
     <t>51095</t>
   </si>
   <si>
-    <t>REIMS</t>
-[...46 lines deleted...]
-  <si>
     <t>http://lyceearago.net</t>
   </si>
   <si>
-    <t>51097</t>
-[...4 lines deleted...]
-  <si>
     <t>http://www.lyceejeantalon.fr</t>
   </si>
   <si>
     <t>52105</t>
   </si>
   <si>
     <t>ST DIZIER</t>
   </si>
   <si>
     <t>https://lyc-st-exupery-st-dizier.monbureaunumerique.fr</t>
   </si>
   <si>
     <t>52130</t>
   </si>
   <si>
     <t>WASSY</t>
   </si>
   <si>
     <t>https://lyc-baudot.monbureaunumerique.fr/</t>
   </si>
   <si>
     <t>52008</t>
   </si>
   <si>
     <t>CHAUMONT</t>
@@ -13899,50 +12785,152 @@
   <si>
     <t>29120</t>
   </si>
   <si>
     <t>http://www.lycee-laennec-pontlabbe.ac-rennes.fr</t>
   </si>
   <si>
     <t>29187</t>
   </si>
   <si>
     <t>http://www.stjoseph-stmarc.fr/</t>
   </si>
   <si>
     <t>29229</t>
   </si>
   <si>
     <t>https://www.lacroixrouge-brest.fr/</t>
   </si>
   <si>
     <t>29196</t>
   </si>
   <si>
     <t>http://www.likes.org</t>
   </si>
   <si>
+    <t>35803</t>
+  </si>
+  <si>
+    <t>DINARD</t>
+  </si>
+  <si>
+    <t>http://www.lyceehotelierdinard.fr</t>
+  </si>
+  <si>
+    <t>35605</t>
+  </si>
+  <si>
+    <t>REDON</t>
+  </si>
+  <si>
+    <t>http://www.beaumont-redon.fr</t>
+  </si>
+  <si>
+    <t>35069</t>
+  </si>
+  <si>
+    <t>RENNES</t>
+  </si>
+  <si>
+    <t>https://lyceepmf.fr/</t>
+  </si>
+  <si>
+    <t>35000</t>
+  </si>
+  <si>
+    <t>http://www.lycee-jean-jaures-rennes.fr/</t>
+  </si>
+  <si>
+    <t>35703</t>
+  </si>
+  <si>
+    <t>https://lycee-des-metiers-louis-guilloux.fr/</t>
+  </si>
+  <si>
+    <t>35190</t>
+  </si>
+  <si>
+    <t>TINTENIAC</t>
+  </si>
+  <si>
+    <t>http://www.lycee-bel-air-tinteniac.ac-rennes.fr/</t>
+  </si>
+  <si>
+    <t>35506</t>
+  </si>
+  <si>
+    <t>VITRE</t>
+  </si>
+  <si>
+    <t>http://www.lyceelachampagne.fr</t>
+  </si>
+  <si>
+    <t>35300</t>
+  </si>
+  <si>
+    <t>FOUGERES</t>
+  </si>
+  <si>
+    <t>https://www.citescolairejeanguehenno-fougeres.ac-rennes.fr/</t>
+  </si>
+  <si>
+    <t>http://www.lycee-jblt.fr</t>
+  </si>
+  <si>
+    <t>35603</t>
+  </si>
+  <si>
+    <t>http://www.lyceemarcelcallo.org</t>
+  </si>
+  <si>
+    <t>35577</t>
+  </si>
+  <si>
+    <t>CESSON SEVIGNE</t>
+  </si>
+  <si>
+    <t>https://www.lycee-ozanam35.fr/</t>
+  </si>
+  <si>
+    <t>35702</t>
+  </si>
+  <si>
+    <t>https://www.groupe-saintjean.fr/</t>
+  </si>
+  <si>
+    <t>35708</t>
+  </si>
+  <si>
+    <t>https://www.lycee-ja-rennes.org/</t>
+  </si>
+  <si>
+    <t>35503</t>
+  </si>
+  <si>
+    <t>https://www.jeanne-darc-vitre.fr/</t>
+  </si>
+  <si>
     <t>56406</t>
   </si>
   <si>
     <t>AURAY</t>
   </si>
   <si>
     <t>http://www.lycee-duguesclin.fr</t>
   </si>
   <si>
     <t>56410</t>
   </si>
   <si>
     <t>ETEL</t>
   </si>
   <si>
     <t>http://lycee-emile-james.org</t>
   </si>
   <si>
     <t>56380</t>
   </si>
   <si>
     <t>GUER</t>
   </si>
   <si>
     <t>http://www.citescolairebroceliande.fr</t>
@@ -13953,386 +12941,152 @@
   <si>
     <t>LORIENT</t>
   </si>
   <si>
     <t>http://www.marielefranc.org</t>
   </si>
   <si>
     <t>56306</t>
   </si>
   <si>
     <t>PONTIVY</t>
   </si>
   <si>
     <t>http://www.lycee-blavet.fr</t>
   </si>
   <si>
     <t>56290</t>
   </si>
   <si>
     <t>PORT LOUIS</t>
   </si>
   <si>
     <t>https://www.lyceeprofessionneljuliencrozet.fr/</t>
   </si>
   <si>
-    <t>35803</t>
-[...100 lines deleted...]
-  <si>
     <t>56801</t>
   </si>
   <si>
     <t>PLOERMEL</t>
   </si>
   <si>
     <t>http://www.lycee-lamennais.fr</t>
   </si>
   <si>
     <t>56109</t>
   </si>
   <si>
     <t>http://www.st-joseph-lorient.org</t>
   </si>
   <si>
     <t>http://www.lycee-jeannedarc-saintivy.com</t>
   </si>
   <si>
     <t>56010</t>
   </si>
   <si>
     <t>VANNES</t>
   </si>
   <si>
     <t>www.stjo-vannes.com</t>
   </si>
   <si>
     <t>56000</t>
   </si>
   <si>
     <t>http://www.ndlm56.bzh</t>
   </si>
   <si>
     <t>56230</t>
   </si>
   <si>
     <t>QUESTEMBERT</t>
   </si>
   <si>
     <t>https://lyceemarcellinberthelot.fr/</t>
   </si>
   <si>
     <t>Strasbourg</t>
   </si>
   <si>
-    <t>67241</t>
-[...25 lines deleted...]
-  <si>
     <t>67703</t>
   </si>
   <si>
     <t>SAVERNE</t>
   </si>
   <si>
     <t>https://lyceevernesaverne.wordpress.com/</t>
   </si>
   <si>
-    <t>67025</t>
+    <t>67404</t>
+  </si>
+  <si>
+    <t>ILLKIRCH</t>
+  </si>
+  <si>
+    <t>http://lycee-hotelier-adumas.fr</t>
+  </si>
+  <si>
+    <t>67163</t>
+  </si>
+  <si>
+    <t>WISSEMBOURG</t>
+  </si>
+  <si>
+    <t>http://www.lycee-stanislas.fr</t>
+  </si>
+  <si>
+    <t>67000</t>
   </si>
   <si>
     <t>STRASBOURG</t>
   </si>
   <si>
-    <t>http://www.lyc-couffignal-strasbourg.ac-strasbourg.fr</t>
-[...31 lines deleted...]
-  <si>
     <t>http://lyceeoberlinstrasbourg.wordpress.com</t>
   </si>
   <si>
-    <t>https://www.lycee-heinrich-nessel.fr/</t>
-[...16 lines deleted...]
-  <si>
     <t>http://www.hautbarr.net</t>
   </si>
   <si>
-    <t>ILLKIRCH GRAFFENSTADEN</t>
-[...43 lines deleted...]
-  <si>
     <t>68840</t>
   </si>
   <si>
     <t>PULVERSHEIM</t>
   </si>
   <si>
     <t>http://www.lyceecharlesdegaulle.fr</t>
   </si>
   <si>
-    <t>68110</t>
-[...16 lines deleted...]
-  <si>
     <t>68040</t>
   </si>
   <si>
     <t>INGERSHEIM</t>
   </si>
   <si>
     <t>http://www.lyceeschwendi.fr</t>
   </si>
   <si>
-    <t>68504</t>
-[...7 lines deleted...]
-  <si>
     <t>Toulouse</t>
   </si>
   <si>
     <t>09300</t>
   </si>
   <si>
     <t>LAVELANET</t>
   </si>
   <si>
     <t>https://joseph-marie-jacquard.mon-ent-occitanie.fr/</t>
   </si>
   <si>
     <t>09500</t>
   </si>
   <si>
     <t>MIREPOIX</t>
   </si>
   <si>
     <t>https://cite-scolaire-mirepoix.mon-ent-occitanie.fr/</t>
   </si>
   <si>
     <t>09201</t>
   </si>
   <si>
     <t>SAINT GIRONS</t>
@@ -14388,53 +13142,50 @@
   <si>
     <t>GOURDAN POLIGNAN</t>
   </si>
   <si>
     <t>https://paul-mathou.mon-ent-occitanie.fr/</t>
   </si>
   <si>
     <t>31300</t>
   </si>
   <si>
     <t>TOULOUSE</t>
   </si>
   <si>
     <t>https://deodat.mon-ent-occitanie.fr/</t>
   </si>
   <si>
     <t>31026</t>
   </si>
   <si>
     <t>https://hotellerie-tourisme.mon-ent-occitanie.fr/</t>
   </si>
   <si>
     <t>31200</t>
   </si>
   <si>
-    <t>https://roland-garros.mon-ent-occitanie.fr/</t>
-[...1 lines deleted...]
-  <si>
     <t>https://urbain-vitry.mon-ent-occitanie.fr/</t>
   </si>
   <si>
     <t>31400</t>
   </si>
   <si>
     <t>https://gabriel-peri.mon-ent-occitanie.fr/</t>
   </si>
   <si>
     <t>31100</t>
   </si>
   <si>
     <t>https://helene-boucher.mon-ent-occitanie.fr/</t>
   </si>
   <si>
     <t>31250</t>
   </si>
   <si>
     <t>REVEL</t>
   </si>
   <si>
     <t>https://vincent-auriol.mon-ent-occitanie.fr/</t>
   </si>
   <si>
     <t>31770</t>
@@ -15156,364 +13907,552 @@
   <si>
     <t>http://www.lyc-rimbaud-garges.ac-versailles.fr</t>
   </si>
   <si>
     <t>95104</t>
   </si>
   <si>
     <t>http://www.lyc-leger-argenteuil.ac-versailles.fr</t>
   </si>
   <si>
     <t>95102</t>
   </si>
   <si>
     <t>http://www.garac.com/</t>
   </si>
   <si>
     <t>95880</t>
   </si>
   <si>
     <t>ENGHIEN LES BAINS</t>
   </si>
   <si>
     <t>http://www.lyc-polyvalent-monod-enghien.ac-versailles.fr</t>
   </si>
   <si>
-    <t>Appellation Lycée(s) des métiers en réseau
-[...24 lines deleted...]
-    <t>Systèmes innovants, mécatronique</t>
+    <t>Établissement</t>
+  </si>
+  <si>
+    <t>Direction générale
+de l’enseignement scolaire</t>
+  </si>
+  <si>
+    <t>Liste nationale des établissements labellisés Lycée des métiers</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de la santé, du social et de la construction durable</t>
+  </si>
+  <si>
+    <t>VERDUN</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VALERY GISCARD D'ESTAING</t>
+  </si>
+  <si>
+    <t>VERRIERES EN ANJOU</t>
+  </si>
+  <si>
+    <t>https://www.lesperseverants.fr/</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Filières d'activité de rattachement
+      <t xml:space="preserve">Filières d'activité de rattachement 
 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Marianne"/>
+      </rPr>
+      <t>Nomenclature : cf onglet suivant</t>
+    </r>
+  </si>
+  <si>
+    <t>Lycée des métiers de l'habitat, du bâtiment et des services associés</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de l'environnement et de l'aménagement du bâtiment</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de l'accueil, la vente et la gestion</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de la vente et de la gestion administrative</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de l'habitat et des énergies Lycée des métiers de l'armurerie</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de la vente et du sanitaire et social</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de l'industrie et du service à la personne et à l'entreprise</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT RAOUL GEORGES NICOLO</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT CHEVALIER DE SAINT-GEORGES</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de la mode, des services à la personne et aux collectivités</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de la création graphique, du numérique et des services de l'entreprise</t>
+  </si>
+  <si>
+    <t>Lycée des métiers du management, de la communication et de la relation client</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de la gestion et de la transaction des professions immobilières</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de service à la personne et à la collectivité</t>
+  </si>
+  <si>
+    <t>Lycée des métiers du secteur de la santé et du social</t>
+  </si>
+  <si>
+    <t>Lycée des métiers du numérique et de l'electricité</t>
+  </si>
+  <si>
+    <t>Lycée des métiers Jean Jooris de la côte fleurie</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de la maintenance et de l'hortipaysage</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de l'accompagnement et des services sanitaires et sociaux</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de la maintenance automobile, des transitions numérique et énergétique</t>
+  </si>
+  <si>
+    <t>Lycée des métiers des services et de l'aéronautique Flora Tristan</t>
+  </si>
+  <si>
+    <t>Lycée des métiers des énergies, des productions et des mobilités en transitions</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL GASTON BARRE</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL JULES RAIMU</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de l'industrie : maintenance, production, électricité et automobile</t>
+  </si>
+  <si>
+    <t>Lycée des métiers de la gestion de l'entreprise, du commerce et de l'international</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL BRISE-LAMES</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL EXTERNAT SAINT JOSEPH LA CORDEILLE</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Marianne"/>
+      </rPr>
+      <t>Appellation Lycée(s) des métiers en réseau</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="10"/>
-        <color rgb="FF000000"/>
+        <sz val="9"/>
         <rFont val="Marianne"/>
       </rPr>
-      <t>Nomenclature : cf onglet suivant</t>
+      <t xml:space="preserve">
+Appellation visant à valoriser l'action commune de plusieurs établissements labellisés en réseau sur un territoire</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="10" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Marianne"/>
+    </font>
+    <font>
       <b/>
-      <sz val="10"/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Marianne"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Marianne"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Marianne"/>
     </font>
     <font>
+      <u/>
       <sz val="10"/>
-      <color rgb="FF000000"/>
+      <color rgb="FF0000FF"/>
+      <name val="Marianne"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Marianne"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Marianne"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Marianne"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
       <name val="Marianne"/>
     </font>
     <font>
       <b/>
       <i/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <u/>
       <sz val="9"/>
-      <color rgb="FF0000FF"/>
-[...19 lines deleted...]
-      <color theme="1"/>
       <name val="Marianne"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
-      <color theme="1"/>
-[...4 lines deleted...]
-      <color theme="1"/>
       <name val="Marianne"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFC0C0C0"/>
+        <fgColor rgb="FFD0C3B7"/>
         <bgColor rgb="FFC0C0C0"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFD0C3B7"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>120651</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>387350</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>152400</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Image 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D202D25-0C4B-C09D-581E-5F6F89A7BDEB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="120651" y="76200"/>
+          <a:ext cx="1346199" cy="1019175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -15642,26720 +14581,25549 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-lamorlette.fr/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-cfa-victor-obernai.fr/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-galilee-gennevilliers.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-saint-eloi.com/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polaris-formation.fr/nos-sites/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycees.ac-rouen.fr/lavoisier/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-pierre-gueguin-concarneau.ac-rennes.fr/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://charles-et-adrien-dupuy-le-puy.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-ndfontenay.com/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceegutenberg.net/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-latecoere.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://svpbordeaux.fr/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://claude-lebois.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc-mauriceviollette-dreux.tice.ac-orleans-tours.fr/eva/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://saint-alyre.net/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saintjo-marvejols.com/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bertenejuminer.lyc.ac-guadeloupe.fr/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://funay-boucher.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-hutinel.fr/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceepmf.fr/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://joseph-marie-jacquard.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://helene-boucher.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-verne-sartrouville.ac-versailles.fr/index.php" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-dumas.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citescolairedemarmande.fr/lycee/enseignement-professionnel" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp-des-metiers-du-batiment.eta.ac-guyane.fr/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-hainaut.net/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-prevert-stchristollesales.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-doucet.fr/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.martin-nadaud.org/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-baudelaire-evry.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mendes-france.lyc.ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://webetab.ac-bordeaux.fr/Etablissement/LpOloron/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lespannevelles.net/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lasallesaintdenis.com/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-dolmen.com/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://montesquieu.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.encia.fr/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oasis-caen.net/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jeanne-darc-vitre.fr/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clement-ader.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-estaque.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.denisdiderot-belfort.fr/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceetravauxpublicsbruaylabuissiere.fr/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sainte-sophie.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-tbernard-besancon.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycees-jeanmonnet-yzeure.fr/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.louisemichelchampigny.ac-creteil.fr/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-champollion-lattes.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-scse.fr/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-vinci-levallois.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ac-grenoble.fr/lycee/galilee.vienne" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensemble-domsortais.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-couffignal-strasbourg.ac-strasbourg.fr/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jean-dupuy.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fmstandre.fr/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-sud-gironde.fr/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lpp-ste-genevieve.fr/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-lemasjambost-limoges.ac-limoges.fr/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://coubertin-lyc.spip.ac-rouen.fr/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-mireille-grenet.fr/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceedelamergujan.fr/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.carrel.fr/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceejeancaillaud.fr/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://olympe-de-gouges-montech.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-epluches-st-ouen.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sites.google.com/a/sjc43.fr/sjc43/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-hmoisand-longchamp.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-pierre-marie-curie.fr/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-charles-de-gonzague.fr/index.php" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.likes.org/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lm-roosevelt.fr/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lporaoulgeorgesnicolo.fr/news.php" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://haut-forez.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceetellier.fr/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-mendesfrance-vitrolles.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceelacompassion.fr/enseignement_superieur.html" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-curie-stjeandugard.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.couasnon.com/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-marcel-dassault.fr/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-doisneau-corbeil.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-baudelaire-fosses.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-gambetta.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceedechamalieres.fr/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceedavier.fr/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jean-moulin-beziers.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-deodat-de-severac.org/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rondeau.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-des-metiers-louis-guilloux.fr/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-professionnel-montplaisir.org/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-patu-de-rosemont.ac-reunion.fr/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.groupe-oec.fr/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-cisson.fr/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aristide-berges.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eugene-montel.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.citescolairedumarquenterre.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceejeancapellebergerac.fr/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://danielle-casanova.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saint-gatien.org/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-reaumur.fr/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vicat.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-monge-savigny.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-metiers-orthez.fr/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-edc.com/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceeevaristegalois.fr/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://heinlex.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycees-dinan.fr/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lpp-verguin.com/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jean-jooris.lycee.ac-normandie.fr/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.st-joseph-lorient.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-leau.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-barbanceys.com/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceejapy.fr/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.diderot.org/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-cotesdevillebon-meudon.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-jprevert-dole.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceedegascogne.fr/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycees-albert-londres.fr/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceejeanmace-vitry.fr/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.ac-martinique.fr/lyc-luminasophie/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-des-metiers-du-batiment-pleyben.ac-rennes.fr/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceelesarcades.com/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etsco.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-mathis-schiltigheim.ac-strasbourg.fr/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-elm.fr/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-louis-lachenal.fr/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-maryse-bastie.fr/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lpjeanrostand.fr/lpjr/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.querbes.net/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-monnet-lqly.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://webetab.ac-bordeaux.fr/lycee-esteve/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-lafayette-clermont.fr/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gaston-darboux.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sitetab1.ac-reims.fr/lyc-bazeilles/-joomla-/index.php" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-cognacq-jay.fr/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-paul-augier.com/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-emile-james.org/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-charlespointet-thann.fr/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.provence-formation.fr/lycees/lycee-celony" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coursmaintenon.fr/professionnel/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://laplace.etab.ac-caen.fr/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lapro.org/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metiers-foret-bois.org/etablissement/lycee-des-metiers-de-la-premiere-transformation-du-bois" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-denis-cerny.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lamarck.lyc.ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-friant.com/site/spip/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://paulbert.fr/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierre-joel-bonte-riom.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-sauvy-villelonguedelsmonts.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-jf-cail.fr/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-rimbaud-garges.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-diderot.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceehenaff.fr/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-mendesfrance-montpellier.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://monge.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceelachampagne.fr/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://philippe-tissie.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-henri-laurens-saint-vallier.web.ac-grenoble.fr/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-jhinglo.ac-reunion.fr/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isv-ndsc.fr/etablissements/lycee-notre-dame-du-sacre-coeur.html" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecoles-du-bon-sauveur.fr/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cahors.st-etienne46.com/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chateau-potel-la-ferte-milon.ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.la-providence.net/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lpvinci-perigueux.fr/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.st-joseph-hasparren.fr/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slsb.fr/lyceepro" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-arsonval.com/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sitetab1.ac-reims.fr/lyc-bazin/-joomla-/index.php" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-prony-asnieres.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.condorcet93.fr/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cofap-ifom-formation.com/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-freyssinet.fr/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-viste.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-armandguillaumin.fr/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.creefi.fr/voiron-les-gorges/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lmb-felletin.ac-limoges.fr/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lesnard.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lecesne-lyc.spip.ac-rouen.fr/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceepro-pessac.fr/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-saint-exupery-bellegarde.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#160;http:/lyc-marcel-deprez.ac-paris.fr" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://louis-rascol.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-monod-antony.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lpovictoranicet.com/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.st-andre.org/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leparaclet.org/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceeoberlinstrasbourg.wordpress.com/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc58-fmitterrand.ac-dijon.fr/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://deodat.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-brise-lames.fr/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-jean-taris-40.net/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-saint-vincent-le-havre.com/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://etab.ac-poitiers.fr/lyc-soyaux" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-vaucanson-lesmureaux.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-mermoz-montsoult.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc&#233;e-&#233;douard-gand-amiens.fr/gest.0800011c@ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://amedee-gasquet-clermont-ferrand.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-monts-lyonnais.fr/accueil/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lppbsm.eu/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-thaon.fr/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.marielefranc.org/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-alfredcostes.fr/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lpo-bertene-juminer.eta.ac-guyane.fr/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bougainville.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycees.ac-rouen.fr/modeste-leroy/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceecharlesdegaulle.fr/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atrium-sud.fr/web/lpo-lyc-metier-alphonse-benoit-848031/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-pevictor-champagnole.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://institutnicolasbarre.fr/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.langevin-la-seyne.fr/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-delaunay-blois.fr/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.myriam31.com/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-perrin-longjumeau.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.garac.com/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://webetab.ac-bordeaux.fr/Etablissement/Jurancon/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.campus-coulommiers.eu/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-frederic-fays.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-allies-pezenas.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-luxemburg-canetenroussillon.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ac-grenoble.fr/lycee/chambery.monge" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-jblt.fr/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-metiers-aubin.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-colard-noel.fr/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogpeda.ac-bordeaux.fr/lplesmenuts/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-mandela.fr/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stfelixlasalle.fr/etablissement/lycee-professionnel" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-des-metiers-beauregard.fr/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quercy-perigord.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-monnet-montrouge.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.immac-pau.com/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lpbartholdi93.fr/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lproussillat.fr/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erea-pellet.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.ac-nancy-metz.fr/lyc-stanislas-villers/0stanwp/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.montbareil.com/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jbrel94.fr/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-citroen.monbureaunumerique.fr/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-alpilles.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://robert-garnier.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jeannedarc-mazamet.fr/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceebeauderochas.fr/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://raymond-cortat-aurillac.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marcelle-parde.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-fil-carcassonne.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-pons.org/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-eiffel-rueil.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://robert-desnos-crepy-en-valois.ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc71-astier.ac-dijon.fr/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saint-gabriel.fr/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-bret.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-calade.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecole-hoteliere-thonon.com/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-andre-malraux-remiremont.eu/lycee/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee.svp-nice.com/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lp-jean-guehenno-st-amand-montrond.tice.ac-orleans-tours.fr/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-cfa-du-btp-cernay.com/accueil" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://roland-garros.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-violletleduc.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-maria-casares.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lpjeandarcet.fr/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://marie-laurencin-riom.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-beaupre.fr/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-clouet.fr/" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-turgot-montmorency.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabrini.fr/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vincentdepaul30.com/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.genevoix-signoret-vinci.fr/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-edouard-herriot.com/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceeprofessionneljuliencrozet.fr/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sacrecoeur-notredame.com/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lpo-melkior-garre.eta.ac-guyane.fr/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cite-kastler.monbureaunumerique.fr/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://perrin-goussier.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://joseph-gallieni.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-belin.fr/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceeprofessionnel-morlaas.fr/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isv-ndsc.fr/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfred-de-musset.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-armand-yerres.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-nmandela-audincourt.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-benjamin-franklin.com/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-degaulle-sete.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-jeandelataille.fr/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-georges-briere.fr/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-ozanam35.fr/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceedelenna.fr/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-iserbordier.fr/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://schuman.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceedesandaines.fr/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-siegfried-haguenau.ac-strasbourg.fr/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-flora-tristan.net/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.immac-pau.com/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-st-exupery-limoges.ac-limoges.fr/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arrouza.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-bleriot-suresnes.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-privat.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://canuts.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.carcado-saisseval.com/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceehenriavril.fr/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-robert-keller.fr/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceedesmetiersdelamontagne.org/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tabarly.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.belorme.com/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hautbarr.net/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-metiers-beaumont.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.st-nicolas.org/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-lurcat.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-sidoine-apollinaire.fr/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierre-coton.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-cros-carcassonne.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc-edouardbranly-dreux.tice.ac-orleans-tours.fr/eva/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lp-blaisepascal.net/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-laennec-pontlabbe.ac-rennes.fr/" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-escoffier-eragny.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atrium-sud.fr/web/lp-lyc-metier-alpes-et-durance-052001/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sainte-thecle.com/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://louisdelgres.lyc.ac-guadeloupe.fr/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceepeytavin.com/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://touchard-washington.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.beaumont-redon.fr/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sevigne-tg.etab.ac-lille.fr/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leonarddevinci.net/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gabriel-peri.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-branly.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceeportedulotclairac.fr/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lasalle42.fr/lycee-professionnel" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-anthoniozdegaulle-milhaud.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://decretot-lyc.spip.ac-rouen.fr/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-eiffel-tours.eu/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.raoul-mortier.fr/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.libergier.net/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceelouislumiere.fr/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceehorticulture93.fr/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-tournelle.monbureaunumerique.fr/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.citeferrydelle.fr/joomla/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lpo-lama-prevot.eta.ac-guyane.fr/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-sainte-anne.fr/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-ja-rennes.org/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cite-d-artagnan.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-ampere-morsang.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.site.ac-aix-marseille.fr/lyc-caillie/spip/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stvincentdepaulsoissons.org/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-guynemer.fr/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.st-jo.com/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceebranly.com/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-vinci-montpellier.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-jean-lurcat.com/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-st-exupery-st-dizier.monbureaunumerique.fr/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-france-colombes.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leshuisselets.com/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://paul-constans.fr/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceecugnot.fr/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providencecholet.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-polyvalent-elorn-landerneau.fr/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceevernesaverne.wordpress.com/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reffye.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://charlespeguymarseille.com/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceecharlespeguy.fr/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.poletertiaire-pagnol.fr/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.donboscolyon.org/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceeguillaumetirel.fr/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jean-monnet-le-puy.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceepaulineroland.fr/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-lecorbusier-cormeilles.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.st-ambroise.org/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-mendes-france-contrexeville.monbureaunumerique.fr/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceelescoteaux-cannes.fr/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lacroixrouge-brest.fr/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-stoessel-mulhouse.ac-strasbourg.fr/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jean-baylet.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-hotelier.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saint-genes.com/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benoit-charvet.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.institut-lemonnier.fr/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.remibelleau.com/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceepierreboulanger.fr/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ernest-hemingway.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ensemble-sacre-coeur.fr/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-jeanhyppolite.fr/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-claudel-vaureal.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-sevigne.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-vauban-auxerre.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://raphaelelize.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ac-nice.fr/lycee-maulnier/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-jean-jaures-rennes.fr/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cite-scolaire-mirepoix.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vincent-auriol.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-brassens.re/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceevertesfeuilles.fr/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tony-garnier.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-revoul.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rolland.lyc.ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-metiers-orthez.fr/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-leger-bedarieux.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndlr.fr/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stjacquesdecompostelle.com/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-brassens-courcouronnes.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceefloratristan77.com/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amblard.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-toulois.monbureaunumerique.fr/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lppc.fr/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-ndf.fr/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceecdg52.com/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-lamennais.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-mistral-marseille.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-sud-perigord.fr/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceecaraminot.fr/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://le-garros.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-morteau.com/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lpp-saintaugustin.fr/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://joseph-marie-jacquard.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lautreamont.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-voilin-puteaux.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycees-albert-londres.fr/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.larmand.fr/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esoo.com/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceetristancorbiere.fr/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-hotelier-adumas.fr/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lpr-darmante-capbreton.fr/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-jean-monnet.ac-limoges.fr/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecolelamache.org/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycees.ac-rouen.fr/lecorbusier/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-chabanne16.fr/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-bleriot-trappes.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-braque-argenteuil.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.enseignement-prive.info/fiche/lycee-des-metiers-ensemble-scolaire-st-jacques-de-compostelle-lycee-d-enseignement-general-site-st-joseph-et-technologique-site-anne-marie-martel-le-puy-en-velay/ET043-80" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-eguillaume-montbard.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/Lyc&#233;es%20des%20M&#233;tiers/Campagne%202023-2024/AOUT/RETOURS/OCCITANIE_Tableau%20de%20recensement_Campagne%202024%20-%2011072024.xlsx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-viviani.monbureaunumerique.fr/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-duguesclin.fr/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc89-janot.ac-dijon.fr/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ac-nice.fr/pvalery" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceedurebberg.fr/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.donbosco-marseille.fr/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-du-bois.com/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chevalierdesaintgeorges.lyc.ac-guadeloupe.fr/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benoit-fourneyron.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-sully-nogent.fr/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceeairbus.com/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-hotelier-etiolles.fr/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atrium-sud.fr/web/lp-lyc-metier-louis-bleriot-137211/accueil" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-cantau.net/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-godefroy.com/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-mermoz-beziers.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-lurcat-perpignan.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stcharles-stecroix.org/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-hessel.fr/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-louisjouvet-taverny.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceeparcsaintjean.fr/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-bel-air-tinteniac.ac-rennes.fr/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://francois-camel.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-jdlf.fr/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etab.ac-reunion.fr/lyc-horizon/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.groupe-oec.fr/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-sauxmarais.fr/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceevictorlaloux.fr/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://champollion.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-poincare-palaiseau.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceejeanracine.fr/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.claveille.org/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceemetiersdart-coarraze.org/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-vionnet.fr/contact.php" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceecotton.net/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sepr.edu/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://etab.ac-poitiers.fr/lycee-le-verger/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lasource-nogent.fr/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://appert.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceedesmetiers-jules-verne-guingamp.ac-rennes.fr/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-jeannedarc-saintivy.com/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atrium-paca.fr/web/lp-lyc-metier-jean-baptiste-brochier-130101" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saint-charles.chauny.com/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.creefi.fr/allevard-le-breda/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-bourganeuf.ac-limoges.fr/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://toulouse-lautrec-albi.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceemorez.fr/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-condorcet-arcachon.fr/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gustave-eiffel-gannat.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.ac-martinique.fr/lyc-raymondneris/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-painleve-courbevoie.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.labriquerie.net/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saintaubinlasalle.fr/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.landerneau.bzh/contacts/lycee-saint-joseph-groupe-scolaire-les-2-rives/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-stanislas.fr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-charlotte-grawitz.com/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-pgdegennes-cosne-cours-sur-loire.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lpberard-amberieu.fr/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-les-palmiers.ac-nice.fr/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paul-mathou.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-curie-nogent-sur-oise.ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceewlerick.fr/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-roger-claustres.fr/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://etab.ac-poitiers.fr/lp-sillac/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jeannedarc-franconville.fr/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-jeanpierretimbaud.fr/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceemistralnimes.net/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citescolaire-neufchateau.fr/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.citescolairebroceliande.fr/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceesonnenberg.com/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp-jean-marie-michotte.eta.ac-guyane.fr/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceeclaret.fr/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pigier.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-hugo-carpentras.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-ffillod-saint-amour.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lmhi-gelos.fr/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceevaldecher.fr/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jeanmoulin-thouars.com/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-monnet-juvisy.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-leger-argenteuil.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saint-martin.org/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceelafayette.fr/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://helene-boucher.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-ferry-montpellier.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leon-blum-perpignan.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://arago.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ozanam-lycee.fr/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citescolairejeanguehenno-fougeres.ac-rennes.fr/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suger.fr/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://algoud-laffemas.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-marie-curie.ac-reunion.fr/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epid.fr/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stfelixlasalle.fr/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://marland.etab.ac-caen.fr/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jaures-saint-affrique.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://metiers-dart-saint-quentin.ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lautrecbordeaux.fr/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cite-loewy.org/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-becquerel.fr/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gaston-monnerville.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-tournelle-garenne.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.immac-pau.com/lycees-pro/presentation" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-ledoux.fr/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bosserville.fr/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceequintin.fr/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceegourdouleseurre.com/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://chappe.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndlm56.bzh/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-colbert.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chateau-thierry.fr/equipement/lycee-prive-saint-joseph" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-jacques-brel-lormont.fr/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-rostand-offranville.fr/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anne-veaute.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-santosdumont-st-cloud.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-horticole-ribecourt.fr/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.monnet-mermoz.fr/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://georges-charpak.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lp-kaweni.ac-mayotte.fr/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-eiffel.fr/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saintemarthe-chavagnes.com/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecmorlaix.fr/nos-etablissements/lycee-le-porsmeur/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyc-beauderochas.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc71-dumaine.ac-dijon.fr/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-heinrich-nessel.fr/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-le-rocher.com/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-eucalyptus.fr/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceepem.fr/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hotellerie-tourisme.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-vinci-saint-germain.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceedesmetiersparentis.fr/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://henri-sainte-claire-deville-issoire.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etienne-legrand.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nimes.cci.fr/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lasalle-troyes.fr/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-pmf-villiers.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jbc.free.fr/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://marius-bouvier.elycee.rhonealpes.fr/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-blavet.fr/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-bugatti.net/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.domaine-eguilles.fr/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp-elie-castor.eta.ac-guyane.fr/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://perrin-goussier.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-gallieni.fr/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycees.ac-rouen.fr/risle-seine/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-charmilles-chateauroux.fr/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saint-exupery-blagnac.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-vilgenis-massy.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-fertet.com/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-champo.fr/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vinci-melun.org/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-depoorter.com/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emile-bejuit.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-brel-stponsdethomieres.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceemargueritte.fr/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-marechal-leclerc.com/" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-polyvalent-monod-enghien.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-francois-rabelais-dugny.fr/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceehere.fr/index.php/fr/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceearago.net/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceemarcelcallo.org/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ambroise-croizat.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-belair.ac-reunion.fr/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://simone-veil.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://victor-duruy.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceeharountazieff.com/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stellamarisanglet.fr/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-nadaud-bellac.ac-limoges.fr/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-cuzin.etab.ac-lyon.fr/spip/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-florian-sceaux.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-jean-lurcat.net/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-rosaparks-rostrenen.ac-rennes.fr/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ldmgouldenbischwiller.com/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atrium-sud.fr/web/lp-lyc-metier-jean-moulin-131101/accueil" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceemansart.fr/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rosa-parks.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clotilde.org/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://notredamecastres.fr/lycee-professionnel/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-edmond-rostand.fr/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceesaintlouis.fr/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://joseph-constant-murat.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gabriel-voisin.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-henribrisson.com/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceegaramont.com/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-lavoisier-meru.fr/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-beausejour.com/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-doriole.fr/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estran-brest.fr/lyceefenelon/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-arene.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc71-automobile.ac-dijon.fr/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceehoteliergerardmer.fr/lycee" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urbain-vitry.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://webetab.ac-bordeaux.fr/Etablissement/JGarnier/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceeschwendi.fr/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-moulin-lechesnay.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-vexin-chars.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-briand-orange.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lasalle63.fr/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-raimu-nimes.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albertbayet.fr/index.php/fr/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-marcgodrie.eu/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-etienne-oehmichen.fr/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceehotelierdinard.fr/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceegustaveeiffel77.fr/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.louisemichelepinay.org/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lpo-leopold-elfort.eta.ac-guyane.fr/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://brossaud-blancho.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-laragon-hericourt.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.epid.fr/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ac-nice.fr/lycee-hotellerie/edustlouis/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://charles-de-gaulle.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saint-pierre91.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-floride.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc-paparis-besancon.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://webetab.ac-bordeaux.fr/cite-scolaire-mourenx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp-marie-curie-villeurbanne.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceeturgot.fr/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stpaulbb.org/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceejeantalon.fr/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-liberte.fr/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bpascal-forbach.fr/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://renaudeau.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sixte-vignon.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-hotelier-biarritz.com/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-pissarro-pontoise.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceefleger.fr/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stjoseph-stmarc.fr/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jean-de-prades.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-dumas-ales.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../bjustin/Desktop/Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceedupaysdaunis.fr/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atrium-sud.fr/web/lp-paul-heraud-050001" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc89-curie.ac-dijon.fr/" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-eiffel-ermont.ac-versailles.fr/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceecharlespeguy.fr/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eugene-montel.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fmstandre.fr/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gabriel-voisin.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc-mauriceviollette-dreux.tice.ac-orleans-tours.fr/eva/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceelachampagne.fr/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sites.google.com/a/sjc43.fr/sjc43/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-hutinel.fr/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vicat.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.donbosco-marseille.fr/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://svpbordeaux.fr/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lasalle42.fr/lycee-professionnel" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceevictorlaloux.fr/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceepierreboulanger.fr/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://louisdelgres.lyc.ac-guadeloupe.fr/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oasis-caen.net/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-vinci-saint-germain.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-jdlf.fr/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceeportedulotclairac.fr/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://joseph-marie-jacquard.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-scse.fr/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-polyvalent-monod-enghien.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-edc.com/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceeevaristegalois.fr/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stjoseph-stmarc.fr/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-vilgenis-massy.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.carrel.fr/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saint-charles.chauny.com/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceejeanmace-vitry.fr/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceejeancaillaud.fr/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-jblt.fr/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-florian-sceaux.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marie-curie-nogent-sur-oise.ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceedelamergujan.fr/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ernest-hemingway.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceelesarcades.com/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://perrin-goussier.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceeprofessionneljuliencrozet.fr/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp-jean-marie-michotte.eta.ac-guyane.fr/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-leger-bedarieux.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-reaumur.fr/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-diderot.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://simone-veil.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hautbarr.net/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-mandela.fr/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saint-martin.org/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceearago.net/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saint-pierre91.org/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-metiers-orthez.fr/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://touchard-washington.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paul-mathou.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-viste.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-lemasjambost-limoges.ac-limoges.fr/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-galilee-gennevilliers.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceemorez.fr/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gustave-eiffel-gannat.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../QUALITE%20-%20LABELS/Lyc&#233;es%20des%20M&#233;tiers/Campagne%202023-2024/AOUT/RETOURS/OCCITANIE_Tableau%20de%20recensement_Campagne%202024%20-%2011072024.xlsx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc71-dumaine.ac-dijon.fr/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-paul-augier.com/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.myriam31.com/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-le-rocher.com/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jacob-holtzer.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-charmilles-chateauroux.fr/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-pissarro-pontoise.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-roger-claustres.fr/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-mermoz-beziers.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycees-dinan.fr/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://marius-bouvier.elycee.rhonealpes.fr/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coursmaintenon.fr/professionnel/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quercy-perigord.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.domaine-eguilles.fr/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lapro.org/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-eiffel-ermont.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-ffillod-saint-amour.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.campus-coulommiers.eu/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.ac-nancy-metz.fr/lyc-stanislas-villers/0stanwp/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ensemble-sacre-coeur.fr/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-des-metiers-du-batiment-pleyben.ac-rennes.fr/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jeannedarc-mazamet.fr/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lpvinci-perigueux.fr/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#160;http:/lyc-marcel-deprez.ac-paris.fr" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lpbartholdi93.fr/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.st-andre.org/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.beaumont-redon.fr/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ambroise-croizat.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceepro-pessac.fr/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saintemarthe-chavagnes.com/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-thaon.fr/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-ja-rennes.org/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.langevin-la-seyne.fr/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://olympe-de-gouges-montech.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-lavoisier-meru.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-jean-taris-40.net/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://helene-boucher.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.encia.fr/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabrini.fr/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lpo-leopold-elfort.eta.ac-guyane.fr/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-doisneau-corbeil.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lmhi-gelos.fr/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://francois-mansart.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceedelenna.fr/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cite-scolaire-mirepoix.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-monge-savigny.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.immac-pau.com/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lpo-petite-terre.ac-mayotte.fr/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-doriole.fr/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-robert-keller.fr/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-andre-malraux-remiremont.eu/lycee/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gabriel-peri.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-privat.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lp-jean-guehenno-st-amand-montrond.tice.ac-orleans-tours.fr/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-cotesdevillebon-meudon.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://joseph-constant-murat.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nimes.cci.fr/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.genevoix-signoret-vinci.fr/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc89-curie.ac-dijon.fr/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cite-d-artagnan.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-bret.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-latecoere.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://heinlex.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.martin-nadaud.org/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-cognacq-jay.fr/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lasalle63.fr/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-depoorter.com/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mendes-france.lyc.ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-degaulle-sete.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.montbareil.com/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://montesquieu.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etsco.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-belin.fr/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lproussillat.fr/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-rimbaud-garges.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-conde-besancon.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceelouislumiere.fr/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leon-blum-perpignan.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saint-gabriel.fr/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lpp-verguin.com/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tabarly.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vincent-auriol.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-lamorlette.fr/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marcelle-parde.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc-edouardbranly-dreux.tice.ac-orleans-tours.fr/eva/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://charlespeguymarseille.com/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-bel-air-tinteniac.ac-rennes.fr/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lpp-ste-genevieve.fr/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leonarddevinci.net/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.belorme.com/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://le-garros.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-mendesfrance-vitrolles.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saint-gatien.org/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.citescolairebroceliande.fr/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atrium-sud.fr/web/lp-paul-heraud-050001" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://saint-alyre.net/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceedavier.fr/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-toulois.monbureaunumerique.fr/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cofap-ifom-formation.com/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-hotelier-adumas.fr/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lpyser.fr/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lautreamont.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-vaucanson-lesmureaux.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-mermoz-montsoult.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.citescolairedumarquenterre.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceeharountazieff.com/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-vinci-montpellier.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-jean-lurcat.com/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-hessel.fr/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceehenriavril.fr/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceefloratristan77.com/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-professionnel-montplaisir.org/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.citeferrydelle.fr/joomla/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etab.ac-reunion.fr/lyc-horizon/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lesnard.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycees.ac-rouen.fr/risle-seine/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jaures-saint-affrique.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-perrin-longjumeau.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.garac.com/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-mistral-marseille.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-guynemer.fr/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-st-exupery-limoges.ac-limoges.fr/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.donboscolyon.org/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceeguillaumetirel.fr/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-laennec-pontlabbe.ac-rennes.fr/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-tbernard-besancon.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycees-jeanmonnet-yzeure.fr/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.larmand.fr/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-mendes-france-contrexeville.monbureaunumerique.fr/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.creefi.fr/voiron-les-gorges/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceelescoteaux-cannes.fr/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citescolairejeanguehenno-fougeres.ac-rennes.fr/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceeairbus.com/" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-monnet-montrouge.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-sud-gironde.fr/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierre-coton.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-dumas-ales.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.remibelleau.com/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-marcel-dassault.fr/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.enseignement-prive.info/fiche/lycee-des-metiers-ensemble-scolaire-st-jacques-de-compostelle-lycee-d-enseignement-general-site-st-joseph-et-technologique-site-anne-marie-martel-le-puy-en-velay/ET043-80" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-eguillaume-montbard.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-louis-lachenal.fr/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bougainville.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ac-nice.fr/lycee-maulnier/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-blavet.fr/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://champollion.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-eiffel-rueil.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.provence-formation.fr/lycees/lycee-celony" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saint-genes.com/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bertenejuminer.lyc.ac-guadeloupe.fr/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-arsonval.com/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lamarck.lyc.ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citescolairedemarmande.fr/lycee/enseignement-professionnel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceedechamalieres.fr/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-prevert-stchristollesales.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stjacquesdecompostelle.com/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-turgot-montmorency.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atrium-sud.fr/web/lp-lyc-metier-louis-bleriot-137211/accueil" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stfelixlasalle.fr/etablissement/lycee-professionnel" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-ndf.fr/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-polyvalent-elorn-landerneau.fr/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceeoberlinstrasbourg.wordpress.com/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://toulouse-lautrec-albi.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-violletleduc.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-marie-curie.ac-reunion.fr/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.st-jo.com/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceejapy.fr/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chateau-potel-la-ferte-milon.ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.la-providence.net/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-metiers-orthez.fr/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ozanam-lycee.fr/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-vionnet.fr/contact.php" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceecotton.net/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-henri-laurens-saint-vallier.web.ac-grenoble.fr/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://robert-garnier.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lacroixrouge-brest.fr/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.querbes.net/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atrium-paca.fr/web/lp-lyc-metier-jean-baptiste-brochier-130101" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-sud-perigord.fr/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.poletertiaire-pagnol.fr/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycees.ac-rouen.fr/lecorbusier/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-armand-yerres.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-jprevert-dole.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceedegascogne.fr/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecolelamache.org/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-chabanne16.fr/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-bleriot-suresnes.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycees-albert-londres.fr/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lasource-nogent.fr/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-viviani.monbureaunumerique.fr/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ac-nice.fr/pvalery" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceemarcelcallo.org/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pigier.com/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-brise-lames.fr/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lpr-darmante-capbreton.fr/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://haut-forez.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-curie-stjeandugard.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-sully-nogent.fr/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-jf-cail.fr/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.st-nicolas.org/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-lafayette-clermont.fr/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc58-fmitterrand.ac-dijon.fr/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jean-moulin-beziers.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://perrin-goussier.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceecdg52.com/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-lamennais.fr/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceeparcsaintjean.fr/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gaston-monnerville.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atrium-sud.fr/web/lpo-lyc-metier-alphonse-benoit-848031/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc&#233;e-&#233;douard-gand-amiens.fr/gest.0800011c@ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-friant.com/site/spip/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lpo-bertene-juminer.eta.ac-guyane.fr/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://danielle-casanova.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-sauxmarais.fr/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-des-metiers-beauregard.fr/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://etab.ac-poitiers.fr/lycee-le-verger/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-escoffier-eragny.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-floride.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceelacompassion.fr/enseignement_superieur.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceelafayette.fr/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saintjo-marvejols.com/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bosserville.fr/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://schuman.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceetristancorbiere.fr/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-iserbordier.fr/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceecharlesdegaulle.fr/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anne-veaute.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-colard-noel.fr/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-belair.ac-reunion.fr/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceecaraminot.fr/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slsb.fr/lyceepro" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-ampere-morsang.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.claveille.org/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceemetiersdart-coarraze.org/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-ledoux.fr/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suger.fr/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.ac-martinique.fr/lyc-raymondneris/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.labriquerie.net/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceejeantalon.fr/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceegourdouleseurre.com/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://funay-boucher.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceehotelierdinard.fr/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://deodat.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-colbert.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ac-grenoble.fr/lycee/chambery.monge" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-jean-monnet.ac-limoges.fr/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://etab.ac-poitiers.fr/lyc-soyaux" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-france-colombes.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-du-bois.com/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp-henribrulle.fr/hb2023/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gaston-darboux.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citescolaire-neufchateau.fr/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-les-palmiers.ac-nice.fr/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saint-exupery-blagnac.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-calade.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc71-astier.ac-dijon.fr/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecole-hoteliere-thonon.com/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benoit-fourneyron.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceeclaret.fr/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-clouet.fr/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jean-baylet.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://robert-desnos-crepy-en-valois.ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceewlerick.fr/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://amedee-gasquet-clermont-ferrand.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jeanmoulin-thouars.com/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-lecorbusier-cormeilles.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jbc.free.fr/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-ferry-montpellier.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-sainte-anne.fr/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceedesmetiers-jules-verne-guingamp.ac-rennes.fr/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-jeannedarc-saintivy.com/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://victor-duruy.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sacrecoeur-notredame.com/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lpo-melkior-garre.eta.ac-guyane.fr/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceetellier.fr/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://marland.etab.ac-caen.fr/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-maria-casares.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-pevictor-champagnole.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://paulbert.fr/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceevaldecher.fr/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-claudel-vaureal.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-nmandela-audincourt.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vinci-melun.org/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://erea-pellet.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-deodat-de-severac.org/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceehere.fr/index.php/fr/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providencecholet.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.landerneau.bzh/contacts/lycee-saint-joseph-groupe-scolaire-les-2-rives/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://joseph-marie-jacquard.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-francois-rabelais-dugny.fr/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-beaupre.fr/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-bourganeuf.ac-limoges.fr/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rondeau.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-rostand-offranville.fr/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://notredamecastres.fr/lycee-professionnel/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lautrecbordeaux.fr/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lpberard-amberieu.fr/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-brassens-courcouronnes.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.immac-pau.com/lycees-pro/presentation" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lp-kaweni.ac-mayotte.fr/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-eiffel.fr/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceepmf.fr/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceemansart.fr/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceedesmetiersdelamontagne.org/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-eucalyptus.fr/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urbain-vitry.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atrium-sud.fr/web/lp-lyc-metier-jean-moulin-131101/accueil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-jacques-brel-lormont.fr/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceepem.fr/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-pons.org/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-voilin-puteaux.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://raymond-cortat-aurillac.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lppbsm.eu/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jeanne-darc-vitre.fr/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyc-beauderochas.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lppc.fr/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://charles-de-gaulle.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-lurcat.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://institutnicolasbarre.fr/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-gallieni.fr/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-eiffel-tours.eu/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-bleriot-trappes.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-braque-argenteuil.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-branly.fr/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceedesmetiersparentis.fr/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://marie-laurencin-riom.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-frederic-fays.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-brel-stponsdethomieres.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-etienne-oehmichen.fr/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceequintin.fr/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.louisemichelepinay.org/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndlm56.bzh/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sixte-vignon.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp-des-metiers-du-batiment.eta.ac-guyane.fr/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esoo.com/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://laplace.etab.ac-caen.fr/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-marechal-leclerc.com/" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-hotelier-etiolles.fr/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-louisjouvet-taverny.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stvincentdepaulsoissons.org/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-luxembourg-vesoul.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://webetab.ac-bordeaux.fr/Etablissement/Jurancon/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceegustaveeiffel77.fr/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cite-loewy.org/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-cuzin.etab.ac-lyon.fr/spip/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-sauvy-villelonguedelsmonts.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceemargueritte.fr/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-jean-lurcat.net/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc-paparis-besancon.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-liberte.fr/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecmorlaix.fr/nos-etablissements/lycee-le-porsmeur/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aristide-berges.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sevigne-tg.etab.ac-lille.fr/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rosa-parks.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-poincare-palaiseau.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-flora-tristan.net/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stellamarisanglet.fr/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://georges-charpak.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-fil-carcassonne.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-alfredcostes.fr/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lp-blaisepascal.net/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-des-metiers-louis-guilloux.fr/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://helene-boucher.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-saint-eloi.com/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceefleger.fr/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.st-ambroise.org/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceehoteliergerardmer.fr/lycee" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-henribrisson.com/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clement-ader.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-painleve-courbevoie.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-hotelier.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceesaintlouis.fr/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://charles-et-adrien-dupuy-le-puy.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etienne-legrand.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndlr.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vincentdepaul30.com/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-marcgodrie.eu/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-emile-james.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atrium-sud.fr/web/lp-lyc-metier-alpes-et-durance-052001/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-vauban-auxerre.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chevalierdesaintgeorges.lyc.ac-guadeloupe.fr/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://appert.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ac-nice.fr/lycee-hotellerie/edustlouis/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://webetab.ac-bordeaux.fr/Etablissement/JGarnier/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isv-ndsc.fr/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp-marie-curie-villeurbanne.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jean-dupuy.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jeannedarc-franconville.fr/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-revoul.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rolland.lyc.ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sainte-thecle.com/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceeturgot.fr/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stpaulbb.org/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-rosaparks-rostrenen.ac-rennes.fr/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceevernesaverne.wordpress.com/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lespannevelles.net/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lasallesaintdenis.com/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amblard.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-patu-de-rosemont.ac-reunion.fr/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bpascal-forbach.fr/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saintaubinlasalle.fr/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://philippe-tissie.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-laragon-hericourt.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-nadaud-bellac.ac-limoges.fr/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycees.ac-rouen.fr/modeste-leroy/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-monnet-juvisy.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-leger-argenteuil.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-estaque.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leshuisselets.com/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://webetab.ac-bordeaux.fr/cite-scolaire-mourenx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-luxemburg-canetenroussillon.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycees.ac-rouen.fr/lavoisier/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estran-brest.fr/lyceefenelon/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.louisemichelchampigny.ac-creteil.fr/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.creefi.fr/allevard-le-breda/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-ndfontenay.com/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epid.fr/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-tournelle-garenne.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://paul-constans.fr/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-cros-carcassonne.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-jeanhyppolite.fr/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-hmoisand-longchamp.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://arago.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.marielefranc.org/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-santosdumont-st-cloud.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-anthoniozdegaulle-milhaud.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-doucet.fr/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-dolmen.com/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-sevigne.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc89-janot.ac-dijon.fr/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stfelixlasalle.fr/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-stanislas.fr/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-pmf-villiers.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-jhinglo.ac-reunion.fr/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.epid.fr/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-champollion-lattes.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-pierre-gueguin-concarneau.ac-rennes.fr/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceejeanracine.fr/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://webetab.ac-bordeaux.fr/Etablissement/LpOloron/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://chappe.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-metiers-aubin.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-leau.ac-aix-marseille.fr/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.denisdiderot-belfort.fr/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polaris-formation.fr/nos-sites/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://coubertin-lyc.spip.ac-rouen.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-morteau.com/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycees-albert-londres.fr/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-tournelle.monbureaunumerique.fr/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-pierre-marie-curie.fr/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metiers-foret-bois.org/etablissement/lycee-des-metiers-de-la-premiere-transformation-du-bois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-charlotte-grawitz.com/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lpp-saintaugustin.fr/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benoit-charvet.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.couasnon.com/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceegaramont.com/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-sidoine-apollinaire.fr/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-cisson.fr/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cahors.st-etienne46.com/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tony-garnier.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-hugo-carpentras.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-becquerel.fr/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-vexin-chars.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pierre-joel-bonte-riom.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceepeytavin.com/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://algoud-laffemas.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jean-jooris.lycee.ac-normandie.fr/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://louis-rascol.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-moulin-lechesnay.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://metiers-dart-saint-quentin.ac-amiens.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceejeancapellebergerac.fr/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sepr.edu/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.diderot.org/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.condorcet93.fr/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lyceehenaff.fr/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.likes.org/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://decretot-lyc.spip.ac-rouen.fr/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chateau-thierry.fr/equipement/lycee-prive-saint-joseph" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://site.ac-martinique.fr/lyc-luminasophie/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://etab.ac-poitiers.fr/lp-sillac/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-condorcet-arcachon.fr/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-armandguillaumin.fr/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-ozanam35.fr/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-horticole-ribecourt.fr/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-hautvaldesevre.fr/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jean-de-prades.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://webetab.ac-bordeaux.fr/lycee-esteve/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://brossaud-blancho.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.st-joseph-lorient.org/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp-elie-castor.eta.ac-guyane.fr/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.institut-lemonnier.fr/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecoles-du-bon-sauveur.fr/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-verne-sartrouville.ac-versailles.fr/index.php" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-cantau.net/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sitetab1.ac-reims.fr/lyc-bazin/-joomla-/index.php" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.site.ac-aix-marseille.fr/lyc-caillie/spip/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://renaudeau.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceeschwendi.fr/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-barbanceys.com/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lecesne-lyc.spip.ac-rouen.fr/" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-baudelaire-evry.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.st-joseph-hasparren.fr/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lpovictoranicet.com/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-st-exupery-st-dizier.monbureaunumerique.fr/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://raphaelelize.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hotellerie-tourisme.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-alpilles.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jbrel94.fr/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-maryse-bastie.fr/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-saint-vincent-le-havre.com/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-vinci-levallois.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.monnet-mermoz.fr/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceemistralnimes.net/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://joseph-gallieni.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyc71-automobile.ac-dijon.fr/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-edmond-rostand.fr/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albertbayet.fr/index.php/fr/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-epluches-st-ouen.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://henri-sainte-claire-deville-issoire.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-allies-pezenas.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-freyssinet.fr/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensemble-domsortais.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arrouza.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-briand-orange.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lp-fertet.com/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lmb-felletin.ac-limoges.fr/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-delaunay-blois.fr/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-baudelaire-fosses.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-jhaag-besancon.eclat-bfc.fr/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lycee-benjamin-franklin.com/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-lurcat-perpignan.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leparaclet.org/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ac-grenoble.fr/lycee/galilee.vienne" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-metiers-beaumont.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogpeda.ac-bordeaux.fr/lplesmenuts/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stcharles-stecroix.org/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-jeanpierretimbaud.fr/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-saint-exupery-bellegarde.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-citroen.monbureaunumerique.fr/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-jean-jaures-rennes.fr/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee.svp-nice.com/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyceebeauderochas.fr/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-monts-lyonnais.fr/accueil/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-duguesclin.fr/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lporaoulgeorgesnicolo.fr/news.php" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reffye.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-monnet-lqly.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-dumas.ac-aix-marseille.fr/spip/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lpjeandarcet.fr/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfred-de-musset.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lycee-jeandelataille.fr/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceehorticulture93.fr/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lycee-brassens.re/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cite-kastler.monbureaunumerique.fr/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceedesandaines.fr/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-denis-cerny.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceeprofessionnel-morlaas.fr/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://canuts.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sainte-sophie.fr/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.carcado-saisseval.com/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://francois-camel.mon-ent-occitanie.fr/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceecugnot.fr/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isv-ndsc.fr/etablissements/lycee-notre-dame-du-sacre-coeur.html" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-hotelier-biarritz.com/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-prony-asnieres.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-mireille-grenet.fr/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lycee-beausejour.com/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyceedupaysdaunis.fr/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lyceepaulineroland.fr/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://monge.paysdelaloire.e-lyco.fr/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lyc-monod-antony.ac-versailles.fr/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\bjustin\Desktop\Eduscol%20ao&#251;t%2020241004.xlsx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jean-monnet-le-puy.ent.auvergnerhonealpes.fr/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lyc-raimu-nimes.ac-montpellier.fr/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.raoul-mortier.fr/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J803"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{33863276-3D87-48D6-9B90-7C2BFD3CDE97}">
+  <dimension ref="A1:J770"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="C1" workbookViewId="0">
-      <selection activeCell="H1" sqref="H1"/>
+    <sheetView tabSelected="1" topLeftCell="E1" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A3" sqref="A1:I1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.7109375" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="13.85546875" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="31.28515625" style="6" customWidth="1"/>
+    <col min="1" max="1" width="15.42578125" style="8" customWidth="1"/>
+    <col min="2" max="2" width="15.85546875" style="8" customWidth="1"/>
+    <col min="3" max="3" width="7.42578125" style="8" customWidth="1"/>
+    <col min="4" max="4" width="17" style="8" customWidth="1"/>
+    <col min="5" max="5" width="11.5703125" style="8" customWidth="1"/>
+    <col min="6" max="6" width="26.85546875" style="8" customWidth="1"/>
+    <col min="7" max="7" width="24.42578125" style="8" customWidth="1"/>
+    <col min="8" max="8" width="39.42578125" style="8" customWidth="1"/>
+    <col min="9" max="9" width="38.85546875" style="8" customWidth="1"/>
+    <col min="10" max="10" width="29.28515625" style="1" customWidth="1"/>
+    <col min="11" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="3" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:10" ht="74.45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="12"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="9" t="s">
+        <v>4330</v>
+      </c>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+    </row>
+    <row r="2" spans="1:10" ht="46.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="10" t="s">
+        <v>4331</v>
+      </c>
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="11"/>
+      <c r="I2" s="11"/>
+      <c r="J2" s="11"/>
+    </row>
+    <row r="3" spans="1:10" s="2" customFormat="1" ht="76.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="6" t="s">
+        <v>2333</v>
+      </c>
+      <c r="B3" s="6" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>2335</v>
+      </c>
+      <c r="D3" s="6" t="s">
+        <v>2336</v>
+      </c>
+      <c r="E3" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" s="6" t="s">
+        <v>4329</v>
+      </c>
+      <c r="G3" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="H3" s="6" t="s">
+        <v>4337</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>4366</v>
+      </c>
+      <c r="J3" s="3" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A4" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>2760</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>2761</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>515</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>516</v>
+      </c>
+      <c r="G4" s="7" t="s">
+        <v>517</v>
+      </c>
+      <c r="H4" s="7" t="s">
+        <v>2282</v>
+      </c>
+      <c r="I4" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J4" s="4" t="s">
+        <v>2763</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>2760</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>2761</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>507</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>508</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J5" s="4" t="s">
+        <v>2762</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>2789</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>2790</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>490</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>491</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>460</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I6" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>2791</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A7" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>2796</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>2790</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>482</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>4334</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>483</v>
+      </c>
+      <c r="H7" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I7" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J7" s="4" t="s">
+        <v>2797</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A8" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>2774</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>2775</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>509</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>510</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="H8" s="7" t="s">
+        <v>2213</v>
+      </c>
+      <c r="I8" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J8" s="4" t="s">
+        <v>2777</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A9" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>2774</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>2775</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>464</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>465</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="H9" s="7" t="s">
+        <v>2319</v>
+      </c>
+      <c r="I9" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J9" s="4" t="s">
+        <v>2776</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A10" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>2780</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>2775</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>457</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>458</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>459</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I10" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J10" s="4" t="s">
+        <v>2788</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A11" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>2780</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>2775</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>452</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>453</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I11" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J11" s="4" t="s">
+        <v>2781</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B12" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>2778</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>2775</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>462</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>463</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>460</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I12" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J12" s="4" t="s">
+        <v>2792</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A13" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>2778</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>2775</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>492</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>493</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>494</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>2214</v>
+      </c>
+      <c r="I13" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J13" s="4" t="s">
+        <v>2779</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A14" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B14" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>2752</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>2753</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>495</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>496</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>497</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>2074</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J14" s="4" t="s">
+        <v>2754</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A15" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>2752</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>2753</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>498</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>499</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>500</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>2075</v>
+      </c>
+      <c r="I15" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J15" s="4" t="s">
+        <v>2754</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A16" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B16" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>2755</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>2756</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>504</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>505</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>965</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I16" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J16" s="4" t="s">
+        <v>2757</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A17" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>2782</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>2783</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>454</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>455</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>456</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>2215</v>
+      </c>
+      <c r="I17" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J17" s="4" t="s">
+        <v>2784</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A18" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B18" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>2770</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>477</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>478</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H18" s="7" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I18" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J18" s="4" t="s">
+        <v>2771</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="126" x14ac:dyDescent="0.35">
+      <c r="A19" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B19" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>2770</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>472</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>473</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>474</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="I19" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J19" s="4" t="s">
+        <v>2773</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A20" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B20" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>2770</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>475</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>474</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I20" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J20" s="4" t="s">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A21" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>2767</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>479</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>480</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>481</v>
+      </c>
+      <c r="H21" s="7" t="s">
+        <v>2177</v>
+      </c>
+      <c r="I21" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J21" s="4" t="s">
+        <v>2769</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A22" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>2747</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>484</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>485</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>486</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>2077</v>
+      </c>
+      <c r="I22" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J22" s="4" t="s">
+        <v>2759</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>2746</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>2747</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>487</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>488</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>489</v>
+      </c>
+      <c r="H23" s="7" t="s">
+        <v>2072</v>
+      </c>
+      <c r="I23" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J23" s="4" t="s">
+        <v>2748</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A24" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>2764</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>2765</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>512</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>513</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>514</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I24" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J24" s="4" t="s">
+        <v>2766</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A25" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>2793</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>2794</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>466</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>467</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>468</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I25" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J25" s="4" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A26" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>2785</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>2786</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>469</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>470</v>
+      </c>
+      <c r="G26" s="7" t="s">
+        <v>471</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>2216</v>
+      </c>
+      <c r="I26" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J26" s="4" t="s">
+        <v>2787</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A27" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>2785</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>2786</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>449</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>450</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>451</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I27" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J27" s="4" t="s">
+        <v>2798</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A28" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>2749</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>2750</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>501</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>502</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>503</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>2073</v>
+      </c>
+      <c r="I28" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J28" s="4" t="s">
+        <v>2751</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A29" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>2996</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>2997</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>742</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>743</v>
+      </c>
+      <c r="G29" s="7" t="s">
+        <v>727</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>2282</v>
+      </c>
+      <c r="I29" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J29" s="4" t="s">
+        <v>2998</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A30" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>3041</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>3042</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>659</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>660</v>
+      </c>
+      <c r="G30" s="7" t="s">
+        <v>4340</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I30" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J30" s="4" t="s">
+        <v>3043</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="189" x14ac:dyDescent="0.35">
+      <c r="A31" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>2948</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>2949</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>714</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>715</v>
+      </c>
+      <c r="G31" s="7" t="s">
+        <v>716</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>2280</v>
+      </c>
+      <c r="I31" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J31" s="4" t="s">
+        <v>2950</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="141.75" x14ac:dyDescent="0.35">
+      <c r="A32" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B32" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>3026</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>3027</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>661</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>662</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>663</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>2232</v>
+      </c>
+      <c r="I32" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J32" s="4" t="s">
+        <v>3028</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="141.75" x14ac:dyDescent="0.35">
+      <c r="A33" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>3005</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>3006</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>719</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>720</v>
+      </c>
+      <c r="G33" s="7" t="s">
+        <v>721</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>2166</v>
+      </c>
+      <c r="I33" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J33" s="4" t="s">
+        <v>3007</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="157.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>3011</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>3012</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>722</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>723</v>
+      </c>
+      <c r="G34" s="7" t="s">
+        <v>724</v>
+      </c>
+      <c r="H34" s="7" t="s">
+        <v>2229</v>
+      </c>
+      <c r="I34" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J34" s="4" t="s">
+        <v>3013</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A35" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>3011</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>3012</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>683</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>684</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>682</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>2315</v>
+      </c>
+      <c r="I35" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J35" s="4" t="s">
+        <v>3023</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A36" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B36" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>3011</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>3012</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>680</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>681</v>
+      </c>
+      <c r="G36" s="7" t="s">
+        <v>682</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I36" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J36" s="4" t="s">
+        <v>3024</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A37" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B37" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>3011</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>3012</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>677</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>678</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>679</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I37" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J37" s="4" t="s">
+        <v>3025</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A38" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>3029</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>3030</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>672</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>673</v>
+      </c>
+      <c r="G38" s="7" t="s">
+        <v>671</v>
+      </c>
+      <c r="H38" s="7" t="s">
+        <v>2233</v>
+      </c>
+      <c r="I38" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J38" s="4" t="s">
+        <v>3031</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" ht="126" x14ac:dyDescent="0.35">
+      <c r="A39" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>2983</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>2981</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>712</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>567</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>713</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>2304</v>
+      </c>
+      <c r="I39" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J39" s="4" t="s">
+        <v>2984</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A40" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B40" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>2985</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>2981</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>732</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>354</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>733</v>
+      </c>
+      <c r="H40" s="7" t="s">
+        <v>2162</v>
+      </c>
+      <c r="I40" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J40" s="4" t="s">
+        <v>2986</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A41" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>2980</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>2981</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>730</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>731</v>
+      </c>
+      <c r="G41" s="7" t="s">
+        <v>727</v>
+      </c>
+      <c r="H41" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I41" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J41" s="4" t="s">
+        <v>2982</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A42" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B42" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>2951</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>2952</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>728</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>705</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>729</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I42" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J42" s="4" t="s">
+        <v>2953</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A43" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B43" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>2993</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>2994</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>740</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>741</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>736</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>2164</v>
+      </c>
+      <c r="I43" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J43" s="4" t="s">
+        <v>2995</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="157.5" x14ac:dyDescent="0.35">
+      <c r="A44" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B44" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>2964</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>2965</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>691</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>692</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>693</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>2290</v>
+      </c>
+      <c r="I44" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J44" s="4" t="s">
+        <v>2966</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="157.5" x14ac:dyDescent="0.35">
+      <c r="A45" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B45" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>3014</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>3015</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>744</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>745</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>746</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>2230</v>
+      </c>
+      <c r="I45" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J45" s="4" t="s">
+        <v>3016</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="157.5" x14ac:dyDescent="0.35">
+      <c r="A46" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B46" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>3032</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>3033</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>669</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>670</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>671</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>2229</v>
+      </c>
+      <c r="I46" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J46" s="4" t="s">
+        <v>3034</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A47" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B47" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>2958</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>2959</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>749</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>750</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>751</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>2276</v>
+      </c>
+      <c r="I47" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J47" s="4" t="s">
+        <v>2960</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" ht="157.5" x14ac:dyDescent="0.35">
+      <c r="A48" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B48" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>2961</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>2962</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>709</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>710</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>711</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>2289</v>
+      </c>
+      <c r="I48" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J48" s="4" t="s">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" ht="157.5" x14ac:dyDescent="0.35">
+      <c r="A49" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B49" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>3035</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>3036</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>665</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>528</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>2234</v>
+      </c>
+      <c r="I49" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J49" s="4" t="s">
+        <v>3037</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" ht="157.5" x14ac:dyDescent="0.35">
+      <c r="A50" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B50" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>3002</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>3003</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>752</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>753</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>754</v>
+      </c>
+      <c r="H50" s="7" t="s">
+        <v>2165</v>
+      </c>
+      <c r="I50" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J50" s="4" t="s">
+        <v>3004</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="126" x14ac:dyDescent="0.35">
+      <c r="A51" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B51" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>3017</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>3018</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>688</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>689</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>690</v>
+      </c>
+      <c r="H51" s="7" t="s">
+        <v>2231</v>
+      </c>
+      <c r="I51" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J51" s="4" t="s">
+        <v>3019</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" ht="126" x14ac:dyDescent="0.35">
+      <c r="A52" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B52" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>2975</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>2976</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>703</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>704</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>403</v>
+      </c>
+      <c r="H52" s="7" t="s">
+        <v>2130</v>
+      </c>
+      <c r="I52" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J52" s="4" t="s">
+        <v>2977</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A53" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>2972</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>2973</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>700</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>701</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>702</v>
+      </c>
+      <c r="H53" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I53" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J53" s="4" t="s">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A54" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B54" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>3038</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>3039</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>674</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>675</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>676</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I54" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J54" s="4" t="s">
+        <v>3040</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A55" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B55" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>2954</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>2955</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>755</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>756</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>757</v>
+      </c>
+      <c r="H55" s="7" t="s">
+        <v>2087</v>
+      </c>
+      <c r="I55" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J55" s="4" t="s">
+        <v>2957</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A56" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B56" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>2954</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>2955</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>747</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>748</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>352</v>
+      </c>
+      <c r="H56" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I56" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J56" s="4" t="s">
+        <v>2956</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" ht="157.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B57" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>3020</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>3021</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>685</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>686</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>687</v>
+      </c>
+      <c r="H57" s="7" t="s">
+        <v>2229</v>
+      </c>
+      <c r="I57" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J57" s="4" t="s">
+        <v>3022</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A58" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B58" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>2967</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>2968</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>694</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>695</v>
+      </c>
+      <c r="G58" s="7" t="s">
+        <v>696</v>
+      </c>
+      <c r="H58" s="7" t="s">
+        <v>2095</v>
+      </c>
+      <c r="I58" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J58" s="4" t="s">
+        <v>2970</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A59" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B59" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>2967</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>2968</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>666</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>667</v>
+      </c>
+      <c r="G59" s="7" t="s">
+        <v>668</v>
+      </c>
+      <c r="H59" s="7" t="s">
+        <v>2129</v>
+      </c>
+      <c r="I59" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J59" s="4" t="s">
+        <v>2969</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A60" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B60" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>2967</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>2968</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>697</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>698</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>699</v>
+      </c>
+      <c r="H60" s="7" t="s">
+        <v>2291</v>
+      </c>
+      <c r="I60" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J60" s="4" t="s">
+        <v>2971</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="141.75" x14ac:dyDescent="0.35">
+      <c r="A61" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B61" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>2978</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>2968</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>706</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>707</v>
+      </c>
+      <c r="G61" s="7" t="s">
+        <v>708</v>
+      </c>
+      <c r="H61" s="7" t="s">
+        <v>2131</v>
+      </c>
+      <c r="I61" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J61" s="4" t="s">
+        <v>2979</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" ht="189" x14ac:dyDescent="0.35">
+      <c r="A62" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B62" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>2987</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>2988</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>734</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>735</v>
+      </c>
+      <c r="G62" s="7" t="s">
+        <v>736</v>
+      </c>
+      <c r="H62" s="7" t="s">
+        <v>2163</v>
+      </c>
+      <c r="I62" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J62" s="4" t="s">
+        <v>2989</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" ht="126" x14ac:dyDescent="0.35">
+      <c r="A63" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B63" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>3008</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>3009</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>717</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>519</v>
+      </c>
+      <c r="G63" s="7" t="s">
+        <v>718</v>
+      </c>
+      <c r="H63" s="7" t="s">
+        <v>2167</v>
+      </c>
+      <c r="I63" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J63" s="4" t="s">
+        <v>3010</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" ht="141.75" x14ac:dyDescent="0.35">
+      <c r="A64" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B64" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>2990</v>
+      </c>
+      <c r="D64" s="7" t="s">
+        <v>2991</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>737</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>738</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>739</v>
+      </c>
+      <c r="H64" s="7" t="s">
+        <v>2131</v>
+      </c>
+      <c r="I64" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J64" s="4" t="s">
+        <v>2992</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A65" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B65" s="7" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>2999</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>3000</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>725</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>726</v>
+      </c>
+      <c r="G65" s="7" t="s">
+        <v>727</v>
+      </c>
+      <c r="H65" s="7" t="s">
+        <v>2282</v>
+      </c>
+      <c r="I65" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J65" s="4" t="s">
+        <v>3001</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A66" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B66" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>3168</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>3169</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>969</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>970</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>971</v>
+      </c>
+      <c r="H66" s="7" t="s">
+        <v>2057</v>
+      </c>
+      <c r="I66" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J66" s="4" t="s">
+        <v>3170</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A67" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B67" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>3177</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>3178</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>953</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>954</v>
+      </c>
+      <c r="G67" s="7" t="s">
+        <v>414</v>
+      </c>
+      <c r="H67" s="7" t="s">
+        <v>2059</v>
+      </c>
+      <c r="I67" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J67" s="4" t="s">
+        <v>3180</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A68" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B68" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>3177</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>3178</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>981</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>982</v>
+      </c>
+      <c r="G68" s="7" t="s">
+        <v>983</v>
+      </c>
+      <c r="H68" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I68" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J68" s="4" t="s">
+        <v>3179</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A69" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>3211</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>3212</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>955</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>956</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>528</v>
+      </c>
+      <c r="H69" s="7" t="s">
+        <v>2102</v>
+      </c>
+      <c r="I69" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J69" s="4" t="s">
+        <v>3213</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A70" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B70" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>3247</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>3248</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>897</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>898</v>
+      </c>
+      <c r="G70" s="7" t="s">
+        <v>899</v>
+      </c>
+      <c r="H70" s="7" t="s">
+        <v>2102</v>
+      </c>
+      <c r="I70" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J70" s="4" t="s">
+        <v>3249</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A71" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B71" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>3174</v>
+      </c>
+      <c r="D71" s="7" t="s">
+        <v>3175</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>963</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>964</v>
+      </c>
+      <c r="G71" s="7" t="s">
+        <v>965</v>
+      </c>
+      <c r="H71" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="I71" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J71" s="4" t="s">
+        <v>3176</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A72" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B72" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>3198</v>
+      </c>
+      <c r="D72" s="7" t="s">
+        <v>3199</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>929</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>930</v>
+      </c>
+      <c r="G72" s="7" t="s">
+        <v>931</v>
+      </c>
+      <c r="H72" s="7" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I72" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J72" s="4" t="s">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A73" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B73" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>3190</v>
+      </c>
+      <c r="D73" s="7" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E73" s="7" t="s">
+        <v>2038</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>2039</v>
+      </c>
+      <c r="G73" s="7" t="s">
+        <v>2040</v>
+      </c>
+      <c r="H73" s="7" t="s">
+        <v>2266</v>
+      </c>
+      <c r="I73" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J73" s="4" t="s">
+        <v>3192</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A74" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B74" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>3214</v>
+      </c>
+      <c r="D74" s="7" t="s">
+        <v>3215</v>
+      </c>
+      <c r="E74" s="7" t="s">
+        <v>891</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>892</v>
+      </c>
+      <c r="G74" s="7" t="s">
+        <v>893</v>
+      </c>
+      <c r="H74" s="7" t="s">
+        <v>2065</v>
+      </c>
+      <c r="I74" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J74" s="4" t="s">
+        <v>3253</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A75" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B75" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>3214</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>3215</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>945</v>
+      </c>
+      <c r="G75" s="7" t="s">
+        <v>946</v>
+      </c>
+      <c r="H75" s="7" t="s">
+        <v>2284</v>
+      </c>
+      <c r="I75" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J75" s="4" t="s">
+        <v>3216</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A76" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B76" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>3204</v>
+      </c>
+      <c r="D76" s="7" t="s">
+        <v>3205</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>932</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>933</v>
+      </c>
+      <c r="G76" s="7" t="s">
+        <v>934</v>
+      </c>
+      <c r="H76" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I76" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J76" s="4" t="s">
+        <v>3206</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A77" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B77" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>3201</v>
+      </c>
+      <c r="D77" s="7" t="s">
+        <v>3202</v>
+      </c>
+      <c r="E77" s="7" t="s">
+        <v>941</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>942</v>
+      </c>
+      <c r="G77" s="7" t="s">
+        <v>943</v>
+      </c>
+      <c r="H77" s="7" t="s">
+        <v>2175</v>
+      </c>
+      <c r="I77" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J77" s="4" t="s">
+        <v>3203</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A78" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B78" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>3237</v>
+      </c>
+      <c r="D78" s="7" t="s">
+        <v>3218</v>
+      </c>
+      <c r="E78" s="7" t="s">
+        <v>909</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>910</v>
+      </c>
+      <c r="G78" s="7" t="s">
+        <v>911</v>
+      </c>
+      <c r="H78" s="7" t="s">
+        <v>2221</v>
+      </c>
+      <c r="I78" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J78" s="4" t="s">
+        <v>3238</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A79" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B79" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>3254</v>
+      </c>
+      <c r="D79" s="7" t="s">
+        <v>3218</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>889</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>890</v>
+      </c>
+      <c r="G79" s="7" t="s">
+        <v>258</v>
+      </c>
+      <c r="H79" s="7" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I79" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J79" s="4" t="s">
+        <v>3255</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A80" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B80" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C80" s="7" t="s">
+        <v>3220</v>
+      </c>
+      <c r="D80" s="7" t="s">
+        <v>3218</v>
+      </c>
+      <c r="E80" s="7" t="s">
+        <v>960</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>961</v>
+      </c>
+      <c r="G80" s="7" t="s">
+        <v>962</v>
+      </c>
+      <c r="H80" s="7" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I80" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J80" s="4" t="s">
+        <v>3221</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A81" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B81" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>3235</v>
+      </c>
+      <c r="D81" s="7" t="s">
+        <v>3218</v>
+      </c>
+      <c r="E81" s="7" t="s">
+        <v>912</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>913</v>
+      </c>
+      <c r="G81" s="7" t="s">
+        <v>4341</v>
+      </c>
+      <c r="H81" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I81" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J81" s="4" t="s">
+        <v>3236</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A82" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B82" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>3217</v>
+      </c>
+      <c r="D82" s="7" t="s">
+        <v>3218</v>
+      </c>
+      <c r="E82" s="7" t="s">
+        <v>957</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>958</v>
+      </c>
+      <c r="G82" s="7" t="s">
+        <v>959</v>
+      </c>
+      <c r="H82" s="7" t="s">
+        <v>2173</v>
+      </c>
+      <c r="I82" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J82" s="4" t="s">
+        <v>3219</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A83" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B83" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C83" s="7" t="s">
+        <v>3217</v>
+      </c>
+      <c r="D83" s="7" t="s">
+        <v>3218</v>
+      </c>
+      <c r="E83" s="7" t="s">
+        <v>906</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>907</v>
+      </c>
+      <c r="G83" s="7" t="s">
+        <v>908</v>
+      </c>
+      <c r="H83" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I83" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J83" s="4" t="s">
+        <v>3239</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A84" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B84" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C84" s="7" t="s">
+        <v>3256</v>
+      </c>
+      <c r="D84" s="7" t="s">
+        <v>3218</v>
+      </c>
+      <c r="E84" s="7" t="s">
+        <v>886</v>
+      </c>
+      <c r="F84" s="7" t="s">
+        <v>887</v>
+      </c>
+      <c r="G84" s="7" t="s">
+        <v>888</v>
+      </c>
+      <c r="H84" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I84" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J84" s="4" t="s">
+        <v>3257</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A85" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B85" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>3258</v>
+      </c>
+      <c r="D85" s="7" t="s">
+        <v>3218</v>
+      </c>
+      <c r="E85" s="7" t="s">
+        <v>883</v>
+      </c>
+      <c r="F85" s="7" t="s">
+        <v>884</v>
+      </c>
+      <c r="G85" s="7" t="s">
+        <v>885</v>
+      </c>
+      <c r="H85" s="7" t="s">
+        <v>2220</v>
+      </c>
+      <c r="I85" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J85" s="4" t="s">
+        <v>3259</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A86" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B86" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C86" s="7" t="s">
+        <v>3181</v>
+      </c>
+      <c r="D86" s="7" t="s">
+        <v>3182</v>
+      </c>
+      <c r="E86" s="7" t="s">
+        <v>900</v>
+      </c>
+      <c r="F86" s="7" t="s">
+        <v>901</v>
+      </c>
+      <c r="G86" s="7" t="s">
+        <v>902</v>
+      </c>
+      <c r="H86" s="7" t="s">
+        <v>2102</v>
+      </c>
+      <c r="I86" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J86" s="4" t="s">
+        <v>3183</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A87" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B87" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C87" s="7" t="s">
+        <v>3230</v>
+      </c>
+      <c r="D87" s="7" t="s">
+        <v>3231</v>
+      </c>
+      <c r="E87" s="7" t="s">
+        <v>914</v>
+      </c>
+      <c r="F87" s="7" t="s">
+        <v>915</v>
+      </c>
+      <c r="G87" s="7" t="s">
+        <v>916</v>
+      </c>
+      <c r="H87" s="7" t="s">
+        <v>2091</v>
+      </c>
+      <c r="I87" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J87" s="4" t="s">
+        <v>3232</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A88" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B88" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C88" s="7" t="s">
+        <v>3233</v>
+      </c>
+      <c r="D88" s="7" t="s">
+        <v>3231</v>
+      </c>
+      <c r="E88" s="7" t="s">
+        <v>947</v>
+      </c>
+      <c r="F88" s="7" t="s">
+        <v>948</v>
+      </c>
+      <c r="G88" s="7" t="s">
+        <v>949</v>
+      </c>
+      <c r="H88" s="7" t="s">
+        <v>2284</v>
+      </c>
+      <c r="I88" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J88" s="4" t="s">
+        <v>3234</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A89" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B89" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C89" s="7" t="s">
+        <v>3240</v>
+      </c>
+      <c r="D89" s="7" t="s">
+        <v>3241</v>
+      </c>
+      <c r="E89" s="7" t="s">
+        <v>903</v>
+      </c>
+      <c r="F89" s="7" t="s">
+        <v>904</v>
+      </c>
+      <c r="G89" s="7" t="s">
+        <v>905</v>
+      </c>
+      <c r="H89" s="7" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I89" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J89" s="4" t="s">
+        <v>3242</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A90" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B90" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C90" s="7" t="s">
+        <v>3195</v>
+      </c>
+      <c r="D90" s="7" t="s">
+        <v>3185</v>
+      </c>
+      <c r="E90" s="7" t="s">
+        <v>917</v>
+      </c>
+      <c r="F90" s="7" t="s">
+        <v>918</v>
+      </c>
+      <c r="G90" s="7" t="s">
+        <v>2041</v>
+      </c>
+      <c r="H90" s="7" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I90" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J90" s="4" t="s">
+        <v>3196</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A91" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B91" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C91" s="7" t="s">
+        <v>3195</v>
+      </c>
+      <c r="D91" s="7" t="s">
+        <v>3185</v>
+      </c>
+      <c r="E91" s="7" t="s">
+        <v>926</v>
+      </c>
+      <c r="F91" s="7" t="s">
+        <v>927</v>
+      </c>
+      <c r="G91" s="7" t="s">
+        <v>928</v>
+      </c>
+      <c r="H91" s="7" t="s">
+        <v>2307</v>
+      </c>
+      <c r="I91" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J91" s="4" t="s">
+        <v>3197</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A92" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B92" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C92" s="7" t="s">
+        <v>3193</v>
+      </c>
+      <c r="D92" s="7" t="s">
+        <v>3185</v>
+      </c>
+      <c r="E92" s="7" t="s">
+        <v>919</v>
+      </c>
+      <c r="F92" s="7" t="s">
+        <v>920</v>
+      </c>
+      <c r="G92" s="7" t="s">
+        <v>4342</v>
+      </c>
+      <c r="H92" s="7" t="s">
+        <v>2174</v>
+      </c>
+      <c r="I92" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J92" s="4" t="s">
+        <v>3194</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A93" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B93" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C93" s="7" t="s">
+        <v>3207</v>
+      </c>
+      <c r="D93" s="7" t="s">
+        <v>3185</v>
+      </c>
+      <c r="E93" s="7" t="s">
+        <v>935</v>
+      </c>
+      <c r="F93" s="7" t="s">
+        <v>936</v>
+      </c>
+      <c r="G93" s="7" t="s">
+        <v>937</v>
+      </c>
+      <c r="H93" s="7" t="s">
+        <v>2176</v>
+      </c>
+      <c r="I93" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J93" s="4" t="s">
+        <v>3208</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A94" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B94" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C94" s="7" t="s">
+        <v>3209</v>
+      </c>
+      <c r="D94" s="7" t="s">
+        <v>3185</v>
+      </c>
+      <c r="E94" s="7" t="s">
+        <v>938</v>
+      </c>
+      <c r="F94" s="7" t="s">
+        <v>939</v>
+      </c>
+      <c r="G94" s="7" t="s">
+        <v>940</v>
+      </c>
+      <c r="H94" s="7" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I94" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J94" s="4" t="s">
+        <v>3210</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A95" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B95" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C95" s="7" t="s">
+        <v>3184</v>
+      </c>
+      <c r="D95" s="7" t="s">
+        <v>3185</v>
+      </c>
+      <c r="E95" s="7" t="s">
+        <v>923</v>
+      </c>
+      <c r="F95" s="7" t="s">
+        <v>924</v>
+      </c>
+      <c r="G95" s="7" t="s">
+        <v>925</v>
+      </c>
+      <c r="H95" s="7" t="s">
+        <v>2303</v>
+      </c>
+      <c r="I95" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J95" s="4" t="s">
+        <v>3186</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A96" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B96" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C96" s="7" t="s">
+        <v>3244</v>
+      </c>
+      <c r="D96" s="7" t="s">
+        <v>3245</v>
+      </c>
+      <c r="E96" s="7" t="s">
+        <v>2036</v>
+      </c>
+      <c r="F96" s="7" t="s">
+        <v>550</v>
+      </c>
+      <c r="G96" s="7" t="s">
+        <v>2037</v>
+      </c>
+      <c r="H96" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="I96" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J96" s="4" t="s">
+        <v>3246</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A97" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B97" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C97" s="7" t="s">
+        <v>3171</v>
+      </c>
+      <c r="D97" s="7" t="s">
+        <v>3172</v>
+      </c>
+      <c r="E97" s="7" t="s">
+        <v>966</v>
+      </c>
+      <c r="F97" s="7" t="s">
+        <v>967</v>
+      </c>
+      <c r="G97" s="7" t="s">
+        <v>968</v>
+      </c>
+      <c r="H97" s="7" t="s">
+        <v>2058</v>
+      </c>
+      <c r="I97" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J97" s="4" t="s">
+        <v>3173</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A98" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B98" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C98" s="7" t="s">
+        <v>3250</v>
+      </c>
+      <c r="D98" s="7" t="s">
+        <v>3251</v>
+      </c>
+      <c r="E98" s="7" t="s">
+        <v>894</v>
+      </c>
+      <c r="F98" s="7" t="s">
+        <v>895</v>
+      </c>
+      <c r="G98" s="7" t="s">
+        <v>896</v>
+      </c>
+      <c r="H98" s="7" t="s">
+        <v>2223</v>
+      </c>
+      <c r="I98" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J98" s="4" t="s">
+        <v>3252</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A99" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B99" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C99" s="7" t="s">
+        <v>3222</v>
+      </c>
+      <c r="D99" s="7" t="s">
+        <v>3223</v>
+      </c>
+      <c r="E99" s="7" t="s">
+        <v>975</v>
+      </c>
+      <c r="F99" s="7" t="s">
+        <v>976</v>
+      </c>
+      <c r="G99" s="7" t="s">
+        <v>977</v>
+      </c>
+      <c r="H99" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I99" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J99" s="4" t="s">
+        <v>3224</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A100" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B100" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C100" s="7" t="s">
+        <v>3187</v>
+      </c>
+      <c r="D100" s="7" t="s">
+        <v>3188</v>
+      </c>
+      <c r="E100" s="7" t="s">
+        <v>921</v>
+      </c>
+      <c r="F100" s="7" t="s">
+        <v>922</v>
+      </c>
+      <c r="G100" s="7" t="s">
+        <v>2042</v>
+      </c>
+      <c r="H100" s="7" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I100" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J100" s="4" t="s">
+        <v>3189</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A101" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B101" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C101" s="7" t="s">
+        <v>3225</v>
+      </c>
+      <c r="D101" s="7" t="s">
+        <v>3226</v>
+      </c>
+      <c r="E101" s="7" t="s">
+        <v>972</v>
+      </c>
+      <c r="F101" s="7" t="s">
+        <v>973</v>
+      </c>
+      <c r="G101" s="7" t="s">
+        <v>974</v>
+      </c>
+      <c r="H101" s="7" t="s">
+        <v>2161</v>
+      </c>
+      <c r="I101" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J101" s="4" t="s">
+        <v>3228</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A102" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B102" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C102" s="7" t="s">
+        <v>3225</v>
+      </c>
+      <c r="D102" s="7" t="s">
+        <v>3226</v>
+      </c>
+      <c r="E102" s="7" t="s">
+        <v>978</v>
+      </c>
+      <c r="F102" s="7" t="s">
+        <v>979</v>
+      </c>
+      <c r="G102" s="7" t="s">
+        <v>980</v>
+      </c>
+      <c r="H102" s="7" t="s">
+        <v>2218</v>
+      </c>
+      <c r="I102" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J102" s="4" t="s">
+        <v>3227</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A103" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B103" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C103" s="7" t="s">
+        <v>3225</v>
+      </c>
+      <c r="D103" s="7" t="s">
+        <v>3226</v>
+      </c>
+      <c r="E103" s="7" t="s">
+        <v>950</v>
+      </c>
+      <c r="F103" s="7" t="s">
+        <v>951</v>
+      </c>
+      <c r="G103" s="7" t="s">
+        <v>952</v>
+      </c>
+      <c r="H103" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I103" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J103" s="4" t="s">
+        <v>3229</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A104" s="7" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B104" s="7" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C104" s="7" t="s">
+        <v>3230</v>
+      </c>
+      <c r="D104" s="7" t="s">
+        <v>3226</v>
+      </c>
+      <c r="E104" s="7" t="s">
+        <v>880</v>
+      </c>
+      <c r="F104" s="7" t="s">
+        <v>881</v>
+      </c>
+      <c r="G104" s="7" t="s">
+        <v>882</v>
+      </c>
+      <c r="H104" s="7" t="s">
+        <v>2222</v>
+      </c>
+      <c r="I104" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J104" s="4" t="s">
+        <v>3243</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" ht="157.5" x14ac:dyDescent="0.35">
+      <c r="A105" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B105" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C105" s="7" t="s">
+        <v>2559</v>
+      </c>
+      <c r="D105" s="7" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E105" s="7" t="s">
+        <v>282</v>
+      </c>
+      <c r="F105" s="7" t="s">
+        <v>283</v>
+      </c>
+      <c r="G105" s="7" t="s">
+        <v>284</v>
+      </c>
+      <c r="H105" s="7" t="s">
+        <v>2263</v>
+      </c>
+      <c r="I105" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J105" s="4" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A106" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B106" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C106" s="7" t="s">
+        <v>2611</v>
+      </c>
+      <c r="D106" s="7" t="s">
+        <v>2612</v>
+      </c>
+      <c r="E106" s="7" t="s">
+        <v>291</v>
+      </c>
+      <c r="F106" s="7" t="s">
+        <v>292</v>
+      </c>
+      <c r="G106" s="7" t="s">
+        <v>293</v>
+      </c>
+      <c r="H106" s="7" t="s">
+        <v>2224</v>
+      </c>
+      <c r="I106" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J106" s="4" t="s">
+        <v>2613</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A107" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B107" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C107" s="7" t="s">
+        <v>2565</v>
+      </c>
+      <c r="D107" s="7" t="s">
+        <v>2563</v>
+      </c>
+      <c r="E107" s="7" t="s">
+        <v>277</v>
+      </c>
+      <c r="F107" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="G107" s="7" t="s">
+        <v>279</v>
+      </c>
+      <c r="H107" s="7" t="s">
+        <v>2128</v>
+      </c>
+      <c r="I107" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J107" s="4" t="s">
+        <v>2566</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A108" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B108" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C108" s="7" t="s">
+        <v>2572</v>
+      </c>
+      <c r="D108" s="7" t="s">
+        <v>2563</v>
+      </c>
+      <c r="E108" s="7" t="s">
+        <v>280</v>
+      </c>
+      <c r="F108" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="G108" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="H108" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I108" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J108" s="4" t="s">
+        <v>2573</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A109" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B109" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C109" s="7" t="s">
+        <v>2567</v>
+      </c>
+      <c r="D109" s="7" t="s">
+        <v>2563</v>
+      </c>
+      <c r="E109" s="7" t="s">
+        <v>2017</v>
+      </c>
+      <c r="F109" s="7" t="s">
+        <v>2018</v>
+      </c>
+      <c r="G109" s="7" t="s">
+        <v>2019</v>
+      </c>
+      <c r="H109" s="7" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I109" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J109" s="4" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A110" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B110" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C110" s="7" t="s">
+        <v>2562</v>
+      </c>
+      <c r="D110" s="7" t="s">
+        <v>2563</v>
+      </c>
+      <c r="E110" s="7" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F110" s="7" t="s">
+        <v>2015</v>
+      </c>
+      <c r="G110" s="7" t="s">
+        <v>2016</v>
+      </c>
+      <c r="H110" s="7" t="s">
+        <v>2127</v>
+      </c>
+      <c r="I110" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J110" s="4" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A111" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B111" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C111" s="7" t="s">
+        <v>2592</v>
+      </c>
+      <c r="D111" s="7" t="s">
+        <v>2593</v>
+      </c>
+      <c r="E111" s="7" t="s">
+        <v>294</v>
+      </c>
+      <c r="F111" s="7" t="s">
+        <v>295</v>
+      </c>
+      <c r="G111" s="7" t="s">
+        <v>296</v>
+      </c>
+      <c r="H111" s="7" t="s">
+        <v>2170</v>
+      </c>
+      <c r="I111" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J111" s="4" t="s">
+        <v>2594</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A112" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B112" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C112" s="7" t="s">
+        <v>2608</v>
+      </c>
+      <c r="D112" s="7" t="s">
+        <v>2609</v>
+      </c>
+      <c r="E112" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="F112" s="7" t="s">
+        <v>266</v>
+      </c>
+      <c r="G112" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="H112" s="7" t="s">
+        <v>2328</v>
+      </c>
+      <c r="I112" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J112" s="4" t="s">
+        <v>2610</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A113" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B113" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C113" s="7" t="s">
+        <v>2577</v>
+      </c>
+      <c r="D113" s="7" t="s">
+        <v>2578</v>
+      </c>
+      <c r="E113" s="7" t="s">
+        <v>308</v>
+      </c>
+      <c r="F113" s="7" t="s">
+        <v>309</v>
+      </c>
+      <c r="G113" s="7" t="s">
+        <v>310</v>
+      </c>
+      <c r="H113" s="7" t="s">
+        <v>2284</v>
+      </c>
+      <c r="I113" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J113" s="4" t="s">
+        <v>2579</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A114" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B114" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C114" s="7" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D114" s="7" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E114" s="7" t="s">
+        <v>271</v>
+      </c>
+      <c r="F114" s="7" t="s">
+        <v>272</v>
+      </c>
+      <c r="G114" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="H114" s="7" t="s">
+        <v>2141</v>
+      </c>
+      <c r="I114" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J114" s="4" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A115" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B115" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C115" s="7" t="s">
+        <v>2605</v>
+      </c>
+      <c r="D115" s="7" t="s">
+        <v>2606</v>
+      </c>
+      <c r="E115" s="7" t="s">
+        <v>274</v>
+      </c>
+      <c r="F115" s="7" t="s">
+        <v>275</v>
+      </c>
+      <c r="G115" s="7" t="s">
+        <v>276</v>
+      </c>
+      <c r="H115" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I115" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J115" s="4" t="s">
+        <v>2607</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A116" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B116" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C116" s="7" t="s">
+        <v>2569</v>
+      </c>
+      <c r="D116" s="7" t="s">
+        <v>2570</v>
+      </c>
+      <c r="E116" s="7" t="s">
+        <v>285</v>
+      </c>
+      <c r="F116" s="7" t="s">
+        <v>286</v>
+      </c>
+      <c r="G116" s="7" t="s">
+        <v>287</v>
+      </c>
+      <c r="H116" s="7" t="s">
+        <v>2286</v>
+      </c>
+      <c r="I116" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J116" s="4" t="s">
         <v>2571</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D1" s="2" t="s">
+    </row>
+    <row r="117" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A117" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B117" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C117" s="7" t="s">
+        <v>2580</v>
+      </c>
+      <c r="D117" s="7" t="s">
+        <v>2581</v>
+      </c>
+      <c r="E117" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="F117" s="7" t="s">
+        <v>306</v>
+      </c>
+      <c r="G117" s="7" t="s">
+        <v>307</v>
+      </c>
+      <c r="H117" s="7" t="s">
+        <v>2168</v>
+      </c>
+      <c r="I117" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J117" s="4" t="s">
+        <v>2582</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A118" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B118" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C118" s="7" t="s">
         <v>2574</v>
       </c>
-      <c r="E1" s="2" t="s">
+      <c r="D118" s="7" t="s">
+        <v>2575</v>
+      </c>
+      <c r="E118" s="7" t="s">
+        <v>268</v>
+      </c>
+      <c r="F118" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="G118" s="7" t="s">
+        <v>270</v>
+      </c>
+      <c r="H118" s="7" t="s">
+        <v>2264</v>
+      </c>
+      <c r="I118" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J118" s="4" t="s">
+        <v>2576</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A119" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B119" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C119" s="7" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D119" s="7" t="s">
+        <v>2584</v>
+      </c>
+      <c r="E119" s="7" t="s">
+        <v>302</v>
+      </c>
+      <c r="F119" s="7" t="s">
+        <v>303</v>
+      </c>
+      <c r="G119" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="H119" s="7" t="s">
+        <v>2123</v>
+      </c>
+      <c r="I119" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J119" s="4" t="s">
+        <v>2585</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A120" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B120" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C120" s="7" t="s">
+        <v>2586</v>
+      </c>
+      <c r="D120" s="7" t="s">
+        <v>2587</v>
+      </c>
+      <c r="E120" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="F120" s="7" t="s">
+        <v>301</v>
+      </c>
+      <c r="G120" s="7" t="s">
+        <v>2020</v>
+      </c>
+      <c r="H120" s="7" t="s">
+        <v>2282</v>
+      </c>
+      <c r="I120" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J120" s="4" t="s">
+        <v>2588</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A121" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B121" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C121" s="7" t="s">
+        <v>2589</v>
+      </c>
+      <c r="D121" s="7" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E121" s="7" t="s">
+        <v>297</v>
+      </c>
+      <c r="F121" s="7" t="s">
+        <v>298</v>
+      </c>
+      <c r="G121" s="7" t="s">
+        <v>299</v>
+      </c>
+      <c r="H121" s="7" t="s">
+        <v>2169</v>
+      </c>
+      <c r="I121" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J121" s="4" t="s">
+        <v>2591</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A122" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B122" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C122" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="D122" s="7" t="s">
+        <v>2598</v>
+      </c>
+      <c r="E122" s="7" t="s">
+        <v>2599</v>
+      </c>
+      <c r="F122" s="7" t="s">
+        <v>2600</v>
+      </c>
+      <c r="G122" s="7" t="s">
+        <v>2601</v>
+      </c>
+      <c r="H122" s="7"/>
+      <c r="I122" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J122" s="4" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A123" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B123" s="7" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C123" s="7" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D123" s="7" t="s">
+        <v>2598</v>
+      </c>
+      <c r="E123" s="7" t="s">
+        <v>288</v>
+      </c>
+      <c r="F123" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="G123" s="7" t="s">
+        <v>290</v>
+      </c>
+      <c r="H123" s="7" t="s">
+        <v>2272</v>
+      </c>
+      <c r="I123" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J123" s="4" t="s">
+        <v>2604</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A124" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B124" s="7" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C124" s="7" t="s">
+        <v>2940</v>
+      </c>
+      <c r="D124" s="7" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E124" s="7" t="s">
+        <v>633</v>
+      </c>
+      <c r="F124" s="7" t="s">
+        <v>634</v>
+      </c>
+      <c r="G124" s="7" t="s">
+        <v>635</v>
+      </c>
+      <c r="H124" s="7" t="s">
+        <v>2282</v>
+      </c>
+      <c r="I124" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J124" s="4" t="s">
+        <v>2942</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A125" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B125" s="7" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C125" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="D125" s="7" t="s">
+        <v>2922</v>
+      </c>
+      <c r="E125" s="7" t="s">
+        <v>2028</v>
+      </c>
+      <c r="F125" s="7" t="s">
+        <v>2029</v>
+      </c>
+      <c r="G125" s="7" t="s">
+        <v>2030</v>
+      </c>
+      <c r="H125" s="7" t="s">
+        <v>2287</v>
+      </c>
+      <c r="I125" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J125" s="4" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A126" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B126" s="7" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C126" s="7" t="s">
+        <v>2933</v>
+      </c>
+      <c r="D126" s="7" t="s">
+        <v>2934</v>
+      </c>
+      <c r="E126" s="7" t="s">
+        <v>630</v>
+      </c>
+      <c r="F126" s="7" t="s">
+        <v>631</v>
+      </c>
+      <c r="G126" s="7" t="s">
+        <v>632</v>
+      </c>
+      <c r="H126" s="7" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I126" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J126" s="4" t="s">
+        <v>2936</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" ht="126" x14ac:dyDescent="0.35">
+      <c r="A127" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B127" s="7" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C127" s="7" t="s">
+        <v>2933</v>
+      </c>
+      <c r="D127" s="7" t="s">
+        <v>2934</v>
+      </c>
+      <c r="E127" s="7" t="s">
+        <v>655</v>
+      </c>
+      <c r="F127" s="7" t="s">
+        <v>656</v>
+      </c>
+      <c r="G127" s="7" t="s">
+        <v>2033</v>
+      </c>
+      <c r="H127" s="7" t="s">
+        <v>2225</v>
+      </c>
+      <c r="I127" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J127" s="4" t="s">
+        <v>2935</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A128" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B128" s="7" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C128" s="7" t="s">
+        <v>2924</v>
+      </c>
+      <c r="D128" s="7" t="s">
+        <v>2925</v>
+      </c>
+      <c r="E128" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="F128" s="7" t="s">
+        <v>640</v>
+      </c>
+      <c r="G128" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H128" s="7" t="s">
+        <v>2281</v>
+      </c>
+      <c r="I128" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J128" s="4" t="s">
+        <v>2926</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A129" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B129" s="7" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C129" s="7" t="s">
+        <v>2919</v>
+      </c>
+      <c r="D129" s="7" t="s">
+        <v>2920</v>
+      </c>
+      <c r="E129" s="7" t="s">
+        <v>641</v>
+      </c>
+      <c r="F129" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="G129" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="H129" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I129" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J129" s="4" t="s">
+        <v>2921</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10" ht="173.25" x14ac:dyDescent="0.35">
+      <c r="A130" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B130" s="7" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C130" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="D130" s="7" t="s">
+        <v>2923</v>
+      </c>
+      <c r="E130" s="7" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F130" s="7" t="s">
+        <v>2026</v>
+      </c>
+      <c r="G130" s="7" t="s">
+        <v>2027</v>
+      </c>
+      <c r="H130" s="7" t="s">
+        <v>2207</v>
+      </c>
+      <c r="I130" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J130" s="4" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A131" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B131" s="7" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C131" s="7" t="s">
+        <v>2943</v>
+      </c>
+      <c r="D131" s="7" t="s">
+        <v>2944</v>
+      </c>
+      <c r="E131" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="F131" s="7" t="s">
+        <v>637</v>
+      </c>
+      <c r="G131" s="7" t="s">
+        <v>638</v>
+      </c>
+      <c r="H131" s="7" t="s">
+        <v>2141</v>
+      </c>
+      <c r="I131" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J131" s="4" t="s">
+        <v>2945</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A132" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B132" s="7" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C132" s="7" t="s">
+        <v>2913</v>
+      </c>
+      <c r="D132" s="7" t="s">
+        <v>2914</v>
+      </c>
+      <c r="E132" s="7" t="s">
+        <v>643</v>
+      </c>
+      <c r="F132" s="7" t="s">
+        <v>644</v>
+      </c>
+      <c r="G132" s="7" t="s">
+        <v>645</v>
+      </c>
+      <c r="H132" s="7" t="s">
+        <v>2061</v>
+      </c>
+      <c r="I132" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J132" s="4" t="s">
+        <v>2915</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A133" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B133" s="7" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C133" s="7" t="s">
+        <v>2927</v>
+      </c>
+      <c r="D133" s="7" t="s">
+        <v>2928</v>
+      </c>
+      <c r="E133" s="7" t="s">
+        <v>648</v>
+      </c>
+      <c r="F133" s="7" t="s">
+        <v>649</v>
+      </c>
+      <c r="G133" s="7" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H133" s="7" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I133" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J133" s="4" t="s">
+        <v>2929</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A134" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B134" s="7" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C134" s="7" t="s">
+        <v>2916</v>
+      </c>
+      <c r="D134" s="7" t="s">
+        <v>2917</v>
+      </c>
+      <c r="E134" s="7" t="s">
+        <v>652</v>
+      </c>
+      <c r="F134" s="7" t="s">
+        <v>653</v>
+      </c>
+      <c r="G134" s="7" t="s">
+        <v>654</v>
+      </c>
+      <c r="H134" s="7" t="s">
+        <v>2091</v>
+      </c>
+      <c r="I134" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J134" s="4" t="s">
+        <v>2918</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A135" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B135" s="7" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C135" s="7" t="s">
+        <v>2930</v>
+      </c>
+      <c r="D135" s="7" t="s">
+        <v>2931</v>
+      </c>
+      <c r="E135" s="7" t="s">
+        <v>650</v>
+      </c>
+      <c r="F135" s="7" t="s">
+        <v>651</v>
+      </c>
+      <c r="G135" s="7" t="s">
+        <v>2032</v>
+      </c>
+      <c r="H135" s="7" t="s">
+        <v>2224</v>
+      </c>
+      <c r="I135" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J135" s="4" t="s">
+        <v>2932</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A136" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B136" s="7" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C136" s="7" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D136" s="7" t="s">
+        <v>2938</v>
+      </c>
+      <c r="E136" s="7" t="s">
+        <v>657</v>
+      </c>
+      <c r="F136" s="7" t="s">
+        <v>658</v>
+      </c>
+      <c r="G136" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H136" s="7" t="s">
+        <v>2254</v>
+      </c>
+      <c r="I136" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J136" s="4" t="s">
+        <v>2946</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10" ht="141.75" x14ac:dyDescent="0.35">
+      <c r="A137" s="7" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B137" s="7" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C137" s="7" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D137" s="7" t="s">
+        <v>2938</v>
+      </c>
+      <c r="E137" s="7" t="s">
+        <v>646</v>
+      </c>
+      <c r="F137" s="7" t="s">
+        <v>647</v>
+      </c>
+      <c r="G137" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H137" s="7" t="s">
+        <v>2327</v>
+      </c>
+      <c r="I137" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J137" s="4" t="s">
+        <v>2939</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A138" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B138" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C138" s="7" t="s">
+        <v>3989</v>
+      </c>
+      <c r="D138" s="7" t="s">
+        <v>3990</v>
+      </c>
+      <c r="E138" s="7" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F138" s="7" t="s">
+        <v>1696</v>
+      </c>
+      <c r="G138" s="7" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H138" s="7" t="s">
+        <v>2061</v>
+      </c>
+      <c r="I138" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J138" s="4" t="s">
+        <v>3991</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10" ht="126" x14ac:dyDescent="0.35">
+      <c r="A139" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B139" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C139" s="7" t="s">
+        <v>3951</v>
+      </c>
+      <c r="D139" s="7" t="s">
+        <v>3945</v>
+      </c>
+      <c r="E139" s="7" t="s">
+        <v>1674</v>
+      </c>
+      <c r="F139" s="7" t="s">
+        <v>1675</v>
+      </c>
+      <c r="G139" s="7" t="s">
+        <v>1676</v>
+      </c>
+      <c r="H139" s="7" t="s">
+        <v>2138</v>
+      </c>
+      <c r="I139" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J139" s="4" t="s">
+        <v>3952</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A140" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B140" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C140" s="7" t="s">
+        <v>3944</v>
+      </c>
+      <c r="D140" s="7" t="s">
+        <v>3945</v>
+      </c>
+      <c r="E140" s="7" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F140" s="7" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G140" s="7" t="s">
+        <v>1719</v>
+      </c>
+      <c r="H140" s="7" t="s">
+        <v>2137</v>
+      </c>
+      <c r="I140" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J140" s="4" t="s">
+        <v>3946</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A141" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B141" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C141" s="7" t="s">
+        <v>3980</v>
+      </c>
+      <c r="D141" s="7" t="s">
+        <v>3981</v>
+      </c>
+      <c r="E141" s="7" t="s">
+        <v>1646</v>
+      </c>
+      <c r="F141" s="7" t="s">
+        <v>1647</v>
+      </c>
+      <c r="G141" s="7" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H141" s="7" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I141" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J141" s="4" t="s">
+        <v>3982</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A142" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B142" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C142" s="7" t="s">
+        <v>3919</v>
+      </c>
+      <c r="D142" s="7" t="s">
+        <v>3920</v>
+      </c>
+      <c r="E142" s="7" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F142" s="7" t="s">
+        <v>1701</v>
+      </c>
+      <c r="G142" s="7" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H142" s="7" t="s">
+        <v>2112</v>
+      </c>
+      <c r="I142" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J142" s="4" t="s">
+        <v>3921</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A143" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B143" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C143" s="7" t="s">
+        <v>3949</v>
+      </c>
+      <c r="D143" s="7" t="s">
+        <v>3920</v>
+      </c>
+      <c r="E143" s="7" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F143" s="7" t="s">
+        <v>1688</v>
+      </c>
+      <c r="G143" s="7" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H143" s="7" t="s">
+        <v>2113</v>
+      </c>
+      <c r="I143" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J143" s="4" t="s">
+        <v>3950</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A144" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B144" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C144" s="7" t="s">
+        <v>3899</v>
+      </c>
+      <c r="D144" s="7" t="s">
+        <v>3900</v>
+      </c>
+      <c r="E144" s="7" t="s">
+        <v>1625</v>
+      </c>
+      <c r="F144" s="7" t="s">
+        <v>1626</v>
+      </c>
+      <c r="G144" s="7" t="s">
+        <v>1627</v>
+      </c>
+      <c r="H144" s="7" t="s">
+        <v>2288</v>
+      </c>
+      <c r="I144" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J144" s="4" t="s">
+        <v>3901</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A145" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B145" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C145" s="7" t="s">
+        <v>3955</v>
+      </c>
+      <c r="D145" s="7" t="s">
+        <v>3956</v>
+      </c>
+      <c r="E145" s="7" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F145" s="7" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G145" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="H145" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="I145" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J145" s="4" t="s">
+        <v>3957</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A146" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B146" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C146" s="7" t="s">
+        <v>3992</v>
+      </c>
+      <c r="D146" s="7" t="s">
+        <v>3993</v>
+      </c>
+      <c r="E146" s="7" t="s">
+        <v>1693</v>
+      </c>
+      <c r="F146" s="7" t="s">
+        <v>1694</v>
+      </c>
+      <c r="G146" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H146" s="7" t="s">
+        <v>2171</v>
+      </c>
+      <c r="I146" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J146" s="4" t="s">
+        <v>3994</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A147" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B147" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C147" s="7" t="s">
+        <v>3974</v>
+      </c>
+      <c r="D147" s="7" t="s">
+        <v>3975</v>
+      </c>
+      <c r="E147" s="7" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F147" s="7" t="s">
+        <v>1659</v>
+      </c>
+      <c r="G147" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H147" s="7" t="s">
+        <v>2303</v>
+      </c>
+      <c r="I147" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J147" s="4" t="s">
+        <v>3977</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A148" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B148" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C148" s="7" t="s">
+        <v>3974</v>
+      </c>
+      <c r="D148" s="7" t="s">
+        <v>3975</v>
+      </c>
+      <c r="E148" s="7" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F148" s="7" t="s">
+        <v>1451</v>
+      </c>
+      <c r="G148" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H148" s="7" t="s">
+        <v>2156</v>
+      </c>
+      <c r="I148" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J148" s="4" t="s">
+        <v>3976</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A149" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B149" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C149" s="7" t="s">
+        <v>3995</v>
+      </c>
+      <c r="D149" s="7" t="s">
+        <v>3996</v>
+      </c>
+      <c r="E149" s="7" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F149" s="7" t="s">
+        <v>1716</v>
+      </c>
+      <c r="G149" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H149" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I149" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J149" s="4" t="s">
+        <v>3997</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A150" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B150" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C150" s="7" t="s">
+        <v>3911</v>
+      </c>
+      <c r="D150" s="7" t="s">
+        <v>3903</v>
+      </c>
+      <c r="E150" s="7" t="s">
+        <v>1612</v>
+      </c>
+      <c r="F150" s="7" t="s">
+        <v>1613</v>
+      </c>
+      <c r="G150" s="7" t="s">
+        <v>1614</v>
+      </c>
+      <c r="H150" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="F1" s="2" t="s">
+      <c r="I150" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J150" s="4" t="s">
+        <v>3912</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A151" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B151" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C151" s="7" t="s">
+        <v>3902</v>
+      </c>
+      <c r="D151" s="7" t="s">
+        <v>3903</v>
+      </c>
+      <c r="E151" s="7" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F151" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="G151" s="7" t="s">
+        <v>1631</v>
+      </c>
+      <c r="H151" s="7" t="s">
+        <v>2123</v>
+      </c>
+      <c r="I151" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J151" s="4" t="s">
+        <v>3904</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A152" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B152" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C152" s="7" t="s">
+        <v>3916</v>
+      </c>
+      <c r="D152" s="7" t="s">
+        <v>3917</v>
+      </c>
+      <c r="E152" s="7" t="s">
+        <v>1615</v>
+      </c>
+      <c r="F152" s="7" t="s">
+        <v>1616</v>
+      </c>
+      <c r="G152" s="7" t="s">
+        <v>1617</v>
+      </c>
+      <c r="H152" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I152" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J152" s="4" t="s">
+        <v>3918</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A153" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B153" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C153" s="7" t="s">
+        <v>3922</v>
+      </c>
+      <c r="D153" s="7" t="s">
+        <v>3923</v>
+      </c>
+      <c r="E153" s="7" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F153" s="7" t="s">
+        <v>1699</v>
+      </c>
+      <c r="G153" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="H153" s="7" t="s">
+        <v>2294</v>
+      </c>
+      <c r="I153" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J153" s="4" t="s">
+        <v>3924</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A154" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B154" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C154" s="7" t="s">
+        <v>3934</v>
+      </c>
+      <c r="D154" s="7" t="s">
+        <v>3923</v>
+      </c>
+      <c r="E154" s="7" t="s">
+        <v>1679</v>
+      </c>
+      <c r="F154" s="7" t="s">
+        <v>1680</v>
+      </c>
+      <c r="G154" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H154" s="7" t="s">
+        <v>2136</v>
+      </c>
+      <c r="I154" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J154" s="4" t="s">
+        <v>3935</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A155" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B155" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C155" s="7" t="s">
+        <v>4010</v>
+      </c>
+      <c r="D155" s="7" t="s">
+        <v>3999</v>
+      </c>
+      <c r="E155" s="7" t="s">
+        <v>1642</v>
+      </c>
+      <c r="F155" s="7" t="s">
+        <v>1643</v>
+      </c>
+      <c r="G155" s="7" t="s">
+        <v>916</v>
+      </c>
+      <c r="H155" s="7" t="s">
+        <v>2136</v>
+      </c>
+      <c r="I155" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J155" s="4" t="s">
+        <v>4011</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A156" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B156" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C156" s="7" t="s">
+        <v>3998</v>
+      </c>
+      <c r="D156" s="7" t="s">
+        <v>3999</v>
+      </c>
+      <c r="E156" s="7" t="s">
+        <v>1671</v>
+      </c>
+      <c r="F156" s="7" t="s">
+        <v>1672</v>
+      </c>
+      <c r="G156" s="7" t="s">
+        <v>1673</v>
+      </c>
+      <c r="H156" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I156" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J156" s="4" t="s">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A157" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B157" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C157" s="7" t="s">
+        <v>3928</v>
+      </c>
+      <c r="D157" s="7" t="s">
+        <v>3929</v>
+      </c>
+      <c r="E157" s="7" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F157" s="7" t="s">
+        <v>1685</v>
+      </c>
+      <c r="G157" s="7" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H157" s="7" t="s">
+        <v>2135</v>
+      </c>
+      <c r="I157" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J157" s="4" t="s">
+        <v>3930</v>
+      </c>
+    </row>
+    <row r="158" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A158" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B158" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C158" s="7" t="s">
+        <v>3939</v>
+      </c>
+      <c r="D158" s="7" t="s">
+        <v>3929</v>
+      </c>
+      <c r="E158" s="7" t="s">
+        <v>1723</v>
+      </c>
+      <c r="F158" s="7" t="s">
+        <v>1724</v>
+      </c>
+      <c r="G158" s="7" t="s">
+        <v>4343</v>
+      </c>
+      <c r="H158" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I158" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J158" s="4" t="s">
+        <v>3940</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A159" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B159" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C159" s="7" t="s">
+        <v>3931</v>
+      </c>
+      <c r="D159" s="7" t="s">
+        <v>3932</v>
+      </c>
+      <c r="E159" s="7" t="s">
+        <v>1681</v>
+      </c>
+      <c r="F159" s="7" t="s">
+        <v>1682</v>
+      </c>
+      <c r="G159" s="7" t="s">
+        <v>1683</v>
+      </c>
+      <c r="H159" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I159" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J159" s="4" t="s">
+        <v>3933</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A160" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B160" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C160" s="7" t="s">
+        <v>4007</v>
+      </c>
+      <c r="D160" s="7" t="s">
+        <v>4008</v>
+      </c>
+      <c r="E160" s="7" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F160" s="7" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G160" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H160" s="7" t="s">
+        <v>2136</v>
+      </c>
+      <c r="I160" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J160" s="4" t="s">
+        <v>4009</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A161" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B161" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C161" s="7" t="s">
+        <v>3925</v>
+      </c>
+      <c r="D161" s="7" t="s">
+        <v>3926</v>
+      </c>
+      <c r="E161" s="7" t="s">
+        <v>1708</v>
+      </c>
+      <c r="F161" s="7" t="s">
+        <v>1709</v>
+      </c>
+      <c r="G161" s="7" t="s">
+        <v>403</v>
+      </c>
+      <c r="H161" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="I161" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J161" s="4" t="s">
+        <v>3927</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A162" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B162" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C162" s="7" t="s">
+        <v>3947</v>
+      </c>
+      <c r="D162" s="7" t="s">
+        <v>3942</v>
+      </c>
+      <c r="E162" s="7" t="s">
+        <v>1706</v>
+      </c>
+      <c r="F162" s="7" t="s">
+        <v>1707</v>
+      </c>
+      <c r="G162" s="7" t="s">
+        <v>258</v>
+      </c>
+      <c r="H162" s="7" t="s">
+        <v>2096</v>
+      </c>
+      <c r="I162" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J162" s="4" t="s">
+        <v>3948</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A163" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B163" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C163" s="7" t="s">
+        <v>3941</v>
+      </c>
+      <c r="D163" s="7" t="s">
+        <v>3942</v>
+      </c>
+      <c r="E163" s="7" t="s">
+        <v>1720</v>
+      </c>
+      <c r="F163" s="7" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G163" s="7" t="s">
+        <v>1722</v>
+      </c>
+      <c r="H163" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I163" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J163" s="4" t="s">
+        <v>3943</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A164" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B164" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C164" s="7" t="s">
+        <v>4001</v>
+      </c>
+      <c r="D164" s="7" t="s">
+        <v>4002</v>
+      </c>
+      <c r="E164" s="7" t="s">
+        <v>1639</v>
+      </c>
+      <c r="F164" s="7" t="s">
+        <v>1640</v>
+      </c>
+      <c r="G164" s="7" t="s">
+        <v>1641</v>
+      </c>
+      <c r="H164" s="7" t="s">
+        <v>2195</v>
+      </c>
+      <c r="I164" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J164" s="4" t="s">
+        <v>4012</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A165" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B165" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C165" s="7" t="s">
+        <v>4001</v>
+      </c>
+      <c r="D165" s="7" t="s">
+        <v>4002</v>
+      </c>
+      <c r="E165" s="7" t="s">
+        <v>1690</v>
+      </c>
+      <c r="F165" s="7" t="s">
+        <v>1691</v>
+      </c>
+      <c r="G165" s="7" t="s">
+        <v>1692</v>
+      </c>
+      <c r="H165" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I165" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J165" s="4" t="s">
+        <v>4003</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A166" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B166" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C166" s="7" t="s">
+        <v>4004</v>
+      </c>
+      <c r="D166" s="7" t="s">
+        <v>4005</v>
+      </c>
+      <c r="E166" s="7" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F166" s="7" t="s">
+        <v>1711</v>
+      </c>
+      <c r="G166" s="7" t="s">
+        <v>1712</v>
+      </c>
+      <c r="H166" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I166" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J166" s="4" t="s">
+        <v>4006</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A167" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B167" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C167" s="7" t="s">
+        <v>4018</v>
+      </c>
+      <c r="D167" s="7" t="s">
+        <v>4019</v>
+      </c>
+      <c r="E167" s="7" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F167" s="7" t="s">
+        <v>1633</v>
+      </c>
+      <c r="G167" s="7" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H167" s="7" t="s">
+        <v>2086</v>
+      </c>
+      <c r="I167" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J167" s="4" t="s">
+        <v>4020</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A168" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B168" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C168" s="7" t="s">
+        <v>3936</v>
+      </c>
+      <c r="D168" s="7" t="s">
+        <v>3937</v>
+      </c>
+      <c r="E168" s="7" t="s">
+        <v>1713</v>
+      </c>
+      <c r="F168" s="7" t="s">
+        <v>1714</v>
+      </c>
+      <c r="G168" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H168" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="I168" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J168" s="4" t="s">
+        <v>3938</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A169" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B169" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C169" s="7" t="s">
+        <v>3953</v>
+      </c>
+      <c r="D169" s="7" t="s">
+        <v>3937</v>
+      </c>
+      <c r="E169" s="7" t="s">
+        <v>1677</v>
+      </c>
+      <c r="F169" s="7" t="s">
+        <v>1678</v>
+      </c>
+      <c r="G169" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H169" s="7" t="s">
+        <v>2055</v>
+      </c>
+      <c r="I169" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J169" s="4" t="s">
+        <v>3954</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A170" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B170" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C170" s="7" t="s">
+        <v>3908</v>
+      </c>
+      <c r="D170" s="7" t="s">
+        <v>3909</v>
+      </c>
+      <c r="E170" s="7" t="s">
+        <v>1623</v>
+      </c>
+      <c r="F170" s="7" t="s">
+        <v>478</v>
+      </c>
+      <c r="G170" s="7" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H170" s="7" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I170" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J170" s="4" t="s">
+        <v>3910</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A171" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B171" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C171" s="7" t="s">
+        <v>3978</v>
+      </c>
+      <c r="D171" s="7" t="s">
+        <v>3959</v>
+      </c>
+      <c r="E171" s="7" t="s">
+        <v>1655</v>
+      </c>
+      <c r="F171" s="7" t="s">
+        <v>1656</v>
+      </c>
+      <c r="G171" s="7" t="s">
+        <v>1657</v>
+      </c>
+      <c r="H171" s="7" t="s">
+        <v>2054</v>
+      </c>
+      <c r="I171" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J171" s="4" t="s">
+        <v>3979</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A172" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B172" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C172" s="7" t="s">
+        <v>3958</v>
+      </c>
+      <c r="D172" s="7" t="s">
+        <v>3959</v>
+      </c>
+      <c r="E172" s="7" t="s">
+        <v>1628</v>
+      </c>
+      <c r="F172" s="7" t="s">
+        <v>1629</v>
+      </c>
+      <c r="G172" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H172" s="7" t="s">
+        <v>2302</v>
+      </c>
+      <c r="I172" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J172" s="4" t="s">
+        <v>3960</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A173" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B173" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C173" s="7" t="s">
+        <v>3964</v>
+      </c>
+      <c r="D173" s="7" t="s">
+        <v>3962</v>
+      </c>
+      <c r="E173" s="7" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F173" s="7" t="s">
+        <v>1670</v>
+      </c>
+      <c r="G173" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H173" s="7" t="s">
+        <v>2112</v>
+      </c>
+      <c r="I173" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J173" s="4" t="s">
+        <v>3965</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A174" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B174" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C174" s="7" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D174" s="7" t="s">
+        <v>3962</v>
+      </c>
+      <c r="E174" s="7" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F174" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G174" s="7" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H174" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I174" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J174" s="4" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A175" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B175" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C175" s="7" t="s">
+        <v>3983</v>
+      </c>
+      <c r="D175" s="7" t="s">
+        <v>3962</v>
+      </c>
+      <c r="E175" s="7" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F175" s="7" t="s">
+        <v>575</v>
+      </c>
+      <c r="G175" s="7" t="s">
+        <v>1654</v>
+      </c>
+      <c r="H175" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I175" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J175" s="4" t="s">
+        <v>3984</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A176" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B176" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C176" s="7" t="s">
+        <v>3966</v>
+      </c>
+      <c r="D176" s="7" t="s">
+        <v>3962</v>
+      </c>
+      <c r="E176" s="7" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F176" s="7" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G176" s="7" t="s">
+        <v>1668</v>
+      </c>
+      <c r="H176" s="7" t="s">
+        <v>2155</v>
+      </c>
+      <c r="I176" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J176" s="4" t="s">
+        <v>3967</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A177" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B177" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C177" s="7" t="s">
+        <v>3985</v>
+      </c>
+      <c r="D177" s="7" t="s">
+        <v>3962</v>
+      </c>
+      <c r="E177" s="7" t="s">
+        <v>1703</v>
+      </c>
+      <c r="F177" s="7" t="s">
+        <v>1704</v>
+      </c>
+      <c r="G177" s="7" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H177" s="7" t="s">
+        <v>2137</v>
+      </c>
+      <c r="I177" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J177" s="4" t="s">
+        <v>3986</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A178" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B178" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C178" s="7" t="s">
+        <v>3913</v>
+      </c>
+      <c r="D178" s="7" t="s">
+        <v>3914</v>
+      </c>
+      <c r="E178" s="7" t="s">
+        <v>1618</v>
+      </c>
+      <c r="F178" s="7" t="s">
+        <v>1619</v>
+      </c>
+      <c r="G178" s="7" t="s">
+        <v>1620</v>
+      </c>
+      <c r="H178" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I178" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J178" s="4" t="s">
+        <v>3915</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A179" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B179" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C179" s="7" t="s">
+        <v>3905</v>
+      </c>
+      <c r="D179" s="7" t="s">
+        <v>3906</v>
+      </c>
+      <c r="E179" s="7" t="s">
+        <v>1609</v>
+      </c>
+      <c r="F179" s="7" t="s">
+        <v>1610</v>
+      </c>
+      <c r="G179" s="7" t="s">
+        <v>1611</v>
+      </c>
+      <c r="H179" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="I179" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J179" s="4" t="s">
+        <v>3907</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A180" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B180" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C180" s="7" t="s">
+        <v>3968</v>
+      </c>
+      <c r="D180" s="7" t="s">
+        <v>3969</v>
+      </c>
+      <c r="E180" s="7" t="s">
+        <v>1663</v>
+      </c>
+      <c r="F180" s="7" t="s">
+        <v>1664</v>
+      </c>
+      <c r="G180" s="7" t="s">
+        <v>1665</v>
+      </c>
+      <c r="H180" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I180" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J180" s="4" t="s">
+        <v>3970</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A181" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B181" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C181" s="7" t="s">
+        <v>4016</v>
+      </c>
+      <c r="D181" s="7" t="s">
+        <v>4014</v>
+      </c>
+      <c r="E181" s="7" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F181" s="7" t="s">
+        <v>1636</v>
+      </c>
+      <c r="G181" s="7" t="s">
+        <v>460</v>
+      </c>
+      <c r="H181" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I181" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J181" s="4" t="s">
+        <v>4017</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A182" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B182" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C182" s="7" t="s">
+        <v>4013</v>
+      </c>
+      <c r="D182" s="7" t="s">
+        <v>4014</v>
+      </c>
+      <c r="E182" s="7" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F182" s="7" t="s">
+        <v>1638</v>
+      </c>
+      <c r="G182" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H182" s="7" t="s">
+        <v>2204</v>
+      </c>
+      <c r="I182" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J182" s="4" t="s">
+        <v>4015</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A183" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B183" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C183" s="7" t="s">
+        <v>3987</v>
+      </c>
+      <c r="D183" s="7" t="s">
+        <v>3972</v>
+      </c>
+      <c r="E183" s="7" t="s">
+        <v>1649</v>
+      </c>
+      <c r="F183" s="7" t="s">
+        <v>1650</v>
+      </c>
+      <c r="G183" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H183" s="7" t="s">
+        <v>2157</v>
+      </c>
+      <c r="I183" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J183" s="4" t="s">
+        <v>3988</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A184" s="7" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B184" s="7" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C184" s="7" t="s">
+        <v>3971</v>
+      </c>
+      <c r="D184" s="7" t="s">
+        <v>3972</v>
+      </c>
+      <c r="E184" s="7" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F184" s="7" t="s">
+        <v>1662</v>
+      </c>
+      <c r="G184" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H184" s="7" t="s">
+        <v>2123</v>
+      </c>
+      <c r="I184" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J184" s="4" t="s">
+        <v>3973</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A185" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B185" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C185" s="7" t="s">
+        <v>3758</v>
+      </c>
+      <c r="D185" s="7" t="s">
+        <v>3753</v>
+      </c>
+      <c r="E185" s="7" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F185" s="7" t="s">
+        <v>1434</v>
+      </c>
+      <c r="G185" s="7" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H185" s="7" t="s">
+        <v>2306</v>
+      </c>
+      <c r="I185" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J185" s="4" t="s">
+        <v>3759</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A186" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B186" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C186" s="7" t="s">
+        <v>3752</v>
+      </c>
+      <c r="D186" s="7" t="s">
+        <v>3753</v>
+      </c>
+      <c r="E186" s="7" t="s">
+        <v>1431</v>
+      </c>
+      <c r="F186" s="7" t="s">
+        <v>1432</v>
+      </c>
+      <c r="G186" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="H186" s="7" t="s">
+        <v>2296</v>
+      </c>
+      <c r="I186" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J186" s="4" t="s">
+        <v>3754</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A187" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B187" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C187" s="7" t="s">
+        <v>3708</v>
+      </c>
+      <c r="D187" s="7" t="s">
+        <v>3709</v>
+      </c>
+      <c r="E187" s="7" t="s">
+        <v>1447</v>
+      </c>
+      <c r="F187" s="7" t="s">
+        <v>1448</v>
+      </c>
+      <c r="G187" s="7" t="s">
+        <v>1449</v>
+      </c>
+      <c r="H187" s="7" t="s">
+        <v>2091</v>
+      </c>
+      <c r="I187" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J187" s="4" t="s">
+        <v>3710</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A188" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B188" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C188" s="7" t="s">
+        <v>3749</v>
+      </c>
+      <c r="D188" s="7" t="s">
+        <v>3750</v>
+      </c>
+      <c r="E188" s="7" t="s">
+        <v>1483</v>
+      </c>
+      <c r="F188" s="7" t="s">
+        <v>1484</v>
+      </c>
+      <c r="G188" s="7" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H188" s="7" t="s">
+        <v>2161</v>
+      </c>
+      <c r="I188" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J188" s="4" t="s">
+        <v>3751</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A189" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B189" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C189" s="7" t="s">
+        <v>3726</v>
+      </c>
+      <c r="D189" s="7" t="s">
+        <v>3727</v>
+      </c>
+      <c r="E189" s="7" t="s">
+        <v>1472</v>
+      </c>
+      <c r="F189" s="7" t="s">
+        <v>1473</v>
+      </c>
+      <c r="G189" s="7" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H189" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I189" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J189" s="4" t="s">
+        <v>3728</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A190" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B190" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C190" s="7" t="s">
+        <v>3717</v>
+      </c>
+      <c r="D190" s="7" t="s">
+        <v>3718</v>
+      </c>
+      <c r="E190" s="7" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F190" s="7" t="s">
+        <v>827</v>
+      </c>
+      <c r="G190" s="7" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H190" s="7" t="s">
+        <v>2091</v>
+      </c>
+      <c r="I190" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J190" s="4" t="s">
+        <v>3719</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A191" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B191" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C191" s="7" t="s">
+        <v>3717</v>
+      </c>
+      <c r="D191" s="7" t="s">
+        <v>3718</v>
+      </c>
+      <c r="E191" s="7" t="s">
+        <v>1415</v>
+      </c>
+      <c r="F191" s="7" t="s">
+        <v>1416</v>
+      </c>
+      <c r="G191" s="7" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H191" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I191" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J191" s="4" t="s">
+        <v>3724</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A192" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B192" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C192" s="7" t="s">
+        <v>3717</v>
+      </c>
+      <c r="D192" s="7" t="s">
+        <v>3718</v>
+      </c>
+      <c r="E192" s="7" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F192" s="7" t="s">
+        <v>1424</v>
+      </c>
+      <c r="G192" s="7" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H192" s="7" t="s">
+        <v>2293</v>
+      </c>
+      <c r="I192" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J192" s="4" t="s">
+        <v>3720</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A193" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B193" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C193" s="7" t="s">
+        <v>3769</v>
+      </c>
+      <c r="D193" s="7" t="s">
+        <v>3770</v>
+      </c>
+      <c r="E193" s="7" t="s">
+        <v>1421</v>
+      </c>
+      <c r="F193" s="7" t="s">
+        <v>1422</v>
+      </c>
+      <c r="G193" s="7" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H193" s="7" t="s">
+        <v>2309</v>
+      </c>
+      <c r="I193" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J193" s="4" t="s">
+        <v>3771</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A194" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B194" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C194" s="7" t="s">
+        <v>3740</v>
+      </c>
+      <c r="D194" s="7" t="s">
+        <v>3741</v>
+      </c>
+      <c r="E194" s="7" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F194" s="7" t="s">
+        <v>1460</v>
+      </c>
+      <c r="G194" s="7" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H194" s="7" t="s">
+        <v>2102</v>
+      </c>
+      <c r="I194" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J194" s="4" t="s">
+        <v>3742</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A195" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B195" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C195" s="7" t="s">
+        <v>3745</v>
+      </c>
+      <c r="D195" s="7" t="s">
+        <v>3741</v>
+      </c>
+      <c r="E195" s="7" t="s">
+        <v>1477</v>
+      </c>
+      <c r="F195" s="7" t="s">
+        <v>1478</v>
+      </c>
+      <c r="G195" s="7" t="s">
+        <v>1479</v>
+      </c>
+      <c r="H195" s="7" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I195" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J195" s="4" t="s">
+        <v>3746</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A196" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B196" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C196" s="7" t="s">
+        <v>3721</v>
+      </c>
+      <c r="D196" s="7" t="s">
+        <v>3722</v>
+      </c>
+      <c r="E196" s="7" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F196" s="7" t="s">
+        <v>1446</v>
+      </c>
+      <c r="G196" s="7" t="s">
+        <v>937</v>
+      </c>
+      <c r="H196" s="7" t="s">
+        <v>2134</v>
+      </c>
+      <c r="I196" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J196" s="4" t="s">
+        <v>3725</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A197" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B197" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C197" s="7" t="s">
+        <v>3721</v>
+      </c>
+      <c r="D197" s="7" t="s">
+        <v>3722</v>
+      </c>
+      <c r="E197" s="7" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F197" s="7" t="s">
+        <v>1429</v>
+      </c>
+      <c r="G197" s="7" t="s">
+        <v>1430</v>
+      </c>
+      <c r="H197" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I197" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J197" s="4" t="s">
+        <v>3723</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A198" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B198" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C198" s="7" t="s">
+        <v>3772</v>
+      </c>
+      <c r="D198" s="7" t="s">
+        <v>3767</v>
+      </c>
+      <c r="E198" s="7" t="s">
+        <v>1418</v>
+      </c>
+      <c r="F198" s="7" t="s">
+        <v>1419</v>
+      </c>
+      <c r="G198" s="7" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H198" s="7" t="s">
+        <v>2285</v>
+      </c>
+      <c r="I198" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J198" s="4" t="s">
+        <v>3773</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A199" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B199" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C199" s="7" t="s">
+        <v>3766</v>
+      </c>
+      <c r="D199" s="7" t="s">
+        <v>3767</v>
+      </c>
+      <c r="E199" s="7" t="s">
+        <v>1436</v>
+      </c>
+      <c r="F199" s="7" t="s">
+        <v>1437</v>
+      </c>
+      <c r="G199" s="7" t="s">
+        <v>1438</v>
+      </c>
+      <c r="H199" s="7" t="s">
+        <v>2185</v>
+      </c>
+      <c r="I199" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J199" s="4" t="s">
+        <v>3768</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A200" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B200" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C200" s="7" t="s">
+        <v>3763</v>
+      </c>
+      <c r="D200" s="7" t="s">
+        <v>3764</v>
+      </c>
+      <c r="E200" s="7" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F200" s="7" t="s">
+        <v>1440</v>
+      </c>
+      <c r="G200" s="7" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H200" s="7" t="s">
+        <v>2184</v>
+      </c>
+      <c r="I200" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J200" s="4" t="s">
+        <v>3765</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A201" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B201" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C201" s="7" t="s">
+        <v>3755</v>
+      </c>
+      <c r="D201" s="7" t="s">
+        <v>3756</v>
+      </c>
+      <c r="E201" s="7" t="s">
+        <v>1456</v>
+      </c>
+      <c r="F201" s="7" t="s">
+        <v>1457</v>
+      </c>
+      <c r="G201" s="7" t="s">
+        <v>1458</v>
+      </c>
+      <c r="H201" s="7" t="s">
+        <v>2173</v>
+      </c>
+      <c r="I201" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J201" s="4" t="s">
+        <v>3757</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A202" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B202" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C202" s="7" t="s">
+        <v>3711</v>
+      </c>
+      <c r="D202" s="7" t="s">
+        <v>3712</v>
+      </c>
+      <c r="E202" s="7" t="s">
+        <v>1450</v>
+      </c>
+      <c r="F202" s="7" t="s">
+        <v>1451</v>
+      </c>
+      <c r="G202" s="7" t="s">
+        <v>1452</v>
+      </c>
+      <c r="H202" s="7" t="s">
+        <v>2121</v>
+      </c>
+      <c r="I202" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J202" s="4" t="s">
+        <v>3713</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A203" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B203" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C203" s="7" t="s">
+        <v>3760</v>
+      </c>
+      <c r="D203" s="7" t="s">
+        <v>3761</v>
+      </c>
+      <c r="E203" s="7" t="s">
+        <v>1442</v>
+      </c>
+      <c r="F203" s="7" t="s">
+        <v>1443</v>
+      </c>
+      <c r="G203" s="7" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H203" s="7" t="s">
+        <v>2183</v>
+      </c>
+      <c r="I203" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J203" s="4" t="s">
+        <v>3762</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A204" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B204" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C204" s="7" t="s">
+        <v>3736</v>
+      </c>
+      <c r="D204" s="7" t="s">
+        <v>3737</v>
+      </c>
+      <c r="E204" s="7" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F204" s="7" t="s">
+        <v>847</v>
+      </c>
+      <c r="G204" s="7" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H204" s="7" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I204" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J204" s="4" t="s">
+        <v>3738</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A205" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B205" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C205" s="7" t="s">
+        <v>3747</v>
+      </c>
+      <c r="D205" s="7" t="s">
+        <v>3730</v>
+      </c>
+      <c r="E205" s="7" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F205" s="7" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G205" s="7" t="s">
+        <v>1482</v>
+      </c>
+      <c r="H205" s="7" t="s">
+        <v>2160</v>
+      </c>
+      <c r="I205" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J205" s="4" t="s">
+        <v>3748</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A206" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B206" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C206" s="7" t="s">
+        <v>3732</v>
+      </c>
+      <c r="D206" s="7" t="s">
+        <v>3730</v>
+      </c>
+      <c r="E206" s="7" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F206" s="7" t="s">
+        <v>1466</v>
+      </c>
+      <c r="G206" s="7" t="s">
+        <v>1467</v>
+      </c>
+      <c r="H206" s="7" t="s">
+        <v>2158</v>
+      </c>
+      <c r="I206" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J206" s="4" t="s">
+        <v>3733</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A207" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B207" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C207" s="7" t="s">
+        <v>3732</v>
+      </c>
+      <c r="D207" s="7" t="s">
+        <v>3730</v>
+      </c>
+      <c r="E207" s="7" t="s">
+        <v>1469</v>
+      </c>
+      <c r="F207" s="7" t="s">
+        <v>1470</v>
+      </c>
+      <c r="G207" s="7" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H207" s="7" t="s">
+        <v>2159</v>
+      </c>
+      <c r="I207" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J207" s="4" t="s">
+        <v>3739</v>
+      </c>
+    </row>
+    <row r="208" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A208" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B208" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C208" s="7" t="s">
+        <v>3734</v>
+      </c>
+      <c r="D208" s="7" t="s">
+        <v>3730</v>
+      </c>
+      <c r="E208" s="7" t="s">
+        <v>1468</v>
+      </c>
+      <c r="F208" s="7" t="s">
+        <v>505</v>
+      </c>
+      <c r="G208" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H208" s="7" t="s">
+        <v>2088</v>
+      </c>
+      <c r="I208" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J208" s="4" t="s">
+        <v>3735</v>
+      </c>
+    </row>
+    <row r="209" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A209" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B209" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C209" s="7" t="s">
+        <v>3729</v>
+      </c>
+      <c r="D209" s="7" t="s">
+        <v>3730</v>
+      </c>
+      <c r="E209" s="7" t="s">
+        <v>1462</v>
+      </c>
+      <c r="F209" s="7" t="s">
+        <v>1463</v>
+      </c>
+      <c r="G209" s="7" t="s">
+        <v>1464</v>
+      </c>
+      <c r="H209" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I209" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J209" s="4" t="s">
+        <v>3731</v>
+      </c>
+    </row>
+    <row r="210" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A210" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B210" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C210" s="7" t="s">
+        <v>3743</v>
+      </c>
+      <c r="D210" s="7" t="s">
+        <v>3730</v>
+      </c>
+      <c r="E210" s="7" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F210" s="7" t="s">
+        <v>1475</v>
+      </c>
+      <c r="G210" s="7" t="s">
+        <v>1476</v>
+      </c>
+      <c r="H210" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I210" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J210" s="4" t="s">
+        <v>3744</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A211" s="7" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B211" s="7" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C211" s="7" t="s">
+        <v>3714</v>
+      </c>
+      <c r="D211" s="7" t="s">
+        <v>3715</v>
+      </c>
+      <c r="E211" s="7" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F211" s="7" t="s">
+        <v>1454</v>
+      </c>
+      <c r="G211" s="7" t="s">
+        <v>1455</v>
+      </c>
+      <c r="H211" s="7" t="s">
+        <v>2122</v>
+      </c>
+      <c r="I211" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J211" s="4" t="s">
+        <v>3716</v>
+      </c>
+    </row>
+    <row r="212" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A212" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B212" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C212" s="7" t="s">
+        <v>3379</v>
+      </c>
+      <c r="D212" s="7" t="s">
+        <v>3393</v>
+      </c>
+      <c r="E212" s="7" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F212" s="7" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G212" s="7" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H212" s="7" t="s">
+        <v>2199</v>
+      </c>
+      <c r="I212" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J212" s="4" t="s">
+        <v>3394</v>
+      </c>
+    </row>
+    <row r="213" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A213" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B213" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C213" s="7" t="s">
+        <v>3443</v>
+      </c>
+      <c r="D213" s="7" t="s">
+        <v>3444</v>
+      </c>
+      <c r="E213" s="7" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F213" s="7" t="s">
+        <v>1121</v>
+      </c>
+      <c r="G213" s="7" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H213" s="7" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I213" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J213" s="4" t="s">
+        <v>3445</v>
+      </c>
+    </row>
+    <row r="214" spans="1:10" ht="141.75" x14ac:dyDescent="0.35">
+      <c r="A214" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B214" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C214" s="7" t="s">
+        <v>3373</v>
+      </c>
+      <c r="D214" s="7" t="s">
+        <v>3374</v>
+      </c>
+      <c r="E214" s="7" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F214" s="7" t="s">
+        <v>1167</v>
+      </c>
+      <c r="G214" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H214" s="7" t="s">
+        <v>2197</v>
+      </c>
+      <c r="I214" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J214" s="4" t="s">
+        <v>3375</v>
+      </c>
+    </row>
+    <row r="215" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A215" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B215" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C215" s="7" t="s">
+        <v>3446</v>
+      </c>
+      <c r="D215" s="7" t="s">
+        <v>3447</v>
+      </c>
+      <c r="E215" s="7" t="s">
+        <v>1118</v>
+      </c>
+      <c r="F215" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G215" s="7" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H215" s="7" t="s">
+        <v>2144</v>
+      </c>
+      <c r="I215" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J215" s="4" t="s">
+        <v>3448</v>
+      </c>
+    </row>
+    <row r="216" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A216" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B216" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C216" s="7" t="s">
+        <v>3449</v>
+      </c>
+      <c r="D216" s="7" t="s">
+        <v>3447</v>
+      </c>
+      <c r="E216" s="7" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F216" s="7" t="s">
+        <v>1116</v>
+      </c>
+      <c r="G216" s="7" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H216" s="7" t="s">
+        <v>2101</v>
+      </c>
+      <c r="I216" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J216" s="4" t="s">
+        <v>3450</v>
+      </c>
+    </row>
+    <row r="217" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A217" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B217" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C217" s="7" t="s">
+        <v>3409</v>
+      </c>
+      <c r="D217" s="7" t="s">
+        <v>3410</v>
+      </c>
+      <c r="E217" s="7" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F217" s="7" t="s">
+        <v>1138</v>
+      </c>
+      <c r="G217" s="7" t="s">
+        <v>4344</v>
+      </c>
+      <c r="H217" s="7" t="s">
+        <v>2315</v>
+      </c>
+      <c r="I217" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J217" s="4" t="s">
+        <v>3411</v>
+      </c>
+    </row>
+    <row r="218" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A218" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B218" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C218" s="7" t="s">
+        <v>3451</v>
+      </c>
+      <c r="D218" s="7" t="s">
+        <v>3452</v>
+      </c>
+      <c r="E218" s="7" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F218" s="7" t="s">
+        <v>1113</v>
+      </c>
+      <c r="G218" s="7" t="s">
+        <v>1114</v>
+      </c>
+      <c r="H218" s="7" t="s">
+        <v>2171</v>
+      </c>
+      <c r="I218" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J218" s="4" t="s">
+        <v>3453</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A219" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B219" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C219" s="7" t="s">
+        <v>3451</v>
+      </c>
+      <c r="D219" s="7" t="s">
+        <v>3452</v>
+      </c>
+      <c r="E219" s="7" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F219" s="7" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G219" s="7" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H219" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I219" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J219" s="4" t="s">
+        <v>3466</v>
+      </c>
+    </row>
+    <row r="220" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A220" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B220" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C220" s="7" t="s">
+        <v>3440</v>
+      </c>
+      <c r="D220" s="7" t="s">
+        <v>3441</v>
+      </c>
+      <c r="E220" s="7" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F220" s="7" t="s">
+        <v>1124</v>
+      </c>
+      <c r="G220" s="7" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H220" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="I220" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J220" s="4" t="s">
+        <v>3442</v>
+      </c>
+    </row>
+    <row r="221" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A221" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B221" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C221" s="7" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D221" s="7" t="s">
+        <v>3399</v>
+      </c>
+      <c r="E221" s="7" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F221" s="7" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G221" s="7" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H221" s="7" t="s">
+        <v>2201</v>
+      </c>
+      <c r="I221" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J221" s="4" t="s">
+        <v>3400</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A222" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B222" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C222" s="7" t="s">
+        <v>3401</v>
+      </c>
+      <c r="D222" s="7" t="s">
+        <v>3402</v>
+      </c>
+      <c r="E222" s="7" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F222" s="7" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G222" s="7" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H222" s="7" t="s">
+        <v>2202</v>
+      </c>
+      <c r="I222" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J222" s="4" t="s">
+        <v>3403</v>
+      </c>
+    </row>
+    <row r="223" spans="1:10" ht="126" x14ac:dyDescent="0.35">
+      <c r="A223" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B223" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C223" s="7" t="s">
+        <v>3432</v>
+      </c>
+      <c r="D223" s="7" t="s">
+        <v>3433</v>
+      </c>
+      <c r="E223" s="7" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F223" s="7" t="s">
+        <v>1111</v>
+      </c>
+      <c r="G223" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H223" s="7" t="s">
+        <v>2130</v>
+      </c>
+      <c r="I223" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J223" s="4" t="s">
+        <v>3434</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A224" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B224" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C224" s="7" t="s">
+        <v>3412</v>
+      </c>
+      <c r="D224" s="7" t="s">
+        <v>3413</v>
+      </c>
+      <c r="E224" s="7" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F224" s="7" t="s">
+        <v>1135</v>
+      </c>
+      <c r="G224" s="7" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H224" s="7" t="s">
+        <v>2205</v>
+      </c>
+      <c r="I224" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J224" s="4" t="s">
+        <v>3414</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A225" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B225" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C225" s="7" t="s">
+        <v>3438</v>
+      </c>
+      <c r="D225" s="7" t="s">
+        <v>3413</v>
+      </c>
+      <c r="E225" s="7" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F225" s="7" t="s">
+        <v>1171</v>
+      </c>
+      <c r="G225" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="H225" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I225" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J225" s="4" t="s">
+        <v>3439</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A226" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B226" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C226" s="7" t="s">
+        <v>3388</v>
+      </c>
+      <c r="D226" s="7" t="s">
+        <v>3386</v>
+      </c>
+      <c r="E226" s="7" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F226" s="7" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G226" s="7" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H226" s="7" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I226" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J226" s="4" t="s">
+        <v>3389</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10" ht="157.5" x14ac:dyDescent="0.35">
+      <c r="A227" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B227" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C227" s="7" t="s">
+        <v>3385</v>
+      </c>
+      <c r="D227" s="7" t="s">
+        <v>3386</v>
+      </c>
+      <c r="E227" s="7" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F227" s="7" t="s">
+        <v>1169</v>
+      </c>
+      <c r="G227" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H227" s="7" t="s">
+        <v>2198</v>
+      </c>
+      <c r="I227" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J227" s="4" t="s">
+        <v>3387</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A228" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B228" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C228" s="7" t="s">
+        <v>3454</v>
+      </c>
+      <c r="D228" s="7" t="s">
+        <v>3455</v>
+      </c>
+      <c r="E228" s="7" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F228" s="7" t="s">
+        <v>1087</v>
+      </c>
+      <c r="G228" s="7" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H228" s="7" t="s">
+        <v>2169</v>
+      </c>
+      <c r="I228" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J228" s="4" t="s">
+        <v>3456</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A229" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B229" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C229" s="7" t="s">
+        <v>3426</v>
+      </c>
+      <c r="D229" s="7" t="s">
+        <v>3427</v>
+      </c>
+      <c r="E229" s="7" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F229" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G229" s="7" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H229" s="7" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I229" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J229" s="4" t="s">
+        <v>3428</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A230" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B230" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C230" s="7" t="s">
+        <v>3390</v>
+      </c>
+      <c r="D230" s="7" t="s">
+        <v>3391</v>
+      </c>
+      <c r="E230" s="7" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F230" s="7" t="s">
+        <v>1154</v>
+      </c>
+      <c r="G230" s="7" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H230" s="7" t="s">
+        <v>2146</v>
+      </c>
+      <c r="I230" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J230" s="4" t="s">
+        <v>3392</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A231" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B231" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C231" s="7" t="s">
+        <v>3376</v>
+      </c>
+      <c r="D231" s="7" t="s">
+        <v>3377</v>
+      </c>
+      <c r="E231" s="7" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F231" s="7" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G231" s="7" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H231" s="7" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I231" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J231" s="4" t="s">
+        <v>3378</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A232" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B232" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C232" s="7" t="s">
+        <v>3463</v>
+      </c>
+      <c r="D232" s="7" t="s">
+        <v>3464</v>
+      </c>
+      <c r="E232" s="7" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F232" s="7" t="s">
+        <v>1100</v>
+      </c>
+      <c r="G232" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="H232" s="7" t="s">
+        <v>2169</v>
+      </c>
+      <c r="I232" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J232" s="4" t="s">
+        <v>3465</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A233" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B233" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C233" s="7" t="s">
+        <v>3415</v>
+      </c>
+      <c r="D233" s="7" t="s">
+        <v>3416</v>
+      </c>
+      <c r="E233" s="7" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F233" s="7" t="s">
+        <v>1133</v>
+      </c>
+      <c r="G233" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H233" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I233" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J233" s="4" t="s">
+        <v>3417</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A234" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B234" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C234" s="7" t="s">
+        <v>3418</v>
+      </c>
+      <c r="D234" s="7" t="s">
+        <v>3416</v>
+      </c>
+      <c r="E234" s="7" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F234" s="7" t="s">
+        <v>1130</v>
+      </c>
+      <c r="G234" s="7" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H234" s="7" t="s">
+        <v>2206</v>
+      </c>
+      <c r="I234" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J234" s="4" t="s">
+        <v>3419</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A235" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B235" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C235" s="7" t="s">
+        <v>3460</v>
+      </c>
+      <c r="D235" s="7" t="s">
+        <v>3461</v>
+      </c>
+      <c r="E235" s="7" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F235" s="7" t="s">
+        <v>1102</v>
+      </c>
+      <c r="G235" s="7" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H235" s="7" t="s">
+        <v>2202</v>
+      </c>
+      <c r="I235" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J235" s="4" t="s">
+        <v>3462</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A236" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B236" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C236" s="7" t="s">
+        <v>3420</v>
+      </c>
+      <c r="D236" s="7" t="s">
+        <v>3421</v>
+      </c>
+      <c r="E236" s="7" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F236" s="7" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G236" s="7" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H236" s="7" t="s">
+        <v>2075</v>
+      </c>
+      <c r="I236" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J236" s="4" t="s">
+        <v>3422</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A237" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B237" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C237" s="7" t="s">
+        <v>3435</v>
+      </c>
+      <c r="D237" s="7" t="s">
+        <v>3436</v>
+      </c>
+      <c r="E237" s="7" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F237" s="7" t="s">
+        <v>1157</v>
+      </c>
+      <c r="G237" s="7" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H237" s="7" t="s">
+        <v>2209</v>
+      </c>
+      <c r="I237" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J237" s="4" t="s">
+        <v>3437</v>
+      </c>
+    </row>
+    <row r="238" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A238" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B238" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C238" s="7" t="s">
+        <v>3406</v>
+      </c>
+      <c r="D238" s="7" t="s">
+        <v>3407</v>
+      </c>
+      <c r="E238" s="7" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F238" s="7" t="s">
+        <v>1098</v>
+      </c>
+      <c r="G238" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H238" s="7" t="s">
+        <v>2203</v>
+      </c>
+      <c r="I238" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J238" s="4" t="s">
+        <v>3408</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10" ht="141.75" x14ac:dyDescent="0.35">
+      <c r="A239" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B239" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C239" s="7" t="s">
+        <v>3429</v>
+      </c>
+      <c r="D239" s="7" t="s">
+        <v>3430</v>
+      </c>
+      <c r="E239" s="7" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F239" s="7" t="s">
+        <v>1090</v>
+      </c>
+      <c r="G239" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H239" s="7" t="s">
+        <v>2208</v>
+      </c>
+      <c r="I239" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J239" s="4" t="s">
+        <v>3431</v>
+      </c>
+    </row>
+    <row r="240" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A240" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B240" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C240" s="7" t="s">
+        <v>3457</v>
+      </c>
+      <c r="D240" s="7" t="s">
+        <v>3458</v>
+      </c>
+      <c r="E240" s="7" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F240" s="7" t="s">
+        <v>1108</v>
+      </c>
+      <c r="G240" s="7" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H240" s="7" t="s">
+        <v>2070</v>
+      </c>
+      <c r="I240" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J240" s="4" t="s">
+        <v>3459</v>
+      </c>
+    </row>
+    <row r="241" spans="1:10" ht="173.25" x14ac:dyDescent="0.35">
+      <c r="A241" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B241" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C241" s="7" t="s">
+        <v>3423</v>
+      </c>
+      <c r="D241" s="7" t="s">
+        <v>3424</v>
+      </c>
+      <c r="E241" s="7" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F241" s="7" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G241" s="7" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H241" s="7" t="s">
+        <v>2207</v>
+      </c>
+      <c r="I241" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J241" s="4" t="s">
+        <v>3425</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A242" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B242" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C242" s="7" t="s">
+        <v>3379</v>
+      </c>
+      <c r="D242" s="7" t="s">
+        <v>3380</v>
+      </c>
+      <c r="E242" s="7" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F242" s="7" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G242" s="7" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H242" s="7" t="s">
+        <v>2311</v>
+      </c>
+      <c r="I242" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J242" s="4" t="s">
+        <v>3381</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10" ht="126" x14ac:dyDescent="0.35">
+      <c r="A243" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B243" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C243" s="7" t="s">
+        <v>3382</v>
+      </c>
+      <c r="D243" s="7" t="s">
+        <v>3383</v>
+      </c>
+      <c r="E243" s="7" t="s">
+        <v>1159</v>
+      </c>
+      <c r="F243" s="7" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G243" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H243" s="7" t="s">
+        <v>2314</v>
+      </c>
+      <c r="I243" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J243" s="4" t="s">
+        <v>3384</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A244" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B244" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C244" s="7" t="s">
+        <v>3404</v>
+      </c>
+      <c r="D244" s="7" t="s">
+        <v>4333</v>
+      </c>
+      <c r="E244" s="7" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F244" s="7" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G244" s="7" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H244" s="7" t="s">
+        <v>2307</v>
+      </c>
+      <c r="I244" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J244" s="4" t="s">
+        <v>3405</v>
+      </c>
+    </row>
+    <row r="245" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A245" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B245" s="7" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C245" s="7" t="s">
+        <v>3395</v>
+      </c>
+      <c r="D245" s="7" t="s">
+        <v>3396</v>
+      </c>
+      <c r="E245" s="7" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F245" s="7" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G245" s="7" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H245" s="7" t="s">
+        <v>2200</v>
+      </c>
+      <c r="I245" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J245" s="4" t="s">
+        <v>3397</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A246" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B246" s="7" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C246" s="7" t="s">
+        <v>3868</v>
+      </c>
+      <c r="D246" s="7" t="s">
+        <v>3869</v>
+      </c>
+      <c r="E246" s="7" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F246" s="7" t="s">
+        <v>1572</v>
+      </c>
+      <c r="G246" s="7" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H246" s="7" t="s">
+        <v>2093</v>
+      </c>
+      <c r="I246" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J246" s="4" t="s">
+        <v>3870</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A247" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B247" s="7" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C247" s="7" t="s">
+        <v>3883</v>
+      </c>
+      <c r="D247" s="7" t="s">
+        <v>3872</v>
+      </c>
+      <c r="E247" s="7" t="s">
+        <v>1595</v>
+      </c>
+      <c r="F247" s="7" t="s">
+        <v>1596</v>
+      </c>
+      <c r="G247" s="7" t="s">
+        <v>258</v>
+      </c>
+      <c r="H247" s="7" t="s">
+        <v>2313</v>
+      </c>
+      <c r="I247" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J247" s="4" t="s">
+        <v>3884</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10" ht="141.75" x14ac:dyDescent="0.35">
+      <c r="A248" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B248" s="7" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C248" s="7" t="s">
+        <v>3871</v>
+      </c>
+      <c r="D248" s="7" t="s">
+        <v>3872</v>
+      </c>
+      <c r="E248" s="7" t="s">
+        <v>1577</v>
+      </c>
+      <c r="F248" s="7" t="s">
+        <v>1578</v>
+      </c>
+      <c r="G248" s="7" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H248" s="7" t="s">
+        <v>2271</v>
+      </c>
+      <c r="I248" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J248" s="4" t="s">
+        <v>3873</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A249" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B249" s="7" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C249" s="7" t="s">
+        <v>3871</v>
+      </c>
+      <c r="D249" s="7" t="s">
+        <v>3872</v>
+      </c>
+      <c r="E249" s="7" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F249" s="7" t="s">
+        <v>1607</v>
+      </c>
+      <c r="G249" s="7" t="s">
+        <v>1608</v>
+      </c>
+      <c r="H249" s="7" t="s">
+        <v>2113</v>
+      </c>
+      <c r="I249" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J249" s="4" t="s">
+        <v>3887</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A250" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B250" s="7" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C250" s="7" t="s">
+        <v>3862</v>
+      </c>
+      <c r="D250" s="7" t="s">
+        <v>3863</v>
+      </c>
+      <c r="E250" s="7" t="s">
+        <v>1574</v>
+      </c>
+      <c r="F250" s="7" t="s">
+        <v>1575</v>
+      </c>
+      <c r="G250" s="7" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H250" s="7" t="s">
+        <v>2088</v>
+      </c>
+      <c r="I250" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J250" s="4" t="s">
+        <v>3864</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A251" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B251" s="7" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C251" s="7" t="s">
+        <v>3894</v>
+      </c>
+      <c r="D251" s="7" t="s">
+        <v>3895</v>
+      </c>
+      <c r="E251" s="7" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F251" s="7" t="s">
+        <v>1585</v>
+      </c>
+      <c r="G251" s="7" t="s">
+        <v>1586</v>
+      </c>
+      <c r="H251" s="7" t="s">
+        <v>2196</v>
+      </c>
+      <c r="I251" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J251" s="4" t="s">
+        <v>3896</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10" ht="141.75" x14ac:dyDescent="0.35">
+      <c r="A252" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B252" s="7" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C252" s="7" t="s">
+        <v>3879</v>
+      </c>
+      <c r="D252" s="7" t="s">
+        <v>3880</v>
+      </c>
+      <c r="E252" s="7" t="s">
+        <v>1600</v>
+      </c>
+      <c r="F252" s="7" t="s">
+        <v>1601</v>
+      </c>
+      <c r="G252" s="7" t="s">
+        <v>1602</v>
+      </c>
+      <c r="H252" s="7" t="s">
+        <v>2312</v>
+      </c>
+      <c r="I252" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J252" s="4" t="s">
+        <v>3881</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A253" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B253" s="7" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C253" s="7" t="s">
+        <v>3874</v>
+      </c>
+      <c r="D253" s="7" t="s">
+        <v>3875</v>
+      </c>
+      <c r="E253" s="7" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F253" s="7" t="s">
+        <v>505</v>
+      </c>
+      <c r="G253" s="7" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H253" s="7" t="s">
+        <v>2194</v>
+      </c>
+      <c r="I253" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J253" s="4" t="s">
+        <v>3876</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A254" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B254" s="7" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C254" s="7" t="s">
+        <v>3874</v>
+      </c>
+      <c r="D254" s="7" t="s">
+        <v>3875</v>
+      </c>
+      <c r="E254" s="7" t="s">
+        <v>1597</v>
+      </c>
+      <c r="F254" s="7" t="s">
+        <v>1598</v>
+      </c>
+      <c r="G254" s="7" t="s">
+        <v>1599</v>
+      </c>
+      <c r="H254" s="7" t="s">
+        <v>2174</v>
+      </c>
+      <c r="I254" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J254" s="4" t="s">
+        <v>3882</v>
+      </c>
+    </row>
+    <row r="255" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A255" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B255" s="7" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C255" s="7" t="s">
+        <v>3885</v>
+      </c>
+      <c r="D255" s="7" t="s">
+        <v>3875</v>
+      </c>
+      <c r="E255" s="7" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F255" s="7" t="s">
+        <v>1582</v>
+      </c>
+      <c r="G255" s="7" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H255" s="7" t="s">
+        <v>2056</v>
+      </c>
+      <c r="I255" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J255" s="4" t="s">
+        <v>3886</v>
+      </c>
+    </row>
+    <row r="256" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A256" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B256" s="7" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C256" s="7" t="s">
+        <v>3877</v>
+      </c>
+      <c r="D256" s="7" t="s">
+        <v>3875</v>
+      </c>
+      <c r="E256" s="7" t="s">
+        <v>1603</v>
+      </c>
+      <c r="F256" s="7" t="s">
+        <v>1604</v>
+      </c>
+      <c r="G256" s="7" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H256" s="7" t="s">
+        <v>2070</v>
+      </c>
+      <c r="I256" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J256" s="4" t="s">
+        <v>3878</v>
+      </c>
+    </row>
+    <row r="257" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A257" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B257" s="7" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C257" s="7" t="s">
+        <v>3865</v>
+      </c>
+      <c r="D257" s="7" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E257" s="7" t="s">
+        <v>1569</v>
+      </c>
+      <c r="F257" s="7" t="s">
+        <v>1570</v>
+      </c>
+      <c r="G257" s="7" t="s">
+        <v>1362</v>
+      </c>
+      <c r="H257" s="7" t="s">
+        <v>2077</v>
+      </c>
+      <c r="I257" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J257" s="4" t="s">
+        <v>3867</v>
+      </c>
+    </row>
+    <row r="258" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A258" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B258" s="7" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C258" s="7" t="s">
+        <v>3888</v>
+      </c>
+      <c r="D258" s="7" t="s">
+        <v>3889</v>
+      </c>
+      <c r="E258" s="7" t="s">
+        <v>1590</v>
+      </c>
+      <c r="F258" s="7" t="s">
+        <v>1591</v>
+      </c>
+      <c r="G258" s="7" t="s">
+        <v>1592</v>
+      </c>
+      <c r="H258" s="7" t="s">
+        <v>2282</v>
+      </c>
+      <c r="I258" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J258" s="4" t="s">
+        <v>3890</v>
+      </c>
+    </row>
+    <row r="259" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A259" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B259" s="7" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C259" s="7" t="s">
+        <v>3891</v>
+      </c>
+      <c r="D259" s="7" t="s">
+        <v>3892</v>
+      </c>
+      <c r="E259" s="7" t="s">
+        <v>1587</v>
+      </c>
+      <c r="F259" s="7" t="s">
+        <v>1588</v>
+      </c>
+      <c r="G259" s="7" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H259" s="7" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I259" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J259" s="4" t="s">
+        <v>3893</v>
+      </c>
+    </row>
+    <row r="260" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A260" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B260" s="7" t="s">
+        <v>4021</v>
+      </c>
+      <c r="C260" s="7" t="s">
+        <v>4025</v>
+      </c>
+      <c r="D260" s="7" t="s">
+        <v>4026</v>
+      </c>
+      <c r="E260" s="7" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F260" s="7" t="s">
+        <v>1730</v>
+      </c>
+      <c r="G260" s="7" t="s">
+        <v>1731</v>
+      </c>
+      <c r="H260" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="I260" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J260" s="4" t="s">
+        <v>4027</v>
+      </c>
+    </row>
+    <row r="261" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A261" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B261" s="7" t="s">
+        <v>4021</v>
+      </c>
+      <c r="C261" s="7" t="s">
+        <v>4038</v>
+      </c>
+      <c r="D261" s="7" t="s">
+        <v>4039</v>
+      </c>
+      <c r="E261" s="7" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F261" s="7" t="s">
+        <v>1738</v>
+      </c>
+      <c r="G261" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H261" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="G1" s="2" t="s">
+      <c r="I261" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J261" s="4" t="s">
+        <v>4040</v>
+      </c>
+    </row>
+    <row r="262" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A262" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B262" s="7" t="s">
+        <v>4021</v>
+      </c>
+      <c r="C262" s="7" t="s">
+        <v>4035</v>
+      </c>
+      <c r="D262" s="7" t="s">
+        <v>4036</v>
+      </c>
+      <c r="E262" s="7" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F262" s="7" t="s">
+        <v>1585</v>
+      </c>
+      <c r="G262" s="7" t="s">
+        <v>1736</v>
+      </c>
+      <c r="H262" s="7" t="s">
+        <v>2187</v>
+      </c>
+      <c r="I262" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J262" s="4" t="s">
+        <v>4037</v>
+      </c>
+    </row>
+    <row r="263" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A263" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B263" s="7" t="s">
+        <v>4021</v>
+      </c>
+      <c r="C263" s="7" t="s">
+        <v>4022</v>
+      </c>
+      <c r="D263" s="7" t="s">
+        <v>4023</v>
+      </c>
+      <c r="E263" s="7" t="s">
+        <v>1726</v>
+      </c>
+      <c r="F263" s="7" t="s">
+        <v>1727</v>
+      </c>
+      <c r="G263" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H263" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="I263" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J263" s="4" t="s">
+        <v>4034</v>
+      </c>
+    </row>
+    <row r="264" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A264" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B264" s="7" t="s">
+        <v>4021</v>
+      </c>
+      <c r="C264" s="7" t="s">
+        <v>4022</v>
+      </c>
+      <c r="D264" s="7" t="s">
+        <v>4023</v>
+      </c>
+      <c r="E264" s="7" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F264" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="G264" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H264" s="7" t="s">
+        <v>2219</v>
+      </c>
+      <c r="I264" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J264" s="4" t="s">
+        <v>4024</v>
+      </c>
+    </row>
+    <row r="265" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A265" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B265" s="7" t="s">
+        <v>4021</v>
+      </c>
+      <c r="C265" s="7" t="s">
+        <v>4031</v>
+      </c>
+      <c r="D265" s="7" t="s">
+        <v>4032</v>
+      </c>
+      <c r="E265" s="7" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F265" s="7" t="s">
+        <v>1734</v>
+      </c>
+      <c r="G265" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H265" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I265" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J265" s="4" t="s">
+        <v>4033</v>
+      </c>
+    </row>
+    <row r="266" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A266" s="7" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B266" s="7" t="s">
+        <v>4021</v>
+      </c>
+      <c r="C266" s="7" t="s">
+        <v>4028</v>
+      </c>
+      <c r="D266" s="7" t="s">
+        <v>4029</v>
+      </c>
+      <c r="E266" s="7" t="s">
+        <v>1732</v>
+      </c>
+      <c r="F266" s="7" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G266" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H266" s="7" t="s">
+        <v>2322</v>
+      </c>
+      <c r="I266" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J266" s="4" t="s">
+        <v>4030</v>
+      </c>
+    </row>
+    <row r="267" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A267" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B267" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="C267" s="7" t="s">
+        <v>3048</v>
+      </c>
+      <c r="D267" s="7" t="s">
+        <v>3049</v>
+      </c>
+      <c r="E267" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="F267" s="7" t="s">
+        <v>763</v>
+      </c>
+      <c r="G267" s="7" t="s">
+        <v>764</v>
+      </c>
+      <c r="H267" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I267" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J267" s="4" t="s">
+        <v>4336</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A268" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B268" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="C268" s="7" t="s">
+        <v>3048</v>
+      </c>
+      <c r="D268" s="7" t="s">
+        <v>3049</v>
+      </c>
+      <c r="E268" s="7" t="s">
+        <v>769</v>
+      </c>
+      <c r="F268" s="7" t="s">
+        <v>770</v>
+      </c>
+      <c r="G268" s="7" t="s">
+        <v>764</v>
+      </c>
+      <c r="H268" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I268" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J268" s="4" t="s">
+        <v>4336</v>
+      </c>
+    </row>
+    <row r="269" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A269" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B269" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="C269" s="7" t="s">
+        <v>3048</v>
+      </c>
+      <c r="D269" s="7" t="s">
+        <v>3049</v>
+      </c>
+      <c r="E269" s="7" t="s">
+        <v>767</v>
+      </c>
+      <c r="F269" s="7" t="s">
+        <v>4345</v>
+      </c>
+      <c r="G269" s="7" t="s">
+        <v>768</v>
+      </c>
+      <c r="H269" s="7" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I269" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J269" s="4" t="s">
+        <v>3050</v>
+      </c>
+    </row>
+    <row r="270" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A270" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B270" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="C270" s="7" t="s">
+        <v>3045</v>
+      </c>
+      <c r="D270" s="7" t="s">
+        <v>3046</v>
+      </c>
+      <c r="E270" s="7" t="s">
+        <v>771</v>
+      </c>
+      <c r="F270" s="7" t="s">
+        <v>772</v>
+      </c>
+      <c r="G270" s="7" t="s">
+        <v>403</v>
+      </c>
+      <c r="H270" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I270" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J270" s="4" t="s">
+        <v>3047</v>
+      </c>
+    </row>
+    <row r="271" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A271" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B271" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="C271" s="7" t="s">
+        <v>3060</v>
+      </c>
+      <c r="D271" s="7" t="s">
+        <v>3061</v>
+      </c>
+      <c r="E271" s="7" t="s">
+        <v>758</v>
+      </c>
+      <c r="F271" s="7" t="s">
+        <v>759</v>
+      </c>
+      <c r="G271" s="7" t="s">
+        <v>4338</v>
+      </c>
+      <c r="H271" s="7" t="s">
+        <v>2146</v>
+      </c>
+      <c r="I271" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J271" s="4" t="s">
+        <v>3062</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A272" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B272" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="C272" s="7" t="s">
+        <v>3054</v>
+      </c>
+      <c r="D272" s="7" t="s">
+        <v>3055</v>
+      </c>
+      <c r="E272" s="7" t="s">
+        <v>765</v>
+      </c>
+      <c r="F272" s="7" t="s">
+        <v>766</v>
+      </c>
+      <c r="G272" s="7" t="s">
+        <v>330</v>
+      </c>
+      <c r="H272" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I272" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J272" s="4" t="s">
+        <v>3056</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A273" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B273" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="C273" s="7" t="s">
+        <v>3057</v>
+      </c>
+      <c r="D273" s="7" t="s">
+        <v>3058</v>
+      </c>
+      <c r="E273" s="7" t="s">
+        <v>773</v>
+      </c>
+      <c r="F273" s="7" t="s">
+        <v>774</v>
+      </c>
+      <c r="G273" s="7" t="s">
+        <v>4339</v>
+      </c>
+      <c r="H273" s="7" t="s">
+        <v>2261</v>
+      </c>
+      <c r="I273" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J273" s="4" t="s">
+        <v>3059</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A274" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B274" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="C274" s="7" t="s">
+        <v>3051</v>
+      </c>
+      <c r="D274" s="7" t="s">
+        <v>3052</v>
+      </c>
+      <c r="E274" s="7" t="s">
+        <v>760</v>
+      </c>
+      <c r="F274" s="7" t="s">
+        <v>4346</v>
+      </c>
+      <c r="G274" s="7" t="s">
+        <v>761</v>
+      </c>
+      <c r="H274" s="7" t="s">
+        <v>2262</v>
+      </c>
+      <c r="I274" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J274" s="4" t="s">
+        <v>3053</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A275" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="B275" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C275" s="7" t="s">
+        <v>3064</v>
+      </c>
+      <c r="D275" s="7" t="s">
+        <v>3065</v>
+      </c>
+      <c r="E275" s="7" t="s">
+        <v>778</v>
+      </c>
+      <c r="F275" s="7" t="s">
+        <v>779</v>
+      </c>
+      <c r="G275" s="7" t="s">
+        <v>780</v>
+      </c>
+      <c r="H275" s="7" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I275" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J275" s="4" t="s">
+        <v>3067</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A276" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="B276" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C276" s="7" t="s">
+        <v>3064</v>
+      </c>
+      <c r="D276" s="7" t="s">
+        <v>3065</v>
+      </c>
+      <c r="E276" s="7" t="s">
+        <v>784</v>
+      </c>
+      <c r="F276" s="7" t="s">
+        <v>785</v>
+      </c>
+      <c r="G276" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="H276" s="7" t="s">
+        <v>2332</v>
+      </c>
+      <c r="I276" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J276" s="4" t="s">
+        <v>3074</v>
+      </c>
+    </row>
+    <row r="277" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A277" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="B277" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C277" s="7" t="s">
+        <v>3064</v>
+      </c>
+      <c r="D277" s="7" t="s">
+        <v>3065</v>
+      </c>
+      <c r="E277" s="7" t="s">
+        <v>789</v>
+      </c>
+      <c r="F277" s="7" t="s">
+        <v>790</v>
+      </c>
+      <c r="G277" s="7" t="s">
+        <v>791</v>
+      </c>
+      <c r="H277" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I277" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J277" s="4" t="s">
+        <v>3066</v>
+      </c>
+    </row>
+    <row r="278" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A278" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="B278" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C278" s="7" t="s">
+        <v>3071</v>
+      </c>
+      <c r="D278" s="7" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E278" s="7" t="s">
+        <v>781</v>
+      </c>
+      <c r="F278" s="7" t="s">
+        <v>782</v>
+      </c>
+      <c r="G278" s="7" t="s">
+        <v>783</v>
+      </c>
+      <c r="H278" s="7" t="s">
+        <v>2331</v>
+      </c>
+      <c r="I278" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J278" s="4" t="s">
+        <v>3073</v>
+      </c>
+    </row>
+    <row r="279" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A279" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="B279" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C279" s="7" t="s">
+        <v>3075</v>
+      </c>
+      <c r="D279" s="7" t="s">
+        <v>3076</v>
+      </c>
+      <c r="E279" s="7" t="s">
+        <v>792</v>
+      </c>
+      <c r="F279" s="7" t="s">
+        <v>793</v>
+      </c>
+      <c r="G279" s="7" t="s">
+        <v>794</v>
+      </c>
+      <c r="H279" s="7" t="s">
+        <v>2332</v>
+      </c>
+      <c r="I279" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J279" s="4" t="s">
+        <v>3077</v>
+      </c>
+    </row>
+    <row r="280" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A280" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="B280" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C280" s="7" t="s">
+        <v>3078</v>
+      </c>
+      <c r="D280" s="7" t="s">
+        <v>3079</v>
+      </c>
+      <c r="E280" s="7" t="s">
+        <v>775</v>
+      </c>
+      <c r="F280" s="7" t="s">
+        <v>776</v>
+      </c>
+      <c r="G280" s="7" t="s">
+        <v>777</v>
+      </c>
+      <c r="H280" s="7" t="s">
+        <v>2196</v>
+      </c>
+      <c r="I280" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J280" s="4" t="s">
+        <v>3080</v>
+      </c>
+    </row>
+    <row r="281" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A281" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="B281" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C281" s="7" t="s">
+        <v>3068</v>
+      </c>
+      <c r="D281" s="7" t="s">
+        <v>3069</v>
+      </c>
+      <c r="E281" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="F281" s="7" t="s">
+        <v>787</v>
+      </c>
+      <c r="G281" s="7" t="s">
+        <v>788</v>
+      </c>
+      <c r="H281" s="7" t="s">
+        <v>2175</v>
+      </c>
+      <c r="I281" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J281" s="4" t="s">
+        <v>3070</v>
+      </c>
+    </row>
+    <row r="282" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A282" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B282" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C282" s="7" t="s">
+        <v>2529</v>
+      </c>
+      <c r="D282" s="7" t="s">
+        <v>2530</v>
+      </c>
+      <c r="E282" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="F282" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="G282" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H282" s="7" t="s">
+        <v>2242</v>
+      </c>
+      <c r="I282" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J282" s="4" t="s">
+        <v>2531</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A283" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B283" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C283" s="7" t="s">
+        <v>2521</v>
+      </c>
+      <c r="D283" s="7" t="s">
+        <v>2522</v>
+      </c>
+      <c r="E283" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="F283" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="G283" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H283" s="7" t="s">
+        <v>2210</v>
+      </c>
+      <c r="I283" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J283" s="4" t="s">
+        <v>2523</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A284" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B284" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C284" s="7" t="s">
+        <v>2524</v>
+      </c>
+      <c r="D284" s="7" t="s">
+        <v>2525</v>
+      </c>
+      <c r="E284" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="F284" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="G284" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="H284" s="7" t="s">
+        <v>2243</v>
+      </c>
+      <c r="I284" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J284" s="4" t="s">
+        <v>2532</v>
+      </c>
+    </row>
+    <row r="285" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A285" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B285" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C285" s="7" t="s">
+        <v>2524</v>
+      </c>
+      <c r="D285" s="7" t="s">
+        <v>2525</v>
+      </c>
+      <c r="E285" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="F285" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="G285" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="H285" s="7" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I285" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J285" s="4" t="s">
+        <v>2526</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A286" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B286" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C286" s="7" t="s">
+        <v>2524</v>
+      </c>
+      <c r="D286" s="7" t="s">
+        <v>2525</v>
+      </c>
+      <c r="E286" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="F286" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="G286" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="H286" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I286" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J286" s="4" t="s">
+        <v>2540</v>
+      </c>
+    </row>
+    <row r="287" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A287" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B287" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C287" s="7" t="s">
+        <v>2549</v>
+      </c>
+      <c r="D287" s="7" t="s">
+        <v>2525</v>
+      </c>
+      <c r="E287" s="7" t="s">
+        <v>155</v>
+      </c>
+      <c r="F287" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="G287" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="H287" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="I287" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J287" s="4" t="s">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A288" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B288" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C288" s="7" t="s">
+        <v>2547</v>
+      </c>
+      <c r="D288" s="7" t="s">
+        <v>2525</v>
+      </c>
+      <c r="E288" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="F288" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="G288" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="H288" s="7" t="s">
+        <v>2239</v>
+      </c>
+      <c r="I288" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J288" s="4" t="s">
+        <v>2548</v>
+      </c>
+    </row>
+    <row r="289" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A289" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B289" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C289" s="7" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D289" s="7" t="s">
+        <v>2525</v>
+      </c>
+      <c r="E289" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="F289" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="G289" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="H289" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I289" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J289" s="4" t="s">
+        <v>2528</v>
+      </c>
+    </row>
+    <row r="290" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A290" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B290" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C290" s="7" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D290" s="7" t="s">
+        <v>2525</v>
+      </c>
+      <c r="E290" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="F290" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="G290" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="H290" s="7" t="s">
+        <v>2244</v>
+      </c>
+      <c r="I290" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J290" s="4" t="s">
+        <v>2536</v>
+      </c>
+    </row>
+    <row r="291" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A291" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B291" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C291" s="7" t="s">
+        <v>2482</v>
+      </c>
+      <c r="D291" s="7" t="s">
+        <v>2483</v>
+      </c>
+      <c r="E291" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="F291" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="G291" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="H291" s="7" t="s">
+        <v>2136</v>
+      </c>
+      <c r="I291" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J291" s="4" t="s">
+        <v>2485</v>
+      </c>
+    </row>
+    <row r="292" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A292" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B292" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C292" s="7" t="s">
+        <v>2482</v>
+      </c>
+      <c r="D292" s="7" t="s">
+        <v>2483</v>
+      </c>
+      <c r="E292" s="7" t="s">
+        <v>215</v>
+      </c>
+      <c r="F292" s="7" t="s">
+        <v>216</v>
+      </c>
+      <c r="G292" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="H292" s="7" t="s">
+        <v>2102</v>
+      </c>
+      <c r="I292" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J292" s="4" t="s">
+        <v>2484</v>
+      </c>
+    </row>
+    <row r="293" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A293" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B293" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C293" s="7" t="s">
+        <v>2463</v>
+      </c>
+      <c r="D293" s="7" t="s">
+        <v>2464</v>
+      </c>
+      <c r="E293" s="7" t="s">
+        <v>256</v>
+      </c>
+      <c r="F293" s="7" t="s">
+        <v>257</v>
+      </c>
+      <c r="G293" s="7" t="s">
+        <v>258</v>
+      </c>
+      <c r="H293" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I293" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J293" s="4" t="s">
+        <v>2465</v>
+      </c>
+    </row>
+    <row r="294" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A294" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B294" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C294" s="7" t="s">
+        <v>2510</v>
+      </c>
+      <c r="D294" s="7" t="s">
+        <v>2511</v>
+      </c>
+      <c r="E294" s="7" t="s">
+        <v>182</v>
+      </c>
+      <c r="F294" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="G294" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H294" s="7" t="s">
+        <v>2318</v>
+      </c>
+      <c r="I294" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J294" s="4" t="s">
+        <v>2512</v>
+      </c>
+    </row>
+    <row r="295" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A295" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B295" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C295" s="7" t="s">
+        <v>2474</v>
+      </c>
+      <c r="D295" s="7" t="s">
+        <v>2445</v>
+      </c>
+      <c r="E295" s="7" t="s">
+        <v>245</v>
+      </c>
+      <c r="F295" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="G295" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="H295" s="7" t="s">
+        <v>2067</v>
+      </c>
+      <c r="I295" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J295" s="4" t="s">
+        <v>2475</v>
+      </c>
+    </row>
+    <row r="296" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A296" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B296" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C296" s="7" t="s">
+        <v>2444</v>
+      </c>
+      <c r="D296" s="7" t="s">
+        <v>2445</v>
+      </c>
+      <c r="E296" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="F296" s="7" t="s">
+        <v>209</v>
+      </c>
+      <c r="G296" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H296" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I296" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J296" s="4" t="s">
+        <v>2446</v>
+      </c>
+    </row>
+    <row r="297" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A297" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B297" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C297" s="7" t="s">
+        <v>2476</v>
+      </c>
+      <c r="D297" s="7" t="s">
+        <v>2445</v>
+      </c>
+      <c r="E297" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="F297" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="G297" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="H297" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I297" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J297" s="4" t="s">
+        <v>2477</v>
+      </c>
+    </row>
+    <row r="298" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A298" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B298" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C298" s="7" t="s">
+        <v>2471</v>
+      </c>
+      <c r="D298" s="7" t="s">
+        <v>2472</v>
+      </c>
+      <c r="E298" s="7" t="s">
+        <v>248</v>
+      </c>
+      <c r="F298" s="7" t="s">
+        <v>249</v>
+      </c>
+      <c r="G298" s="7" t="s">
+        <v>250</v>
+      </c>
+      <c r="H298" s="7" t="s">
+        <v>2066</v>
+      </c>
+      <c r="I298" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J298" s="4" t="s">
+        <v>2473</v>
+      </c>
+    </row>
+    <row r="299" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A299" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B299" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C299" s="7" t="s">
+        <v>2471</v>
+      </c>
+      <c r="D299" s="7" t="s">
+        <v>2472</v>
+      </c>
+      <c r="E299" s="7" t="s">
+        <v>212</v>
+      </c>
+      <c r="F299" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="G299" s="7" t="s">
+        <v>214</v>
+      </c>
+      <c r="H299" s="7" t="s">
+        <v>2069</v>
+      </c>
+      <c r="I299" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J299" s="4" t="s">
+        <v>2478</v>
+      </c>
+    </row>
+    <row r="300" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A300" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B300" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C300" s="7" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D300" s="7" t="s">
+        <v>2487</v>
+      </c>
+      <c r="E300" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="F300" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="G300" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="H300" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="I300" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J300" s="4" t="s">
+        <v>2514</v>
+      </c>
+    </row>
+    <row r="301" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A301" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B301" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C301" s="7" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D301" s="7" t="s">
+        <v>2487</v>
+      </c>
+      <c r="E301" s="7" t="s">
+        <v>221</v>
+      </c>
+      <c r="F301" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="G301" s="7" t="s">
+        <v>223</v>
+      </c>
+      <c r="H301" s="7" t="s">
+        <v>2212</v>
+      </c>
+      <c r="I301" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J301" s="4" t="s">
+        <v>2488</v>
+      </c>
+    </row>
+    <row r="302" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A302" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B302" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C302" s="7" t="s">
+        <v>2498</v>
+      </c>
+      <c r="D302" s="7" t="s">
+        <v>2499</v>
+      </c>
+      <c r="E302" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="F302" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="G302" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="H302" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I302" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J302" s="4" t="s">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="303" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A303" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B303" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C303" s="7" t="s">
+        <v>2504</v>
+      </c>
+      <c r="D303" s="7" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E303" s="7" t="s">
+        <v>177</v>
+      </c>
+      <c r="F303" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="G303" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H303" s="7" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I303" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J303" s="4" t="s">
+        <v>2506</v>
+      </c>
+    </row>
+    <row r="304" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A304" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B304" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C304" s="7" t="s">
+        <v>2554</v>
+      </c>
+      <c r="D304" s="7" t="s">
+        <v>2555</v>
+      </c>
+      <c r="E304" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="F304" s="7" t="s">
+        <v>151</v>
+      </c>
+      <c r="G304" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H304" s="7" t="s">
+        <v>2318</v>
+      </c>
+      <c r="I304" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J304" s="4" t="s">
+        <v>2556</v>
+      </c>
+    </row>
+    <row r="305" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A305" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B305" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C305" s="7" t="s">
+        <v>2551</v>
+      </c>
+      <c r="D305" s="7" t="s">
+        <v>2552</v>
+      </c>
+      <c r="E305" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="F305" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="G305" s="7" t="s">
+        <v>261</v>
+      </c>
+      <c r="H305" s="7" t="s">
+        <v>2318</v>
+      </c>
+      <c r="I305" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J305" s="4" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="306" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A306" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B306" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C306" s="7" t="s">
+        <v>2518</v>
+      </c>
+      <c r="D306" s="7" t="s">
+        <v>2519</v>
+      </c>
+      <c r="E306" s="7" t="s">
+        <v>196</v>
+      </c>
+      <c r="F306" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="G306" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="H306" s="7" t="s">
+        <v>2096</v>
+      </c>
+      <c r="I306" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J306" s="4" t="s">
+        <v>2520</v>
+      </c>
+    </row>
+    <row r="307" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A307" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B307" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C307" s="7" t="s">
+        <v>2468</v>
+      </c>
+      <c r="D307" s="7" t="s">
+        <v>2469</v>
+      </c>
+      <c r="E307" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="F307" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="G307" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H307" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I307" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J307" s="4" t="s">
+        <v>2470</v>
+      </c>
+    </row>
+    <row r="308" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A308" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B308" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C308" s="7" t="s">
+        <v>2533</v>
+      </c>
+      <c r="D308" s="7" t="s">
+        <v>2534</v>
+      </c>
+      <c r="E308" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="F308" s="7" t="s">
+        <v>143</v>
+      </c>
+      <c r="G308" s="5" t="s">
+        <v>4332</v>
+      </c>
+      <c r="H308" s="7" t="s">
+        <v>2303</v>
+      </c>
+      <c r="I308" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J308" s="4" t="s">
+        <v>2535</v>
+      </c>
+    </row>
+    <row r="309" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A309" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B309" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C309" s="7" t="s">
+        <v>2458</v>
+      </c>
+      <c r="D309" s="7" t="s">
+        <v>2459</v>
+      </c>
+      <c r="E309" s="7" t="s">
+        <v>239</v>
+      </c>
+      <c r="F309" s="7" t="s">
+        <v>240</v>
+      </c>
+      <c r="G309" s="7" t="s">
+        <v>241</v>
+      </c>
+      <c r="H309" s="7" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I309" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J309" s="4" t="s">
+        <v>2460</v>
+      </c>
+    </row>
+    <row r="310" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A310" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B310" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C310" s="7" t="s">
+        <v>2447</v>
+      </c>
+      <c r="D310" s="7" t="s">
+        <v>2448</v>
+      </c>
+      <c r="E310" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="F310" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="G310" s="7" t="s">
+        <v>206</v>
+      </c>
+      <c r="H310" s="7" t="s">
+        <v>2060</v>
+      </c>
+      <c r="I310" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J310" s="4" t="s">
+        <v>2449</v>
+      </c>
+    </row>
+    <row r="311" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A311" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B311" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C311" s="7" t="s">
+        <v>2507</v>
+      </c>
+      <c r="D311" s="7" t="s">
+        <v>2508</v>
+      </c>
+      <c r="E311" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="F311" s="7" t="s">
+        <v>180</v>
+      </c>
+      <c r="G311" s="7" t="s">
+        <v>181</v>
+      </c>
+      <c r="H311" s="7" t="s">
+        <v>2296</v>
+      </c>
+      <c r="I311" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J311" s="4" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="312" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A312" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B312" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C312" s="7" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D312" s="7" t="s">
+        <v>2516</v>
+      </c>
+      <c r="E312" s="7" t="s">
+        <v>172</v>
+      </c>
+      <c r="F312" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="G312" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="H312" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I312" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J312" s="4" t="s">
+        <v>2517</v>
+      </c>
+    </row>
+    <row r="313" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A313" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B313" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C313" s="7" t="s">
+        <v>2544</v>
+      </c>
+      <c r="D313" s="7" t="s">
+        <v>2545</v>
+      </c>
+      <c r="E313" s="7" t="s">
+        <v>167</v>
+      </c>
+      <c r="F313" s="7" t="s">
+        <v>168</v>
+      </c>
+      <c r="G313" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H313" s="7" t="s">
+        <v>2246</v>
+      </c>
+      <c r="I313" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J313" s="4" t="s">
+        <v>2546</v>
+      </c>
+    </row>
+    <row r="314" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A314" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B314" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C314" s="7" t="s">
+        <v>2495</v>
+      </c>
+      <c r="D314" s="7" t="s">
+        <v>2496</v>
+      </c>
+      <c r="E314" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="F314" s="7" t="s">
+        <v>229</v>
+      </c>
+      <c r="G314" s="7" t="s">
+        <v>230</v>
+      </c>
+      <c r="H314" s="7" t="s">
+        <v>2210</v>
+      </c>
+      <c r="I314" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J314" s="4" t="s">
+        <v>2497</v>
+      </c>
+    </row>
+    <row r="315" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A315" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B315" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C315" s="7" t="s">
+        <v>2489</v>
+      </c>
+      <c r="D315" s="7" t="s">
+        <v>2490</v>
+      </c>
+      <c r="E315" s="7" t="s">
+        <v>224</v>
+      </c>
+      <c r="F315" s="7" t="s">
+        <v>225</v>
+      </c>
+      <c r="G315" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H315" s="7" t="s">
+        <v>2212</v>
+      </c>
+      <c r="I315" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J315" s="4" t="s">
+        <v>2491</v>
+      </c>
+    </row>
+    <row r="316" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A316" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B316" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C316" s="7" t="s">
+        <v>2537</v>
+      </c>
+      <c r="D316" s="7" t="s">
+        <v>2538</v>
+      </c>
+      <c r="E316" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="F316" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="G316" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="H316" s="7" t="s">
+        <v>2212</v>
+      </c>
+      <c r="I316" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J316" s="4" t="s">
+        <v>2539</v>
+      </c>
+    </row>
+    <row r="317" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A317" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B317" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C317" s="7" t="s">
+        <v>2501</v>
+      </c>
+      <c r="D317" s="7" t="s">
+        <v>2502</v>
+      </c>
+      <c r="E317" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="F317" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="G317" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="H317" s="7" t="s">
+        <v>2101</v>
+      </c>
+      <c r="I317" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J317" s="4" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="318" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A318" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B318" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C318" s="7" t="s">
+        <v>2501</v>
+      </c>
+      <c r="D318" s="7" t="s">
+        <v>2502</v>
+      </c>
+      <c r="E318" s="7" t="s">
+        <v>231</v>
+      </c>
+      <c r="F318" s="7" t="s">
+        <v>232</v>
+      </c>
+      <c r="G318" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="H318" s="7" t="s">
+        <v>207</v>
+      </c>
+      <c r="I318" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J318" s="4" t="s">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="319" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A319" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B319" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C319" s="7" t="s">
+        <v>2541</v>
+      </c>
+      <c r="D319" s="7" t="s">
+        <v>2542</v>
+      </c>
+      <c r="E319" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="F319" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="G319" s="7" t="s">
+        <v>166</v>
+      </c>
+      <c r="H319" s="7" t="s">
+        <v>2245</v>
+      </c>
+      <c r="I319" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J319" s="4" t="s">
+        <v>2543</v>
+      </c>
+    </row>
+    <row r="320" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A320" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B320" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C320" s="7" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D320" s="7" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E320" s="7" t="s">
+        <v>175</v>
+      </c>
+      <c r="F320" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="G320" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H320" s="7" t="s">
+        <v>2063</v>
+      </c>
+      <c r="I320" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J320" s="4" t="s">
+        <v>2454</v>
+      </c>
+    </row>
+    <row r="321" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A321" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B321" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C321" s="7" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D321" s="7" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E321" s="7" t="s">
+        <v>202</v>
+      </c>
+      <c r="F321" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G321" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H321" s="7" t="s">
+        <v>2061</v>
+      </c>
+      <c r="I321" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J321" s="4" t="s">
+        <v>2452</v>
+      </c>
+    </row>
+    <row r="322" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A322" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B322" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C322" s="7" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D322" s="7" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E322" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="F322" s="7" t="s">
+        <v>238</v>
+      </c>
+      <c r="G322" s="7" t="s">
+        <v>4347</v>
+      </c>
+      <c r="H322" s="7" t="s">
+        <v>2070</v>
+      </c>
+      <c r="I322" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J322" s="4" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="323" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A323" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B323" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C323" s="7" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D323" s="7" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E323" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="F323" s="7" t="s">
+        <v>200</v>
+      </c>
+      <c r="G323" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="H323" s="7" t="s">
+        <v>2062</v>
+      </c>
+      <c r="I323" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J323" s="4" t="s">
+        <v>2453</v>
+      </c>
+    </row>
+    <row r="324" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A324" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B324" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C324" s="7" t="s">
+        <v>2492</v>
+      </c>
+      <c r="D324" s="7" t="s">
+        <v>2493</v>
+      </c>
+      <c r="E324" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="F324" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="G324" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="H324" s="7" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I324" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J324" s="4" t="s">
+        <v>2494</v>
+      </c>
+    </row>
+    <row r="325" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A325" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B325" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C325" s="7" t="s">
+        <v>2480</v>
+      </c>
+      <c r="D325" s="7" t="s">
+        <v>2456</v>
+      </c>
+      <c r="E325" s="7" t="s">
+        <v>262</v>
+      </c>
+      <c r="F325" s="7" t="s">
+        <v>263</v>
+      </c>
+      <c r="G325" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="H325" s="7" t="s">
+        <v>2071</v>
+      </c>
+      <c r="I325" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J325" s="4" t="s">
+        <v>2481</v>
+      </c>
+    </row>
+    <row r="326" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A326" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B326" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C326" s="7" t="s">
+        <v>2461</v>
+      </c>
+      <c r="D326" s="7" t="s">
+        <v>2456</v>
+      </c>
+      <c r="E326" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="F326" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="G326" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="H326" s="7" t="s">
+        <v>2276</v>
+      </c>
+      <c r="I326" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J326" s="4" t="s">
+        <v>2462</v>
+      </c>
+    </row>
+    <row r="327" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A327" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B327" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C327" s="7" t="s">
+        <v>2455</v>
+      </c>
+      <c r="D327" s="7" t="s">
+        <v>2456</v>
+      </c>
+      <c r="E327" s="7" t="s">
+        <v>234</v>
+      </c>
+      <c r="F327" s="7" t="s">
+        <v>235</v>
+      </c>
+      <c r="G327" s="7" t="s">
+        <v>236</v>
+      </c>
+      <c r="H327" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I327" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J327" s="4" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="328" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A328" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B328" s="7" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C328" s="7" t="s">
+        <v>2466</v>
+      </c>
+      <c r="D328" s="7" t="s">
+        <v>2456</v>
+      </c>
+      <c r="E328" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="F328" s="7" t="s">
+        <v>254</v>
+      </c>
+      <c r="G328" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="H328" s="7" t="s">
+        <v>2065</v>
+      </c>
+      <c r="I328" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J328" s="4" t="s">
+        <v>2467</v>
+      </c>
+    </row>
+    <row r="329" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A329" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B329" s="7" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C329" s="7" t="s">
+        <v>3119</v>
+      </c>
+      <c r="D329" s="7" t="s">
+        <v>3102</v>
+      </c>
+      <c r="E329" s="7" t="s">
+        <v>834</v>
+      </c>
+      <c r="F329" s="7" t="s">
+        <v>835</v>
+      </c>
+      <c r="G329" s="7" t="s">
+        <v>836</v>
+      </c>
+      <c r="H329" s="7" t="s">
+        <v>2083</v>
+      </c>
+      <c r="I329" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J329" s="4" t="s">
+        <v>3120</v>
+      </c>
+    </row>
+    <row r="330" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A330" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B330" s="7" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C330" s="7" t="s">
+        <v>3101</v>
+      </c>
+      <c r="D330" s="7" t="s">
+        <v>3102</v>
+      </c>
+      <c r="E330" s="7" t="s">
+        <v>822</v>
+      </c>
+      <c r="F330" s="7" t="s">
+        <v>823</v>
+      </c>
+      <c r="G330" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H330" s="7" t="s">
+        <v>2210</v>
+      </c>
+      <c r="I330" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J330" s="4" t="s">
+        <v>3103</v>
+      </c>
+    </row>
+    <row r="331" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A331" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B331" s="7" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C331" s="7" t="s">
+        <v>3131</v>
+      </c>
+      <c r="D331" s="7" t="s">
+        <v>3132</v>
+      </c>
+      <c r="E331" s="7" t="s">
+        <v>825</v>
+      </c>
+      <c r="F331" s="7" t="s">
+        <v>519</v>
+      </c>
+      <c r="G331" s="7" t="s">
+        <v>826</v>
+      </c>
+      <c r="H331" s="7" t="s">
+        <v>2088</v>
+      </c>
+      <c r="I331" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J331" s="4" t="s">
+        <v>3133</v>
+      </c>
+    </row>
+    <row r="332" spans="1:10" ht="126" x14ac:dyDescent="0.35">
+      <c r="A332" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B332" s="7" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C332" s="7" t="s">
+        <v>3116</v>
+      </c>
+      <c r="D332" s="7" t="s">
+        <v>3117</v>
+      </c>
+      <c r="E332" s="7" t="s">
+        <v>837</v>
+      </c>
+      <c r="F332" s="7" t="s">
+        <v>838</v>
+      </c>
+      <c r="G332" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H332" s="7" t="s">
+        <v>2316</v>
+      </c>
+      <c r="I332" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J332" s="4" t="s">
+        <v>3118</v>
+      </c>
+    </row>
+    <row r="333" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A333" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B333" s="7" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C333" s="7" t="s">
+        <v>3116</v>
+      </c>
+      <c r="D333" s="7" t="s">
+        <v>3117</v>
+      </c>
+      <c r="E333" s="7" t="s">
+        <v>828</v>
+      </c>
+      <c r="F333" s="7" t="s">
+        <v>829</v>
+      </c>
+      <c r="G333" s="7" t="s">
+        <v>830</v>
+      </c>
+      <c r="H333" s="7" t="s">
+        <v>2317</v>
+      </c>
+      <c r="I333" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J333" s="4" t="s">
+        <v>3127</v>
+      </c>
+    </row>
+    <row r="334" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A334" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B334" s="7" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C334" s="7" t="s">
+        <v>3104</v>
+      </c>
+      <c r="D334" s="7" t="s">
+        <v>3105</v>
+      </c>
+      <c r="E334" s="7" t="s">
+        <v>815</v>
+      </c>
+      <c r="F334" s="7" t="s">
+        <v>816</v>
+      </c>
+      <c r="G334" s="7" t="s">
+        <v>817</v>
+      </c>
+      <c r="H334" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="I334" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J334" s="4" t="s">
+        <v>3106</v>
+      </c>
+    </row>
+    <row r="335" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A335" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B335" s="7" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C335" s="7" t="s">
+        <v>3121</v>
+      </c>
+      <c r="D335" s="7" t="s">
+        <v>3122</v>
+      </c>
+      <c r="E335" s="7" t="s">
+        <v>839</v>
+      </c>
+      <c r="F335" s="7" t="s">
+        <v>840</v>
+      </c>
+      <c r="G335" s="7" t="s">
+        <v>460</v>
+      </c>
+      <c r="H335" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I335" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J335" s="4" t="s">
+        <v>3123</v>
+      </c>
+    </row>
+    <row r="336" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A336" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B336" s="7" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C336" s="7" t="s">
+        <v>3113</v>
+      </c>
+      <c r="D336" s="7" t="s">
+        <v>3114</v>
+      </c>
+      <c r="E336" s="7" t="s">
+        <v>831</v>
+      </c>
+      <c r="F336" s="7" t="s">
+        <v>832</v>
+      </c>
+      <c r="G336" s="7" t="s">
+        <v>833</v>
+      </c>
+      <c r="H336" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I336" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J336" s="4" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="337" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A337" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B337" s="7" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C337" s="7" t="s">
+        <v>3113</v>
+      </c>
+      <c r="D337" s="7" t="s">
+        <v>3114</v>
+      </c>
+      <c r="E337" s="7" t="s">
+        <v>841</v>
+      </c>
+      <c r="F337" s="7" t="s">
+        <v>842</v>
+      </c>
+      <c r="G337" s="7" t="s">
+        <v>833</v>
+      </c>
+      <c r="H337" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I337" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J337" s="4" t="s">
+        <v>3115</v>
+      </c>
+    </row>
+    <row r="338" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A338" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B338" s="7" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C338" s="7" t="s">
+        <v>3107</v>
+      </c>
+      <c r="D338" s="7" t="s">
+        <v>3108</v>
+      </c>
+      <c r="E338" s="7" t="s">
+        <v>819</v>
+      </c>
+      <c r="F338" s="7" t="s">
+        <v>820</v>
+      </c>
+      <c r="G338" s="7" t="s">
+        <v>821</v>
+      </c>
+      <c r="H338" s="7" t="s">
+        <v>2101</v>
+      </c>
+      <c r="I338" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J338" s="4" t="s">
+        <v>3109</v>
+      </c>
+    </row>
+    <row r="339" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A339" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B339" s="7" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C339" s="7" t="s">
+        <v>3128</v>
+      </c>
+      <c r="D339" s="7" t="s">
+        <v>3129</v>
+      </c>
+      <c r="E339" s="7" t="s">
+        <v>812</v>
+      </c>
+      <c r="F339" s="7" t="s">
+        <v>813</v>
+      </c>
+      <c r="G339" s="7" t="s">
+        <v>814</v>
+      </c>
+      <c r="H339" s="7" t="s">
+        <v>2285</v>
+      </c>
+      <c r="I339" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J339" s="4" t="s">
+        <v>3130</v>
+      </c>
+    </row>
+    <row r="340" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A340" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B340" s="7" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C340" s="7" t="s">
+        <v>3110</v>
+      </c>
+      <c r="D340" s="7" t="s">
+        <v>3111</v>
+      </c>
+      <c r="E340" s="7" t="s">
+        <v>824</v>
+      </c>
+      <c r="F340" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="G340" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H340" s="7" t="s">
+        <v>2286</v>
+      </c>
+      <c r="I340" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J340" s="4" t="s">
+        <v>3112</v>
+      </c>
+    </row>
+    <row r="341" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A341" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B341" s="7" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C341" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="D341" s="7" t="s">
+        <v>3125</v>
+      </c>
+      <c r="E341" s="7" t="s">
+        <v>2034</v>
+      </c>
+      <c r="F341" s="7" t="s">
+        <v>2035</v>
+      </c>
+      <c r="G341" s="7" t="s">
+        <v>833</v>
+      </c>
+      <c r="H341" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I341" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J341" s="4" t="s">
+        <v>3126</v>
+      </c>
+    </row>
+    <row r="342" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A342" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B342" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C342" s="7" t="s">
+        <v>2842</v>
+      </c>
+      <c r="D342" s="7" t="s">
+        <v>2843</v>
+      </c>
+      <c r="E342" s="7" t="s">
+        <v>590</v>
+      </c>
+      <c r="F342" s="7" t="s">
+        <v>591</v>
+      </c>
+      <c r="G342" s="7" t="s">
+        <v>592</v>
+      </c>
+      <c r="H342" s="7" t="s">
+        <v>2078</v>
+      </c>
+      <c r="I342" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J342" s="4" t="s">
+        <v>2844</v>
+      </c>
+    </row>
+    <row r="343" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A343" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B343" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C343" s="7" t="s">
+        <v>2866</v>
+      </c>
+      <c r="D343" s="7" t="s">
+        <v>2867</v>
+      </c>
+      <c r="E343" s="7" t="s">
+        <v>610</v>
+      </c>
+      <c r="F343" s="7" t="s">
+        <v>611</v>
+      </c>
+      <c r="G343" s="7" t="s">
+        <v>612</v>
+      </c>
+      <c r="H343" s="7" t="s">
+        <v>2201</v>
+      </c>
+      <c r="I343" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J343" s="4" t="s">
+        <v>2868</v>
+      </c>
+    </row>
+    <row r="344" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A344" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B344" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C344" s="7" t="s">
+        <v>2845</v>
+      </c>
+      <c r="D344" s="7" t="s">
+        <v>2846</v>
+      </c>
+      <c r="E344" s="7" t="s">
+        <v>585</v>
+      </c>
+      <c r="F344" s="7" t="s">
+        <v>586</v>
+      </c>
+      <c r="G344" s="7" t="s">
+        <v>587</v>
+      </c>
+      <c r="H344" s="7" t="s">
+        <v>2213</v>
+      </c>
+      <c r="I344" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J344" s="4" t="s">
+        <v>2847</v>
+      </c>
+    </row>
+    <row r="345" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A345" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B345" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C345" s="7" t="s">
+        <v>2845</v>
+      </c>
+      <c r="D345" s="7" t="s">
+        <v>2846</v>
+      </c>
+      <c r="E345" s="7" t="s">
+        <v>616</v>
+      </c>
+      <c r="F345" s="7" t="s">
+        <v>617</v>
+      </c>
+      <c r="G345" s="7" t="s">
+        <v>618</v>
+      </c>
+      <c r="H345" s="7" t="s">
+        <v>2137</v>
+      </c>
+      <c r="I345" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J345" s="4" t="s">
+        <v>2870</v>
+      </c>
+    </row>
+    <row r="346" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A346" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B346" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C346" s="7" t="s">
+        <v>2827</v>
+      </c>
+      <c r="D346" s="7" t="s">
+        <v>2828</v>
+      </c>
+      <c r="E346" s="7" t="s">
+        <v>605</v>
+      </c>
+      <c r="F346" s="7" t="s">
+        <v>606</v>
+      </c>
+      <c r="G346" s="7" t="s">
+        <v>607</v>
+      </c>
+      <c r="H346" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I346" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J346" s="4" t="s">
+        <v>2829</v>
+      </c>
+    </row>
+    <row r="347" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A347" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B347" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C347" s="7" t="s">
+        <v>2903</v>
+      </c>
+      <c r="D347" s="7" t="s">
+        <v>2904</v>
+      </c>
+      <c r="E347" s="7" t="s">
+        <v>535</v>
+      </c>
+      <c r="F347" s="7" t="s">
+        <v>536</v>
+      </c>
+      <c r="G347" s="7" t="s">
+        <v>537</v>
+      </c>
+      <c r="H347" s="7" t="s">
+        <v>2329</v>
+      </c>
+      <c r="I347" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J347" s="4" t="s">
+        <v>2905</v>
+      </c>
+    </row>
+    <row r="348" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A348" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B348" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C348" s="7" t="s">
+        <v>2801</v>
+      </c>
+      <c r="D348" s="7" t="s">
+        <v>2802</v>
+      </c>
+      <c r="E348" s="7" t="s">
+        <v>521</v>
+      </c>
+      <c r="F348" s="7" t="s">
+        <v>510</v>
+      </c>
+      <c r="G348" s="7" t="s">
+        <v>522</v>
+      </c>
+      <c r="H348" s="7" t="s">
+        <v>2096</v>
+      </c>
+      <c r="I348" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J348" s="4" t="s">
+        <v>2803</v>
+      </c>
+    </row>
+    <row r="349" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A349" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B349" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C349" s="7" t="s">
+        <v>2882</v>
+      </c>
+      <c r="D349" s="7" t="s">
+        <v>2883</v>
+      </c>
+      <c r="E349" s="7" t="s">
+        <v>566</v>
+      </c>
+      <c r="F349" s="7" t="s">
+        <v>567</v>
+      </c>
+      <c r="G349" s="7" t="s">
+        <v>568</v>
+      </c>
+      <c r="H349" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I349" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J349" s="4" t="s">
+        <v>2884</v>
+      </c>
+    </row>
+    <row r="350" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A350" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B350" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C350" s="7" t="s">
+        <v>2816</v>
+      </c>
+      <c r="D350" s="7" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E350" s="7" t="s">
+        <v>532</v>
+      </c>
+      <c r="F350" s="7" t="s">
+        <v>533</v>
+      </c>
+      <c r="G350" s="7" t="s">
+        <v>534</v>
+      </c>
+      <c r="H350" s="7" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I350" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J350" s="4" t="s">
+        <v>2818</v>
+      </c>
+    </row>
+    <row r="351" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A351" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B351" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C351" s="7" t="s">
+        <v>2909</v>
+      </c>
+      <c r="D351" s="7" t="s">
+        <v>2910</v>
+      </c>
+      <c r="E351" s="7" t="s">
+        <v>538</v>
+      </c>
+      <c r="F351" s="7" t="s">
+        <v>539</v>
+      </c>
+      <c r="G351" s="7" t="s">
+        <v>540</v>
+      </c>
+      <c r="H351" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I351" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J351" s="4" t="s">
+        <v>2911</v>
+      </c>
+    </row>
+    <row r="352" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A352" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B352" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C352" s="7" t="s">
+        <v>2898</v>
+      </c>
+      <c r="D352" s="7" t="s">
+        <v>2899</v>
+      </c>
+      <c r="E352" s="7" t="s">
+        <v>552</v>
+      </c>
+      <c r="F352" s="7" t="s">
+        <v>400</v>
+      </c>
+      <c r="G352" s="7" t="s">
+        <v>553</v>
+      </c>
+      <c r="H352" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I352" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J352" s="4" t="s">
+        <v>2900</v>
+      </c>
+    </row>
+    <row r="353" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A353" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B353" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C353" s="7" t="s">
+        <v>2804</v>
+      </c>
+      <c r="D353" s="7" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E353" s="7" t="s">
+        <v>523</v>
+      </c>
+      <c r="F353" s="7" t="s">
+        <v>524</v>
+      </c>
+      <c r="G353" s="7" t="s">
+        <v>525</v>
+      </c>
+      <c r="H353" s="7" t="s">
+        <v>2301</v>
+      </c>
+      <c r="I353" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J353" s="4" t="s">
+        <v>2806</v>
+      </c>
+    </row>
+    <row r="354" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A354" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B354" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C354" s="7" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D354" s="7" t="s">
+        <v>2872</v>
+      </c>
+      <c r="E354" s="7" t="s">
+        <v>613</v>
+      </c>
+      <c r="F354" s="7" t="s">
+        <v>614</v>
+      </c>
+      <c r="G354" s="7" t="s">
+        <v>615</v>
+      </c>
+      <c r="H354" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="I354" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J354" s="4" t="s">
+        <v>2873</v>
+      </c>
+    </row>
+    <row r="355" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A355" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B355" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C355" s="7" t="s">
+        <v>2854</v>
+      </c>
+      <c r="D355" s="7" t="s">
+        <v>2855</v>
+      </c>
+      <c r="E355" s="7" t="s">
+        <v>593</v>
+      </c>
+      <c r="F355" s="7" t="s">
+        <v>594</v>
+      </c>
+      <c r="G355" s="7" t="s">
+        <v>584</v>
+      </c>
+      <c r="H355" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I355" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J355" s="4" t="s">
+        <v>2856</v>
+      </c>
+    </row>
+    <row r="356" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A356" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B356" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C356" s="7" t="s">
+        <v>2848</v>
+      </c>
+      <c r="D356" s="7" t="s">
+        <v>2849</v>
+      </c>
+      <c r="E356" s="7" t="s">
+        <v>582</v>
+      </c>
+      <c r="F356" s="7" t="s">
+        <v>583</v>
+      </c>
+      <c r="G356" s="7" t="s">
+        <v>584</v>
+      </c>
+      <c r="H356" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I356" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J356" s="4" t="s">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="357" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A357" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B357" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C357" s="7" t="s">
+        <v>2906</v>
+      </c>
+      <c r="D357" s="7" t="s">
+        <v>2907</v>
+      </c>
+      <c r="E357" s="7" t="s">
+        <v>541</v>
+      </c>
+      <c r="F357" s="7" t="s">
+        <v>542</v>
+      </c>
+      <c r="G357" s="7" t="s">
+        <v>543</v>
+      </c>
+      <c r="H357" s="7" t="s">
+        <v>2260</v>
+      </c>
+      <c r="I357" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J357" s="4" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="358" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A358" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B358" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C358" s="7" t="s">
+        <v>2810</v>
+      </c>
+      <c r="D358" s="7" t="s">
+        <v>2811</v>
+      </c>
+      <c r="E358" s="7" t="s">
+        <v>529</v>
+      </c>
+      <c r="F358" s="7" t="s">
+        <v>530</v>
+      </c>
+      <c r="G358" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="H358" s="7" t="s">
+        <v>2266</v>
+      </c>
+      <c r="I358" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J358" s="4" t="s">
+        <v>2812</v>
+      </c>
+    </row>
+    <row r="359" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A359" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B359" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C359" s="7" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D359" s="7" t="s">
+        <v>2840</v>
+      </c>
+      <c r="E359" s="7" t="s">
+        <v>595</v>
+      </c>
+      <c r="F359" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="G359" s="7" t="s">
+        <v>596</v>
+      </c>
+      <c r="H359" s="7" t="s">
+        <v>2258</v>
+      </c>
+      <c r="I359" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J359" s="4" t="s">
+        <v>2841</v>
+      </c>
+    </row>
+    <row r="360" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A360" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B360" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C360" s="7" t="s">
+        <v>2833</v>
+      </c>
+      <c r="D360" s="7" t="s">
+        <v>2834</v>
+      </c>
+      <c r="E360" s="7" t="s">
+        <v>600</v>
+      </c>
+      <c r="F360" s="7" t="s">
+        <v>601</v>
+      </c>
+      <c r="G360" s="7" t="s">
+        <v>602</v>
+      </c>
+      <c r="H360" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="I360" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J360" s="4" t="s">
+        <v>2835</v>
+      </c>
+    </row>
+    <row r="361" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A361" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B361" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C361" s="7" t="s">
+        <v>2807</v>
+      </c>
+      <c r="D361" s="7" t="s">
+        <v>2808</v>
+      </c>
+      <c r="E361" s="7" t="s">
+        <v>518</v>
+      </c>
+      <c r="F361" s="7" t="s">
+        <v>519</v>
+      </c>
+      <c r="G361" s="7" t="s">
+        <v>520</v>
+      </c>
+      <c r="H361" s="7" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I361" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J361" s="4" t="s">
+        <v>2809</v>
+      </c>
+    </row>
+    <row r="362" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A362" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B362" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C362" s="7" t="s">
+        <v>2813</v>
+      </c>
+      <c r="D362" s="7" t="s">
+        <v>2822</v>
+      </c>
+      <c r="E362" s="7" t="s">
+        <v>619</v>
+      </c>
+      <c r="F362" s="7" t="s">
+        <v>620</v>
+      </c>
+      <c r="G362" s="7" t="s">
+        <v>621</v>
+      </c>
+      <c r="H362" s="7" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I362" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J362" s="4" t="s">
+        <v>2823</v>
+      </c>
+    </row>
+    <row r="363" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A363" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B363" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C363" s="7" t="s">
+        <v>2857</v>
+      </c>
+      <c r="D363" s="7" t="s">
+        <v>2831</v>
+      </c>
+      <c r="E363" s="7" t="s">
+        <v>588</v>
+      </c>
+      <c r="F363" s="7" t="s">
+        <v>589</v>
+      </c>
+      <c r="G363" s="7" t="s">
+        <v>4348</v>
+      </c>
+      <c r="H363" s="7" t="s">
+        <v>2154</v>
+      </c>
+      <c r="I363" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J363" s="4" t="s">
+        <v>2865</v>
+      </c>
+    </row>
+    <row r="364" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A364" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B364" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C364" s="7" t="s">
+        <v>2857</v>
+      </c>
+      <c r="D364" s="7" t="s">
+        <v>2831</v>
+      </c>
+      <c r="E364" s="7" t="s">
+        <v>577</v>
+      </c>
+      <c r="F364" s="7" t="s">
+        <v>578</v>
+      </c>
+      <c r="G364" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="H364" s="7" t="s">
+        <v>2259</v>
+      </c>
+      <c r="I364" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J364" s="4" t="s">
+        <v>2858</v>
+      </c>
+    </row>
+    <row r="365" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A365" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B365" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C365" s="7" t="s">
+        <v>2830</v>
+      </c>
+      <c r="D365" s="7" t="s">
+        <v>2831</v>
+      </c>
+      <c r="E365" s="7" t="s">
+        <v>603</v>
+      </c>
+      <c r="F365" s="7" t="s">
+        <v>394</v>
+      </c>
+      <c r="G365" s="7" t="s">
+        <v>604</v>
+      </c>
+      <c r="H365" s="7" t="s">
+        <v>2171</v>
+      </c>
+      <c r="I365" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J365" s="4" t="s">
+        <v>2832</v>
+      </c>
+    </row>
+    <row r="366" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A366" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B366" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C366" s="7" t="s">
+        <v>2879</v>
+      </c>
+      <c r="D366" s="7" t="s">
+        <v>2880</v>
+      </c>
+      <c r="E366" s="7" t="s">
+        <v>544</v>
+      </c>
+      <c r="F366" s="7" t="s">
+        <v>545</v>
+      </c>
+      <c r="G366" s="7" t="s">
+        <v>525</v>
+      </c>
+      <c r="H366" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="I366" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J366" s="4" t="s">
+        <v>2881</v>
+      </c>
+    </row>
+    <row r="367" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A367" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B367" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C367" s="7" t="s">
+        <v>2885</v>
+      </c>
+      <c r="D367" s="7" t="s">
+        <v>2886</v>
+      </c>
+      <c r="E367" s="7" t="s">
+        <v>608</v>
+      </c>
+      <c r="F367" s="7" t="s">
+        <v>609</v>
+      </c>
+      <c r="G367" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H367" s="7" t="s">
+        <v>2067</v>
+      </c>
+      <c r="I367" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J367" s="4" t="s">
+        <v>2887</v>
+      </c>
+    </row>
+    <row r="368" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A368" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B368" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C368" s="7" t="s">
+        <v>2885</v>
+      </c>
+      <c r="D368" s="7" t="s">
+        <v>2886</v>
+      </c>
+      <c r="E368" s="7" t="s">
+        <v>560</v>
+      </c>
+      <c r="F368" s="7" t="s">
+        <v>561</v>
+      </c>
+      <c r="G368" s="7" t="s">
+        <v>562</v>
+      </c>
+      <c r="H368" s="7" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I368" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J368" s="4" t="s">
+        <v>2891</v>
+      </c>
+    </row>
+    <row r="369" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A369" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B369" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C369" s="7" t="s">
+        <v>2863</v>
+      </c>
+      <c r="D369" s="7" t="s">
+        <v>2852</v>
+      </c>
+      <c r="E369" s="7" t="s">
+        <v>569</v>
+      </c>
+      <c r="F369" s="7" t="s">
+        <v>570</v>
+      </c>
+      <c r="G369" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="H369" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="I369" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J369" s="4" t="s">
+        <v>2864</v>
+      </c>
+    </row>
+    <row r="370" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A370" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B370" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C370" s="7" t="s">
+        <v>2851</v>
+      </c>
+      <c r="D370" s="7" t="s">
+        <v>2852</v>
+      </c>
+      <c r="E370" s="7" t="s">
+        <v>579</v>
+      </c>
+      <c r="F370" s="7" t="s">
+        <v>580</v>
+      </c>
+      <c r="G370" s="7" t="s">
+        <v>581</v>
+      </c>
+      <c r="H370" s="7" t="s">
+        <v>2212</v>
+      </c>
+      <c r="I370" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J370" s="4" t="s">
+        <v>2853</v>
+      </c>
+    </row>
+    <row r="371" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A371" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B371" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C371" s="7" t="s">
+        <v>2892</v>
+      </c>
+      <c r="D371" s="7" t="s">
+        <v>2893</v>
+      </c>
+      <c r="E371" s="7" t="s">
+        <v>557</v>
+      </c>
+      <c r="F371" s="7" t="s">
+        <v>558</v>
+      </c>
+      <c r="G371" s="7" t="s">
+        <v>559</v>
+      </c>
+      <c r="H371" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I371" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J371" s="4" t="s">
+        <v>2894</v>
+      </c>
+    </row>
+    <row r="372" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A372" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B372" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C372" s="7" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D372" s="7" t="s">
+        <v>2820</v>
+      </c>
+      <c r="E372" s="7" t="s">
+        <v>526</v>
+      </c>
+      <c r="F372" s="7" t="s">
+        <v>527</v>
+      </c>
+      <c r="G372" s="7" t="s">
+        <v>528</v>
+      </c>
+      <c r="H372" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="I372" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J372" s="4" t="s">
+        <v>2821</v>
+      </c>
+    </row>
+    <row r="373" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A373" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B373" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C373" s="7" t="s">
+        <v>2876</v>
+      </c>
+      <c r="D373" s="7" t="s">
+        <v>2877</v>
+      </c>
+      <c r="E373" s="7" t="s">
+        <v>546</v>
+      </c>
+      <c r="F373" s="7" t="s">
+        <v>547</v>
+      </c>
+      <c r="G373" s="7" t="s">
+        <v>548</v>
+      </c>
+      <c r="H373" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I373" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J373" s="4" t="s">
+        <v>2878</v>
+      </c>
+    </row>
+    <row r="374" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A374" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B374" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C374" s="7" t="s">
+        <v>2836</v>
+      </c>
+      <c r="D374" s="7" t="s">
+        <v>2837</v>
+      </c>
+      <c r="E374" s="7" t="s">
+        <v>597</v>
+      </c>
+      <c r="F374" s="7" t="s">
+        <v>598</v>
+      </c>
+      <c r="G374" s="7" t="s">
+        <v>599</v>
+      </c>
+      <c r="H374" s="7" t="s">
+        <v>2095</v>
+      </c>
+      <c r="I374" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J374" s="4" t="s">
+        <v>2838</v>
+      </c>
+    </row>
+    <row r="375" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A375" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B375" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C375" s="7" t="s">
+        <v>2836</v>
+      </c>
+      <c r="D375" s="7" t="s">
+        <v>2837</v>
+      </c>
+      <c r="E375" s="7" t="s">
+        <v>574</v>
+      </c>
+      <c r="F375" s="7" t="s">
+        <v>575</v>
+      </c>
+      <c r="G375" s="7" t="s">
+        <v>576</v>
+      </c>
+      <c r="H375" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="I375" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J375" s="4" t="s">
+        <v>2859</v>
+      </c>
+    </row>
+    <row r="376" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A376" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B376" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C376" s="7" t="s">
+        <v>2836</v>
+      </c>
+      <c r="D376" s="7" t="s">
+        <v>2837</v>
+      </c>
+      <c r="E376" s="7" t="s">
+        <v>622</v>
+      </c>
+      <c r="F376" s="7" t="s">
+        <v>623</v>
+      </c>
+      <c r="G376" s="7" t="s">
+        <v>624</v>
+      </c>
+      <c r="H376" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="I376" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J376" s="4" t="s">
+        <v>2869</v>
+      </c>
+    </row>
+    <row r="377" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A377" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B377" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C377" s="7" t="s">
+        <v>2874</v>
+      </c>
+      <c r="D377" s="7" t="s">
+        <v>2837</v>
+      </c>
+      <c r="E377" s="7" t="s">
+        <v>625</v>
+      </c>
+      <c r="F377" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="G377" s="7" t="s">
+        <v>627</v>
+      </c>
+      <c r="H377" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I377" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J377" s="4" t="s">
+        <v>2875</v>
+      </c>
+    </row>
+    <row r="378" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A378" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B378" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C378" s="7" t="s">
+        <v>2901</v>
+      </c>
+      <c r="D378" s="7" t="s">
+        <v>2896</v>
+      </c>
+      <c r="E378" s="7" t="s">
+        <v>549</v>
+      </c>
+      <c r="F378" s="7" t="s">
+        <v>550</v>
+      </c>
+      <c r="G378" s="7" t="s">
+        <v>551</v>
+      </c>
+      <c r="H378" s="7" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I378" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J378" s="4" t="s">
+        <v>2902</v>
+      </c>
+    </row>
+    <row r="379" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A379" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B379" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C379" s="7" t="s">
+        <v>2895</v>
+      </c>
+      <c r="D379" s="7" t="s">
+        <v>2896</v>
+      </c>
+      <c r="E379" s="7" t="s">
+        <v>554</v>
+      </c>
+      <c r="F379" s="7" t="s">
+        <v>555</v>
+      </c>
+      <c r="G379" s="7" t="s">
+        <v>556</v>
+      </c>
+      <c r="H379" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I379" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J379" s="4" t="s">
+        <v>2897</v>
+      </c>
+    </row>
+    <row r="380" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A380" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B380" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C380" s="7" t="s">
+        <v>2824</v>
+      </c>
+      <c r="D380" s="7" t="s">
+        <v>2825</v>
+      </c>
+      <c r="E380" s="7" t="s">
+        <v>628</v>
+      </c>
+      <c r="F380" s="7" t="s">
+        <v>629</v>
+      </c>
+      <c r="G380" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="H380" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I380" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J380" s="4" t="s">
+        <v>2826</v>
+      </c>
+    </row>
+    <row r="381" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A381" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B381" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C381" s="7" t="s">
+        <v>2860</v>
+      </c>
+      <c r="D381" s="7" t="s">
+        <v>2861</v>
+      </c>
+      <c r="E381" s="7" t="s">
+        <v>572</v>
+      </c>
+      <c r="F381" s="7" t="s">
+        <v>519</v>
+      </c>
+      <c r="G381" s="7" t="s">
+        <v>573</v>
+      </c>
+      <c r="H381" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I381" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J381" s="4" t="s">
+        <v>2862</v>
+      </c>
+    </row>
+    <row r="382" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A382" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B382" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C382" s="7" t="s">
+        <v>2813</v>
+      </c>
+      <c r="D382" s="7" t="s">
+        <v>2814</v>
+      </c>
+      <c r="E382" s="7" t="s">
+        <v>531</v>
+      </c>
+      <c r="F382" s="7" t="s">
+        <v>505</v>
+      </c>
+      <c r="G382" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H382" s="7" t="s">
+        <v>2132</v>
+      </c>
+      <c r="I382" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J382" s="4" t="s">
+        <v>2815</v>
+      </c>
+    </row>
+    <row r="383" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A383" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B383" s="7" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C383" s="7" t="s">
+        <v>2888</v>
+      </c>
+      <c r="D383" s="7" t="s">
+        <v>2889</v>
+      </c>
+      <c r="E383" s="7" t="s">
+        <v>563</v>
+      </c>
+      <c r="F383" s="7" t="s">
+        <v>564</v>
+      </c>
+      <c r="G383" s="7" t="s">
+        <v>565</v>
+      </c>
+      <c r="H383" s="7" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I383" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J383" s="4" t="s">
+        <v>2890</v>
+      </c>
+    </row>
+    <row r="384" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A384" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B384" s="7" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C384" s="7" t="s">
+        <v>3790</v>
+      </c>
+      <c r="D384" s="7" t="s">
+        <v>3776</v>
+      </c>
+      <c r="E384" s="7" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F384" s="7" t="s">
+        <v>1497</v>
+      </c>
+      <c r="G384" s="7" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H384" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I384" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J384" s="4" t="s">
+        <v>3791</v>
+      </c>
+    </row>
+    <row r="385" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A385" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B385" s="7" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C385" s="7" t="s">
+        <v>3780</v>
+      </c>
+      <c r="D385" s="7" t="s">
+        <v>3776</v>
+      </c>
+      <c r="E385" s="7" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F385" s="7" t="s">
+        <v>470</v>
+      </c>
+      <c r="G385" s="7" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H385" s="7" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I385" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J385" s="4" t="s">
+        <v>3781</v>
+      </c>
+    </row>
+    <row r="386" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A386" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B386" s="7" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C386" s="7" t="s">
+        <v>3782</v>
+      </c>
+      <c r="D386" s="7" t="s">
+        <v>3776</v>
+      </c>
+      <c r="E386" s="7" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F386" s="7" t="s">
+        <v>1492</v>
+      </c>
+      <c r="G386" s="7" t="s">
+        <v>754</v>
+      </c>
+      <c r="H386" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="I386" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J386" s="4" t="s">
+        <v>3783</v>
+      </c>
+    </row>
+    <row r="387" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A387" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B387" s="7" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C387" s="7" t="s">
+        <v>3788</v>
+      </c>
+      <c r="D387" s="7" t="s">
+        <v>3776</v>
+      </c>
+      <c r="E387" s="7" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F387" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G387" s="7" t="s">
+        <v>4349</v>
+      </c>
+      <c r="H387" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I387" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J387" s="4" t="s">
+        <v>3789</v>
+      </c>
+    </row>
+    <row r="388" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A388" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B388" s="7" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C388" s="7" t="s">
+        <v>3786</v>
+      </c>
+      <c r="D388" s="7" t="s">
+        <v>3776</v>
+      </c>
+      <c r="E388" s="7" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F388" s="7" t="s">
+        <v>1502</v>
+      </c>
+      <c r="G388" s="7" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H388" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="I388" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J388" s="4" t="s">
+        <v>3794</v>
+      </c>
+    </row>
+    <row r="389" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A389" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B389" s="7" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C389" s="7" t="s">
+        <v>3786</v>
+      </c>
+      <c r="D389" s="7" t="s">
+        <v>3776</v>
+      </c>
+      <c r="E389" s="7" t="s">
+        <v>1493</v>
+      </c>
+      <c r="F389" s="7" t="s">
+        <v>1494</v>
+      </c>
+      <c r="G389" s="7" t="s">
+        <v>4350</v>
+      </c>
+      <c r="H389" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I389" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J389" s="4" t="s">
+        <v>3787</v>
+      </c>
+    </row>
+    <row r="390" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A390" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B390" s="7" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C390" s="7" t="s">
+        <v>3792</v>
+      </c>
+      <c r="D390" s="7" t="s">
+        <v>3776</v>
+      </c>
+      <c r="E390" s="7" t="s">
+        <v>1499</v>
+      </c>
+      <c r="F390" s="7" t="s">
+        <v>519</v>
+      </c>
+      <c r="G390" s="7" t="s">
+        <v>1500</v>
+      </c>
+      <c r="H390" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="I390" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J390" s="4" t="s">
+        <v>3793</v>
+      </c>
+    </row>
+    <row r="391" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A391" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B391" s="7" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C391" s="7" t="s">
+        <v>3775</v>
+      </c>
+      <c r="D391" s="7" t="s">
+        <v>3776</v>
+      </c>
+      <c r="E391" s="7" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F391" s="7" t="s">
+        <v>1489</v>
+      </c>
+      <c r="G391" s="7" t="s">
+        <v>1490</v>
+      </c>
+      <c r="H391" s="7" t="s">
+        <v>2101</v>
+      </c>
+      <c r="I391" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J391" s="4" t="s">
+        <v>3777</v>
+      </c>
+    </row>
+    <row r="392" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A392" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B392" s="7" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C392" s="7" t="s">
+        <v>3784</v>
+      </c>
+      <c r="D392" s="7" t="s">
+        <v>3776</v>
+      </c>
+      <c r="E392" s="7" t="s">
+        <v>1509</v>
+      </c>
+      <c r="F392" s="7" t="s">
+        <v>1510</v>
+      </c>
+      <c r="G392" s="7" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H392" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="I392" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J392" s="4" t="s">
+        <v>3785</v>
+      </c>
+    </row>
+    <row r="393" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A393" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B393" s="7" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C393" s="7" t="s">
+        <v>3778</v>
+      </c>
+      <c r="D393" s="7" t="s">
+        <v>3776</v>
+      </c>
+      <c r="E393" s="7" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F393" s="7" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G393" s="7" t="s">
+        <v>1508</v>
+      </c>
+      <c r="H393" s="7" t="s">
+        <v>2235</v>
+      </c>
+      <c r="I393" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J393" s="4" t="s">
+        <v>3779</v>
+      </c>
+    </row>
+    <row r="394" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A394" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B394" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C394" s="7" t="s">
+        <v>4262</v>
+      </c>
+      <c r="D394" s="7" t="s">
+        <v>4263</v>
+      </c>
+      <c r="E394" s="7" t="s">
+        <v>1970</v>
+      </c>
+      <c r="F394" s="7" t="s">
+        <v>1971</v>
+      </c>
+      <c r="G394" s="7" t="s">
+        <v>1972</v>
+      </c>
+      <c r="H394" s="7" t="s">
+        <v>2282</v>
+      </c>
+      <c r="I394" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J394" s="4" t="s">
+        <v>4264</v>
+      </c>
+    </row>
+    <row r="395" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A395" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B395" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C395" s="7" t="s">
+        <v>4285</v>
+      </c>
+      <c r="D395" s="7" t="s">
+        <v>4286</v>
+      </c>
+      <c r="E395" s="7" t="s">
+        <v>1903</v>
+      </c>
+      <c r="F395" s="7" t="s">
+        <v>1904</v>
+      </c>
+      <c r="G395" s="7" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H395" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I395" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J395" s="4" t="s">
+        <v>4287</v>
+      </c>
+    </row>
+    <row r="396" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A396" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B396" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C396" s="7" t="s">
+        <v>4285</v>
+      </c>
+      <c r="D396" s="7" t="s">
+        <v>4286</v>
+      </c>
+      <c r="E396" s="7" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F396" s="7" t="s">
+        <v>1891</v>
+      </c>
+      <c r="G396" s="7" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H396" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I396" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J396" s="4" t="s">
+        <v>4288</v>
+      </c>
+    </row>
+    <row r="397" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A397" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B397" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C397" s="7" t="s">
+        <v>4324</v>
+      </c>
+      <c r="D397" s="7" t="s">
+        <v>4286</v>
+      </c>
+      <c r="E397" s="7" t="s">
+        <v>1879</v>
+      </c>
+      <c r="F397" s="7" t="s">
+        <v>1880</v>
+      </c>
+      <c r="G397" s="7" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H397" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I397" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J397" s="4" t="s">
+        <v>4325</v>
+      </c>
+    </row>
+    <row r="398" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A398" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B398" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C398" s="7" t="s">
+        <v>4322</v>
+      </c>
+      <c r="D398" s="7" t="s">
+        <v>4286</v>
+      </c>
+      <c r="E398" s="7" t="s">
+        <v>1887</v>
+      </c>
+      <c r="F398" s="7" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G398" s="7" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H398" s="7" t="s">
+        <v>2330</v>
+      </c>
+      <c r="I398" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J398" s="4" t="s">
+        <v>4323</v>
+      </c>
+    </row>
+    <row r="399" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A399" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B399" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C399" s="7" t="s">
+        <v>4229</v>
+      </c>
+      <c r="D399" s="7" t="s">
+        <v>4230</v>
+      </c>
+      <c r="E399" s="7" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F399" s="7" t="s">
+        <v>1999</v>
+      </c>
+      <c r="G399" s="7" t="s">
+        <v>2000</v>
+      </c>
+      <c r="H399" s="7" t="s">
+        <v>2118</v>
+      </c>
+      <c r="I399" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J399" s="4" t="s">
+        <v>4231</v>
+      </c>
+    </row>
+    <row r="400" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A400" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B400" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C400" s="7" t="s">
+        <v>4212</v>
+      </c>
+      <c r="D400" s="7" t="s">
+        <v>4213</v>
+      </c>
+      <c r="E400" s="7" t="s">
+        <v>1991</v>
+      </c>
+      <c r="F400" s="7" t="s">
+        <v>1992</v>
+      </c>
+      <c r="G400" s="7" t="s">
+        <v>1993</v>
+      </c>
+      <c r="H400" s="7" t="s">
+        <v>2113</v>
+      </c>
+      <c r="I400" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J400" s="4" t="s">
+        <v>4214</v>
+      </c>
+    </row>
+    <row r="401" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A401" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B401" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C401" s="7" t="s">
+        <v>4197</v>
+      </c>
+      <c r="D401" s="7" t="s">
+        <v>4198</v>
+      </c>
+      <c r="E401" s="7" t="s">
+        <v>1931</v>
+      </c>
+      <c r="F401" s="7" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G401" s="7" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H401" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I401" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J401" s="4" t="s">
+        <v>4199</v>
+      </c>
+    </row>
+    <row r="402" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A402" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B402" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C402" s="7" t="s">
+        <v>4301</v>
+      </c>
+      <c r="D402" s="7" t="s">
+        <v>4302</v>
+      </c>
+      <c r="E402" s="7" t="s">
+        <v>1882</v>
+      </c>
+      <c r="F402" s="7" t="s">
+        <v>1883</v>
+      </c>
+      <c r="G402" s="7" t="s">
+        <v>1884</v>
+      </c>
+      <c r="H402" s="7" t="s">
+        <v>2322</v>
+      </c>
+      <c r="I402" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J402" s="4" t="s">
+        <v>4303</v>
+      </c>
+    </row>
+    <row r="403" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A403" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B403" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C403" s="7" t="s">
+        <v>4247</v>
+      </c>
+      <c r="D403" s="7" t="s">
+        <v>4248</v>
+      </c>
+      <c r="E403" s="7" t="s">
+        <v>1983</v>
+      </c>
+      <c r="F403" s="7" t="s">
+        <v>1984</v>
+      </c>
+      <c r="G403" s="7" t="s">
+        <v>1985</v>
+      </c>
+      <c r="H403" s="7" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I403" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J403" s="4" t="s">
+        <v>4249</v>
+      </c>
+    </row>
+    <row r="404" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A404" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B404" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C404" s="7" t="s">
+        <v>4271</v>
+      </c>
+      <c r="D404" s="7" t="s">
+        <v>4248</v>
+      </c>
+      <c r="E404" s="7" t="s">
+        <v>1962</v>
+      </c>
+      <c r="F404" s="7" t="s">
+        <v>1963</v>
+      </c>
+      <c r="G404" s="7" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H404" s="7" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I404" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J404" s="4" t="s">
+        <v>4272</v>
+      </c>
+    </row>
+    <row r="405" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A405" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B405" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C405" s="7" t="s">
+        <v>4191</v>
+      </c>
+      <c r="D405" s="7" t="s">
+        <v>4192</v>
+      </c>
+      <c r="E405" s="7" t="s">
+        <v>1937</v>
+      </c>
+      <c r="F405" s="7" t="s">
+        <v>1938</v>
+      </c>
+      <c r="G405" s="7" t="s">
+        <v>459</v>
+      </c>
+      <c r="H405" s="7" t="s">
+        <v>2173</v>
+      </c>
+      <c r="I405" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J405" s="4" t="s">
+        <v>4193</v>
+      </c>
+    </row>
+    <row r="406" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A406" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B406" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C406" s="7" t="s">
+        <v>4279</v>
+      </c>
+      <c r="D406" s="7" t="s">
+        <v>4280</v>
+      </c>
+      <c r="E406" s="7" t="s">
+        <v>1899</v>
+      </c>
+      <c r="F406" s="7" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G406" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="H406" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I406" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J406" s="4" t="s">
+        <v>4281</v>
+      </c>
+    </row>
+    <row r="407" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A407" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B407" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C407" s="7" t="s">
+        <v>4259</v>
+      </c>
+      <c r="D407" s="7" t="s">
+        <v>4260</v>
+      </c>
+      <c r="E407" s="7" t="s">
+        <v>1973</v>
+      </c>
+      <c r="F407" s="7" t="s">
+        <v>1974</v>
+      </c>
+      <c r="G407" s="7" t="s">
+        <v>1975</v>
+      </c>
+      <c r="H407" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I407" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J407" s="4" t="s">
+        <v>4261</v>
+      </c>
+    </row>
+    <row r="408" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A408" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B408" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C408" s="7" t="s">
+        <v>4326</v>
+      </c>
+      <c r="D408" s="7" t="s">
+        <v>4327</v>
+      </c>
+      <c r="E408" s="7" t="s">
+        <v>1865</v>
+      </c>
+      <c r="F408" s="7" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G408" s="7" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H408" s="7" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I408" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J408" s="4" t="s">
+        <v>4328</v>
+      </c>
+    </row>
+    <row r="409" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A409" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B409" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C409" s="7" t="s">
+        <v>4304</v>
+      </c>
+      <c r="D409" s="7" t="s">
+        <v>4305</v>
+      </c>
+      <c r="E409" s="7" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F409" s="7" t="s">
+        <v>1909</v>
+      </c>
+      <c r="G409" s="7" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H409" s="7" t="s">
+        <v>2058</v>
+      </c>
+      <c r="I409" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J409" s="4" t="s">
+        <v>4306</v>
+      </c>
+    </row>
+    <row r="410" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A410" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B410" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C410" s="7" t="s">
+        <v>4307</v>
+      </c>
+      <c r="D410" s="7" t="s">
+        <v>4308</v>
+      </c>
+      <c r="E410" s="7" t="s">
+        <v>1906</v>
+      </c>
+      <c r="F410" s="7" t="s">
+        <v>505</v>
+      </c>
+      <c r="G410" s="7" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H410" s="7" t="s">
+        <v>2136</v>
+      </c>
+      <c r="I410" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J410" s="4" t="s">
+        <v>4309</v>
+      </c>
+    </row>
+    <row r="411" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A411" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B411" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C411" s="7" t="s">
+        <v>4194</v>
+      </c>
+      <c r="D411" s="7" t="s">
+        <v>4195</v>
+      </c>
+      <c r="E411" s="7" t="s">
+        <v>1934</v>
+      </c>
+      <c r="F411" s="7" t="s">
+        <v>1935</v>
+      </c>
+      <c r="G411" s="7" t="s">
+        <v>1936</v>
+      </c>
+      <c r="H411" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I411" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J411" s="4" t="s">
+        <v>4196</v>
+      </c>
+    </row>
+    <row r="412" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A412" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B412" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C412" s="7" t="s">
+        <v>4218</v>
+      </c>
+      <c r="D412" s="7" t="s">
+        <v>4219</v>
+      </c>
+      <c r="E412" s="7" t="s">
+        <v>2008</v>
+      </c>
+      <c r="F412" s="7" t="s">
+        <v>2009</v>
+      </c>
+      <c r="G412" s="7" t="s">
+        <v>2010</v>
+      </c>
+      <c r="H412" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I412" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J412" s="4" t="s">
+        <v>4220</v>
+      </c>
+    </row>
+    <row r="413" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A413" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B413" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C413" s="7" t="s">
+        <v>4221</v>
+      </c>
+      <c r="D413" s="7" t="s">
+        <v>4219</v>
+      </c>
+      <c r="E413" s="7" t="s">
+        <v>2006</v>
+      </c>
+      <c r="F413" s="7" t="s">
+        <v>798</v>
+      </c>
+      <c r="G413" s="7" t="s">
+        <v>2007</v>
+      </c>
+      <c r="H413" s="7" t="s">
+        <v>2186</v>
+      </c>
+      <c r="I413" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J413" s="4" t="s">
+        <v>4222</v>
+      </c>
+    </row>
+    <row r="414" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A414" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B414" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C414" s="7" t="s">
+        <v>4313</v>
+      </c>
+      <c r="D414" s="7" t="s">
+        <v>4314</v>
+      </c>
+      <c r="E414" s="7" t="s">
+        <v>1871</v>
+      </c>
+      <c r="F414" s="7" t="s">
+        <v>1872</v>
+      </c>
+      <c r="G414" s="7" t="s">
+        <v>1873</v>
+      </c>
+      <c r="H414" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I414" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J414" s="4" t="s">
+        <v>4315</v>
+      </c>
+    </row>
+    <row r="415" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A415" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B415" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C415" s="7" t="s">
+        <v>4289</v>
+      </c>
+      <c r="D415" s="7" t="s">
+        <v>4290</v>
+      </c>
+      <c r="E415" s="7" t="s">
+        <v>1911</v>
+      </c>
+      <c r="F415" s="7" t="s">
+        <v>1704</v>
+      </c>
+      <c r="G415" s="7" t="s">
+        <v>1912</v>
+      </c>
+      <c r="H415" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I415" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J415" s="4" t="s">
+        <v>4291</v>
+      </c>
+    </row>
+    <row r="416" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A416" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B416" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C416" s="7" t="s">
+        <v>4319</v>
+      </c>
+      <c r="D416" s="7" t="s">
+        <v>4320</v>
+      </c>
+      <c r="E416" s="7" t="s">
+        <v>1876</v>
+      </c>
+      <c r="F416" s="7" t="s">
+        <v>1877</v>
+      </c>
+      <c r="G416" s="7" t="s">
+        <v>1878</v>
+      </c>
+      <c r="H416" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I416" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J416" s="4" t="s">
+        <v>4321</v>
+      </c>
+    </row>
+    <row r="417" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A417" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B417" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C417" s="7" t="s">
+        <v>4244</v>
+      </c>
+      <c r="D417" s="7" t="s">
+        <v>4245</v>
+      </c>
+      <c r="E417" s="7" t="s">
+        <v>2011</v>
+      </c>
+      <c r="F417" s="7" t="s">
+        <v>1407</v>
+      </c>
+      <c r="G417" s="7" t="s">
+        <v>1408</v>
+      </c>
+      <c r="H417" s="7" t="s">
+        <v>2255</v>
+      </c>
+      <c r="I417" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J417" s="4" t="s">
+        <v>4246</v>
+      </c>
+    </row>
+    <row r="418" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A418" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B418" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C418" s="7" t="s">
+        <v>4273</v>
+      </c>
+      <c r="D418" s="7" t="s">
+        <v>4274</v>
+      </c>
+      <c r="E418" s="7" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F418" s="7" t="s">
+        <v>1894</v>
+      </c>
+      <c r="G418" s="7" t="s">
+        <v>1895</v>
+      </c>
+      <c r="H418" s="7" t="s">
+        <v>2257</v>
+      </c>
+      <c r="I418" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J418" s="4" t="s">
+        <v>4275</v>
+      </c>
+    </row>
+    <row r="419" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A419" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B419" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C419" s="7" t="s">
+        <v>4200</v>
+      </c>
+      <c r="D419" s="7" t="s">
+        <v>4201</v>
+      </c>
+      <c r="E419" s="7" t="s">
+        <v>1929</v>
+      </c>
+      <c r="F419" s="7" t="s">
+        <v>478</v>
+      </c>
+      <c r="G419" s="7" t="s">
+        <v>1930</v>
+      </c>
+      <c r="H419" s="7" t="s">
+        <v>2286</v>
+      </c>
+      <c r="I419" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J419" s="4" t="s">
+        <v>4202</v>
+      </c>
+    </row>
+    <row r="420" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A420" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B420" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C420" s="7" t="s">
+        <v>4182</v>
+      </c>
+      <c r="D420" s="7" t="s">
+        <v>4183</v>
+      </c>
+      <c r="E420" s="7" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F420" s="7" t="s">
+        <v>1943</v>
+      </c>
+      <c r="G420" s="7" t="s">
+        <v>1944</v>
+      </c>
+      <c r="H420" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="I420" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J420" s="4" t="s">
+        <v>4184</v>
+      </c>
+    </row>
+    <row r="421" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A421" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B421" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C421" s="7" t="s">
+        <v>4232</v>
+      </c>
+      <c r="D421" s="7" t="s">
+        <v>4233</v>
+      </c>
+      <c r="E421" s="7" t="s">
+        <v>1996</v>
+      </c>
+      <c r="F421" s="7" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G421" s="7" t="s">
+        <v>1997</v>
+      </c>
+      <c r="H421" s="7" t="s">
+        <v>2157</v>
+      </c>
+      <c r="I421" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J421" s="4" t="s">
+        <v>4234</v>
+      </c>
+    </row>
+    <row r="422" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A422" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B422" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C422" s="7" t="s">
+        <v>4164</v>
+      </c>
+      <c r="D422" s="7" t="s">
+        <v>4165</v>
+      </c>
+      <c r="E422" s="7" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F422" s="7" t="s">
+        <v>502</v>
+      </c>
+      <c r="G422" s="7" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H422" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I422" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J422" s="4" t="s">
+        <v>4166</v>
+      </c>
+    </row>
+    <row r="423" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A423" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B423" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C423" s="7" t="s">
+        <v>4179</v>
+      </c>
+      <c r="D423" s="7" t="s">
+        <v>4180</v>
+      </c>
+      <c r="E423" s="7" t="s">
+        <v>1921</v>
+      </c>
+      <c r="F423" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G423" s="7" t="s">
+        <v>1922</v>
+      </c>
+      <c r="H423" s="7" t="s">
+        <v>2239</v>
+      </c>
+      <c r="I423" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J423" s="4" t="s">
+        <v>4181</v>
+      </c>
+    </row>
+    <row r="424" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A424" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B424" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C424" s="7" t="s">
+        <v>4170</v>
+      </c>
+      <c r="D424" s="7" t="s">
+        <v>4171</v>
+      </c>
+      <c r="E424" s="7" t="s">
+        <v>1953</v>
+      </c>
+      <c r="F424" s="7" t="s">
+        <v>1954</v>
+      </c>
+      <c r="G424" s="7" t="s">
+        <v>1955</v>
+      </c>
+      <c r="H424" s="7" t="s">
+        <v>2326</v>
+      </c>
+      <c r="I424" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J424" s="4" t="s">
+        <v>4172</v>
+      </c>
+    </row>
+    <row r="425" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A425" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B425" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C425" s="7" t="s">
+        <v>4250</v>
+      </c>
+      <c r="D425" s="7" t="s">
+        <v>4251</v>
+      </c>
+      <c r="E425" s="7" t="s">
+        <v>1981</v>
+      </c>
+      <c r="F425" s="7" t="s">
+        <v>519</v>
+      </c>
+      <c r="G425" s="7" t="s">
+        <v>1982</v>
+      </c>
+      <c r="H425" s="7" t="s">
+        <v>2306</v>
+      </c>
+      <c r="I425" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J425" s="4" t="s">
+        <v>4252</v>
+      </c>
+    </row>
+    <row r="426" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A426" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B426" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C426" s="7" t="s">
+        <v>4203</v>
+      </c>
+      <c r="D426" s="7" t="s">
+        <v>4204</v>
+      </c>
+      <c r="E426" s="7" t="s">
+        <v>1926</v>
+      </c>
+      <c r="F426" s="7" t="s">
+        <v>1927</v>
+      </c>
+      <c r="G426" s="7" t="s">
+        <v>1928</v>
+      </c>
+      <c r="H426" s="7" t="s">
+        <v>2320</v>
+      </c>
+      <c r="I426" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J426" s="4" t="s">
+        <v>4205</v>
+      </c>
+    </row>
+    <row r="427" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A427" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B427" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C427" s="7" t="s">
+        <v>4188</v>
+      </c>
+      <c r="D427" s="7" t="s">
+        <v>4189</v>
+      </c>
+      <c r="E427" s="7" t="s">
+        <v>1947</v>
+      </c>
+      <c r="F427" s="7" t="s">
+        <v>1869</v>
+      </c>
+      <c r="G427" s="7" t="s">
+        <v>1948</v>
+      </c>
+      <c r="H427" s="7" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I427" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J427" s="4" t="s">
+        <v>4190</v>
+      </c>
+    </row>
+    <row r="428" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A428" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B428" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C428" s="7" t="s">
+        <v>4206</v>
+      </c>
+      <c r="D428" s="7" t="s">
+        <v>4207</v>
+      </c>
+      <c r="E428" s="7" t="s">
+        <v>1923</v>
+      </c>
+      <c r="F428" s="7" t="s">
+        <v>1924</v>
+      </c>
+      <c r="G428" s="7" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H428" s="7" t="s">
+        <v>2157</v>
+      </c>
+      <c r="I428" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J428" s="4" t="s">
+        <v>4208</v>
+      </c>
+    </row>
+    <row r="429" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A429" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B429" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C429" s="7" t="s">
+        <v>4256</v>
+      </c>
+      <c r="D429" s="7" t="s">
+        <v>4257</v>
+      </c>
+      <c r="E429" s="7" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F429" s="7" t="s">
+        <v>1977</v>
+      </c>
+      <c r="G429" s="7" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H429" s="7" t="s">
+        <v>2256</v>
+      </c>
+      <c r="I429" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J429" s="4" t="s">
+        <v>4258</v>
+      </c>
+    </row>
+    <row r="430" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A430" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B430" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C430" s="7" t="s">
+        <v>4298</v>
+      </c>
+      <c r="D430" s="7" t="s">
+        <v>4299</v>
+      </c>
+      <c r="E430" s="7" t="s">
+        <v>1919</v>
+      </c>
+      <c r="F430" s="7" t="s">
+        <v>820</v>
+      </c>
+      <c r="G430" s="7" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H430" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I430" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J430" s="4" t="s">
+        <v>4300</v>
+      </c>
+    </row>
+    <row r="431" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A431" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B431" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C431" s="7" t="s">
+        <v>4235</v>
+      </c>
+      <c r="D431" s="7" t="s">
+        <v>4236</v>
+      </c>
+      <c r="E431" s="7" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F431" s="7" t="s">
+        <v>478</v>
+      </c>
+      <c r="G431" s="7" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H431" s="7" t="s">
+        <v>2136</v>
+      </c>
+      <c r="I431" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J431" s="4" t="s">
+        <v>4237</v>
+      </c>
+    </row>
+    <row r="432" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A432" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B432" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C432" s="7" t="s">
+        <v>4292</v>
+      </c>
+      <c r="D432" s="7" t="s">
+        <v>4293</v>
+      </c>
+      <c r="E432" s="7" t="s">
+        <v>1913</v>
+      </c>
+      <c r="F432" s="7" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G432" s="7" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H432" s="7" t="s">
+        <v>2055</v>
+      </c>
+      <c r="I432" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J432" s="4" t="s">
+        <v>4294</v>
+      </c>
+    </row>
+    <row r="433" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A433" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B433" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C433" s="7" t="s">
+        <v>4215</v>
+      </c>
+      <c r="D433" s="7" t="s">
+        <v>4216</v>
+      </c>
+      <c r="E433" s="7" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F433" s="7" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G433" s="7" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H433" s="7" t="s">
+        <v>2239</v>
+      </c>
+      <c r="I433" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J433" s="4" t="s">
+        <v>4217</v>
+      </c>
+    </row>
+    <row r="434" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A434" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B434" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C434" s="7" t="s">
+        <v>4226</v>
+      </c>
+      <c r="D434" s="7" t="s">
+        <v>4227</v>
+      </c>
+      <c r="E434" s="7" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F434" s="7" t="s">
+        <v>2002</v>
+      </c>
+      <c r="G434" s="7" t="s">
+        <v>2003</v>
+      </c>
+      <c r="H434" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I434" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J434" s="4" t="s">
+        <v>4228</v>
+      </c>
+    </row>
+    <row r="435" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A435" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B435" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C435" s="7" t="s">
+        <v>4167</v>
+      </c>
+      <c r="D435" s="7" t="s">
+        <v>4168</v>
+      </c>
+      <c r="E435" s="7" t="s">
+        <v>1949</v>
+      </c>
+      <c r="F435" s="7" t="s">
+        <v>1950</v>
+      </c>
+      <c r="G435" s="7" t="s">
+        <v>1951</v>
+      </c>
+      <c r="H435" s="7" t="s">
+        <v>2325</v>
+      </c>
+      <c r="I435" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J435" s="4" t="s">
+        <v>4169</v>
+      </c>
+    </row>
+    <row r="436" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A436" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B436" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C436" s="7" t="s">
+        <v>4276</v>
+      </c>
+      <c r="D436" s="7" t="s">
+        <v>4277</v>
+      </c>
+      <c r="E436" s="7" t="s">
+        <v>1896</v>
+      </c>
+      <c r="F436" s="7" t="s">
+        <v>1897</v>
+      </c>
+      <c r="G436" s="7" t="s">
+        <v>1898</v>
+      </c>
+      <c r="H436" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I436" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J436" s="4" t="s">
+        <v>4278</v>
+      </c>
+    </row>
+    <row r="437" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A437" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B437" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C437" s="7" t="s">
+        <v>4253</v>
+      </c>
+      <c r="D437" s="7" t="s">
+        <v>4254</v>
+      </c>
+      <c r="E437" s="7" t="s">
+        <v>1979</v>
+      </c>
+      <c r="F437" s="7" t="s">
+        <v>1980</v>
+      </c>
+      <c r="G437" s="7" t="s">
+        <v>584</v>
+      </c>
+      <c r="H437" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I437" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J437" s="4" t="s">
+        <v>4255</v>
+      </c>
+    </row>
+    <row r="438" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A438" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B438" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C438" s="7" t="s">
+        <v>4268</v>
+      </c>
+      <c r="D438" s="7" t="s">
+        <v>4269</v>
+      </c>
+      <c r="E438" s="7" t="s">
+        <v>1965</v>
+      </c>
+      <c r="F438" s="7" t="s">
+        <v>1090</v>
+      </c>
+      <c r="G438" s="7" t="s">
+        <v>1966</v>
+      </c>
+      <c r="H438" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I438" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J438" s="4" t="s">
+        <v>4270</v>
+      </c>
+    </row>
+    <row r="439" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A439" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B439" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C439" s="7" t="s">
+        <v>4265</v>
+      </c>
+      <c r="D439" s="7" t="s">
+        <v>4266</v>
+      </c>
+      <c r="E439" s="7" t="s">
+        <v>1967</v>
+      </c>
+      <c r="F439" s="7" t="s">
+        <v>1968</v>
+      </c>
+      <c r="G439" s="7" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H439" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I439" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J439" s="4" t="s">
+        <v>4267</v>
+      </c>
+    </row>
+    <row r="440" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A440" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B440" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C440" s="7" t="s">
+        <v>4173</v>
+      </c>
+      <c r="D440" s="7" t="s">
+        <v>4174</v>
+      </c>
+      <c r="E440" s="7" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F440" s="7" t="s">
+        <v>519</v>
+      </c>
+      <c r="G440" s="7" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H440" s="7" t="s">
+        <v>2240</v>
+      </c>
+      <c r="I440" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J440" s="4" t="s">
+        <v>4175</v>
+      </c>
+    </row>
+    <row r="441" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A441" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B441" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C441" s="7" t="s">
+        <v>4282</v>
+      </c>
+      <c r="D441" s="7" t="s">
+        <v>4283</v>
+      </c>
+      <c r="E441" s="7" t="s">
+        <v>1901</v>
+      </c>
+      <c r="F441" s="7" t="s">
+        <v>1902</v>
+      </c>
+      <c r="G441" s="7" t="s">
+        <v>414</v>
+      </c>
+      <c r="H441" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I441" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J441" s="4" t="s">
+        <v>4284</v>
+      </c>
+    </row>
+    <row r="442" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A442" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B442" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C442" s="7" t="s">
+        <v>4185</v>
+      </c>
+      <c r="D442" s="7" t="s">
+        <v>4186</v>
+      </c>
+      <c r="E442" s="7" t="s">
+        <v>1945</v>
+      </c>
+      <c r="F442" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="G442" s="7" t="s">
+        <v>1946</v>
+      </c>
+      <c r="H442" s="7" t="s">
+        <v>2241</v>
+      </c>
+      <c r="I442" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J442" s="4" t="s">
+        <v>4187</v>
+      </c>
+    </row>
+    <row r="443" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A443" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B443" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C443" s="7" t="s">
+        <v>4223</v>
+      </c>
+      <c r="D443" s="7" t="s">
+        <v>4224</v>
+      </c>
+      <c r="E443" s="7" t="s">
+        <v>2004</v>
+      </c>
+      <c r="F443" s="7" t="s">
+        <v>2005</v>
+      </c>
+      <c r="G443" s="7" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H443" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I443" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J443" s="4" t="s">
+        <v>4225</v>
+      </c>
+    </row>
+    <row r="444" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A444" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B444" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C444" s="7" t="s">
+        <v>4238</v>
+      </c>
+      <c r="D444" s="7" t="s">
+        <v>4239</v>
+      </c>
+      <c r="E444" s="7" t="s">
+        <v>1959</v>
+      </c>
+      <c r="F444" s="7" t="s">
+        <v>1960</v>
+      </c>
+      <c r="G444" s="7" t="s">
+        <v>1961</v>
+      </c>
+      <c r="H444" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I444" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J444" s="4" t="s">
+        <v>4240</v>
+      </c>
+    </row>
+    <row r="445" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A445" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B445" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C445" s="7" t="s">
+        <v>4241</v>
+      </c>
+      <c r="D445" s="7" t="s">
+        <v>4242</v>
+      </c>
+      <c r="E445" s="7" t="s">
+        <v>1989</v>
+      </c>
+      <c r="F445" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="G445" s="7" t="s">
+        <v>1990</v>
+      </c>
+      <c r="H445" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I445" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J445" s="4" t="s">
+        <v>4243</v>
+      </c>
+    </row>
+    <row r="446" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A446" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B446" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C446" s="7" t="s">
+        <v>4316</v>
+      </c>
+      <c r="D446" s="7" t="s">
+        <v>4317</v>
+      </c>
+      <c r="E446" s="7" t="s">
+        <v>1874</v>
+      </c>
+      <c r="F446" s="7" t="s">
+        <v>1875</v>
+      </c>
+      <c r="G446" s="7" t="s">
+        <v>460</v>
+      </c>
+      <c r="H446" s="7" t="s">
+        <v>2288</v>
+      </c>
+      <c r="I446" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J446" s="4" t="s">
+        <v>4318</v>
+      </c>
+    </row>
+    <row r="447" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A447" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B447" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C447" s="7" t="s">
+        <v>4161</v>
+      </c>
+      <c r="D447" s="7" t="s">
+        <v>4162</v>
+      </c>
+      <c r="E447" s="7" t="s">
+        <v>1915</v>
+      </c>
+      <c r="F447" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="G447" s="7" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H447" s="7" t="s">
+        <v>2324</v>
+      </c>
+      <c r="I447" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J447" s="4" t="s">
+        <v>4163</v>
+      </c>
+    </row>
+    <row r="448" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A448" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B448" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C448" s="7" t="s">
+        <v>4310</v>
+      </c>
+      <c r="D448" s="7" t="s">
+        <v>4311</v>
+      </c>
+      <c r="E448" s="7" t="s">
+        <v>1868</v>
+      </c>
+      <c r="F448" s="7" t="s">
+        <v>1869</v>
+      </c>
+      <c r="G448" s="7" t="s">
+        <v>1870</v>
+      </c>
+      <c r="H448" s="7" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I448" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J448" s="4" t="s">
+        <v>4312</v>
+      </c>
+    </row>
+    <row r="449" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A449" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B449" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C449" s="7" t="s">
+        <v>4295</v>
+      </c>
+      <c r="D449" s="7" t="s">
+        <v>4296</v>
+      </c>
+      <c r="E449" s="7" t="s">
+        <v>1917</v>
+      </c>
+      <c r="F449" s="7" t="s">
+        <v>1054</v>
+      </c>
+      <c r="G449" s="7" t="s">
+        <v>1918</v>
+      </c>
+      <c r="H449" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I449" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J449" s="4" t="s">
+        <v>4297</v>
+      </c>
+    </row>
+    <row r="450" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A450" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B450" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C450" s="7" t="s">
+        <v>4176</v>
+      </c>
+      <c r="D450" s="7" t="s">
+        <v>4177</v>
+      </c>
+      <c r="E450" s="7" t="s">
+        <v>1956</v>
+      </c>
+      <c r="F450" s="7" t="s">
+        <v>1957</v>
+      </c>
+      <c r="G450" s="7" t="s">
+        <v>1958</v>
+      </c>
+      <c r="H450" s="7" t="s">
+        <v>2142</v>
+      </c>
+      <c r="I450" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J450" s="4" t="s">
+        <v>4178</v>
+      </c>
+    </row>
+    <row r="451" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A451" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B451" s="7" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C451" s="7" t="s">
+        <v>4209</v>
+      </c>
+      <c r="D451" s="7" t="s">
+        <v>4210</v>
+      </c>
+      <c r="E451" s="7" t="s">
+        <v>1986</v>
+      </c>
+      <c r="F451" s="7" t="s">
+        <v>1987</v>
+      </c>
+      <c r="G451" s="7" t="s">
+        <v>1988</v>
+      </c>
+      <c r="H451" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I451" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J451" s="4" t="s">
+        <v>4211</v>
+      </c>
+    </row>
+    <row r="452" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A452" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="B452" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="C452" s="7" t="s">
+        <v>3090</v>
+      </c>
+      <c r="D452" s="7" t="s">
+        <v>3091</v>
+      </c>
+      <c r="E452" s="7" t="s">
+        <v>804</v>
+      </c>
+      <c r="F452" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="G452" s="7" t="s">
+        <v>806</v>
+      </c>
+      <c r="H452" s="7" t="s">
+        <v>2146</v>
+      </c>
+      <c r="I452" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J452" s="4" t="s">
+        <v>3092</v>
+      </c>
+    </row>
+    <row r="453" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A453" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="B453" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="C453" s="7" t="s">
+        <v>3085</v>
+      </c>
+      <c r="D453" s="7" t="s">
+        <v>3086</v>
+      </c>
+      <c r="E453" s="7" t="s">
+        <v>801</v>
+      </c>
+      <c r="F453" s="7" t="s">
+        <v>802</v>
+      </c>
+      <c r="G453" s="7" t="s">
+        <v>803</v>
+      </c>
+      <c r="H453" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I453" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J453" s="4" t="s">
+        <v>3096</v>
+      </c>
+    </row>
+    <row r="454" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A454" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="B454" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="C454" s="7" t="s">
+        <v>3085</v>
+      </c>
+      <c r="D454" s="7" t="s">
+        <v>3086</v>
+      </c>
+      <c r="E454" s="7" t="s">
+        <v>799</v>
+      </c>
+      <c r="F454" s="7" t="s">
+        <v>800</v>
+      </c>
+      <c r="G454" s="7" t="s">
+        <v>362</v>
+      </c>
+      <c r="H454" s="7" t="s">
+        <v>2054</v>
+      </c>
+      <c r="I454" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J454" s="4" t="s">
+        <v>3087</v>
+      </c>
+    </row>
+    <row r="455" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A455" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="B455" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="C455" s="7" t="s">
+        <v>3088</v>
+      </c>
+      <c r="D455" s="7" t="s">
+        <v>2837</v>
+      </c>
+      <c r="E455" s="7" t="s">
+        <v>807</v>
+      </c>
+      <c r="F455" s="7" t="s">
+        <v>808</v>
+      </c>
+      <c r="G455" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="H455" s="7" t="s">
+        <v>2136</v>
+      </c>
+      <c r="I455" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J455" s="4" t="s">
+        <v>3089</v>
+      </c>
+    </row>
+    <row r="456" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A456" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="B456" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="C456" s="7" t="s">
+        <v>3093</v>
+      </c>
+      <c r="D456" s="7" t="s">
+        <v>3094</v>
+      </c>
+      <c r="E456" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="F456" s="7" t="s">
+        <v>796</v>
+      </c>
+      <c r="G456" s="7" t="s">
+        <v>460</v>
+      </c>
+      <c r="H456" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I456" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J456" s="4" t="s">
+        <v>3095</v>
+      </c>
+    </row>
+    <row r="457" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A457" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="B457" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="C457" s="7" t="s">
+        <v>3082</v>
+      </c>
+      <c r="D457" s="7" t="s">
+        <v>3083</v>
+      </c>
+      <c r="E457" s="7" t="s">
+        <v>797</v>
+      </c>
+      <c r="F457" s="7" t="s">
+        <v>798</v>
+      </c>
+      <c r="G457" s="7" t="s">
+        <v>403</v>
+      </c>
+      <c r="H457" s="7" t="s">
+        <v>2183</v>
+      </c>
+      <c r="I457" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J457" s="4" t="s">
+        <v>3084</v>
+      </c>
+    </row>
+    <row r="458" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A458" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="B458" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="C458" s="7" t="s">
+        <v>3097</v>
+      </c>
+      <c r="D458" s="7" t="s">
+        <v>3098</v>
+      </c>
+      <c r="E458" s="7" t="s">
+        <v>809</v>
+      </c>
+      <c r="F458" s="7" t="s">
+        <v>810</v>
+      </c>
+      <c r="G458" s="7" t="s">
+        <v>811</v>
+      </c>
+      <c r="H458" s="7" t="s">
+        <v>2105</v>
+      </c>
+      <c r="I458" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J458" s="4" t="s">
+        <v>3099</v>
+      </c>
+    </row>
+    <row r="459" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A459" s="7" t="s">
+        <v>3260</v>
+      </c>
+      <c r="B459" s="7" t="s">
+        <v>3260</v>
+      </c>
+      <c r="C459" s="7" t="s">
+        <v>3267</v>
+      </c>
+      <c r="D459" s="7" t="s">
+        <v>3268</v>
+      </c>
+      <c r="E459" s="7" t="s">
+        <v>993</v>
+      </c>
+      <c r="F459" s="7" t="s">
+        <v>994</v>
+      </c>
+      <c r="G459" s="7" t="s">
+        <v>540</v>
+      </c>
+      <c r="H459" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="I459" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J459" s="4" t="s">
+        <v>3269</v>
+      </c>
+    </row>
+    <row r="460" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A460" s="7" t="s">
+        <v>3260</v>
+      </c>
+      <c r="B460" s="7" t="s">
+        <v>3260</v>
+      </c>
+      <c r="C460" s="7" t="s">
+        <v>3264</v>
+      </c>
+      <c r="D460" s="7" t="s">
+        <v>3265</v>
+      </c>
+      <c r="E460" s="7" t="s">
+        <v>987</v>
+      </c>
+      <c r="F460" s="7" t="s">
+        <v>988</v>
+      </c>
+      <c r="G460" s="7" t="s">
+        <v>989</v>
+      </c>
+      <c r="H460" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I460" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J460" s="4" t="s">
+        <v>3266</v>
+      </c>
+    </row>
+    <row r="461" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A461" s="7" t="s">
+        <v>3260</v>
+      </c>
+      <c r="B461" s="7" t="s">
+        <v>3260</v>
+      </c>
+      <c r="C461" s="7" t="s">
+        <v>3270</v>
+      </c>
+      <c r="D461" s="7" t="s">
+        <v>3271</v>
+      </c>
+      <c r="E461" s="7" t="s">
+        <v>990</v>
+      </c>
+      <c r="F461" s="7" t="s">
+        <v>991</v>
+      </c>
+      <c r="G461" s="7" t="s">
+        <v>992</v>
+      </c>
+      <c r="H461" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="I461" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J461" s="4" t="s">
+        <v>3272</v>
+      </c>
+    </row>
+    <row r="462" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A462" s="7" t="s">
+        <v>3260</v>
+      </c>
+      <c r="B462" s="7" t="s">
+        <v>3260</v>
+      </c>
+      <c r="C462" s="7" t="s">
+        <v>3261</v>
+      </c>
+      <c r="D462" s="7" t="s">
+        <v>3262</v>
+      </c>
+      <c r="E462" s="7" t="s">
+        <v>984</v>
+      </c>
+      <c r="F462" s="7" t="s">
+        <v>985</v>
+      </c>
+      <c r="G462" s="7" t="s">
+        <v>986</v>
+      </c>
+      <c r="H462" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I462" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J462" s="4" t="s">
+        <v>3263</v>
+      </c>
+    </row>
+    <row r="463" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A463" s="7" t="s">
+        <v>3273</v>
+      </c>
+      <c r="B463" s="7" t="s">
+        <v>3273</v>
+      </c>
+      <c r="C463" s="7" t="s">
+        <v>3274</v>
+      </c>
+      <c r="D463" s="7" t="s">
+        <v>3275</v>
+      </c>
+      <c r="E463" s="7" t="s">
+        <v>995</v>
+      </c>
+      <c r="F463" s="7" t="s">
+        <v>996</v>
+      </c>
+      <c r="G463" s="7" t="s">
+        <v>997</v>
+      </c>
+      <c r="H463" s="7" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I463" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J463" s="4" t="s">
+        <v>3276</v>
+      </c>
+    </row>
+    <row r="464" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A464" s="7" t="s">
+        <v>3273</v>
+      </c>
+      <c r="B464" s="7" t="s">
+        <v>3273</v>
+      </c>
+      <c r="C464" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="D464" s="7" t="s">
+        <v>3277</v>
+      </c>
+      <c r="E464" s="7" t="s">
+        <v>2043</v>
+      </c>
+      <c r="F464" s="7" t="s">
+        <v>2044</v>
+      </c>
+      <c r="G464" s="7" t="s">
+        <v>2045</v>
+      </c>
+      <c r="H464" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I464" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J464" s="4" t="s">
+        <v>3278</v>
+      </c>
+    </row>
+    <row r="465" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A465" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B465" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C465" s="7" t="s">
+        <v>3650</v>
+      </c>
+      <c r="D465" s="7" t="s">
+        <v>3651</v>
+      </c>
+      <c r="E465" s="7" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F465" s="7" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G465" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="H465" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I465" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J465" s="4" t="s">
+        <v>3652</v>
+      </c>
+    </row>
+    <row r="466" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A466" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B466" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C466" s="7" t="s">
+        <v>3653</v>
+      </c>
+      <c r="D466" s="7" t="s">
+        <v>3654</v>
+      </c>
+      <c r="E466" s="7" t="s">
+        <v>1329</v>
+      </c>
+      <c r="F466" s="7" t="s">
+        <v>1330</v>
+      </c>
+      <c r="G466" s="7" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H466" s="7" t="s">
+        <v>2136</v>
+      </c>
+      <c r="I466" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J466" s="4" t="s">
+        <v>3655</v>
+      </c>
+    </row>
+    <row r="467" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A467" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B467" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C467" s="7" t="s">
+        <v>3626</v>
+      </c>
+      <c r="D467" s="7" t="s">
+        <v>3627</v>
+      </c>
+      <c r="E467" s="7" t="s">
+        <v>1355</v>
+      </c>
+      <c r="F467" s="7" t="s">
+        <v>1356</v>
+      </c>
+      <c r="G467" s="7" t="s">
+        <v>1357</v>
+      </c>
+      <c r="H467" s="7" t="s">
+        <v>2133</v>
+      </c>
+      <c r="I467" s="7" t="s">
+        <v>3614</v>
+      </c>
+      <c r="J467" s="4" t="s">
+        <v>3628</v>
+      </c>
+    </row>
+    <row r="468" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A468" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B468" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C468" s="7" t="s">
+        <v>3659</v>
+      </c>
+      <c r="D468" s="7" t="s">
+        <v>3660</v>
+      </c>
+      <c r="E468" s="7" t="s">
+        <v>1334</v>
+      </c>
+      <c r="F468" s="7" t="s">
+        <v>647</v>
+      </c>
+      <c r="G468" s="7" t="s">
+        <v>1335</v>
+      </c>
+      <c r="H468" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I468" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J468" s="4" t="s">
+        <v>3661</v>
+      </c>
+    </row>
+    <row r="469" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A469" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B469" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C469" s="7" t="s">
+        <v>3659</v>
+      </c>
+      <c r="D469" s="7" t="s">
+        <v>3660</v>
+      </c>
+      <c r="E469" s="7" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F469" s="7" t="s">
+        <v>1386</v>
+      </c>
+      <c r="G469" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H469" s="7" t="s">
+        <v>2240</v>
+      </c>
+      <c r="I469" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J469" s="4" t="s">
+        <v>3695</v>
+      </c>
+    </row>
+    <row r="470" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A470" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B470" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C470" s="7" t="s">
+        <v>3629</v>
+      </c>
+      <c r="D470" s="7" t="s">
+        <v>3630</v>
+      </c>
+      <c r="E470" s="7" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F470" s="7" t="s">
+        <v>1321</v>
+      </c>
+      <c r="G470" s="7" t="s">
+        <v>1322</v>
+      </c>
+      <c r="H470" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="I470" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J470" s="4" t="s">
+        <v>3631</v>
+      </c>
+    </row>
+    <row r="471" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A471" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B471" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C471" s="7" t="s">
+        <v>3597</v>
+      </c>
+      <c r="D471" s="7" t="s">
+        <v>3598</v>
+      </c>
+      <c r="E471" s="7" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F471" s="7" t="s">
+        <v>1371</v>
+      </c>
+      <c r="G471" s="7" t="s">
+        <v>4351</v>
+      </c>
+      <c r="H471" s="7" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I471" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J471" s="4" t="s">
+        <v>3599</v>
+      </c>
+    </row>
+    <row r="472" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A472" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B472" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C472" s="7" t="s">
+        <v>3607</v>
+      </c>
+      <c r="D472" s="7" t="s">
+        <v>3598</v>
+      </c>
+      <c r="E472" s="7" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F472" s="7" t="s">
+        <v>1364</v>
+      </c>
+      <c r="G472" s="7" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H472" s="7" t="s">
+        <v>2112</v>
+      </c>
+      <c r="I472" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J472" s="4" t="s">
+        <v>3608</v>
+      </c>
+    </row>
+    <row r="473" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A473" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B473" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C473" s="7" t="s">
+        <v>3600</v>
+      </c>
+      <c r="D473" s="7" t="s">
+        <v>3598</v>
+      </c>
+      <c r="E473" s="7" t="s">
+        <v>1353</v>
+      </c>
+      <c r="F473" s="7" t="s">
+        <v>1354</v>
+      </c>
+      <c r="G473" s="7" t="s">
+        <v>4352</v>
+      </c>
+      <c r="H473" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I473" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J473" s="4" t="s">
+        <v>3601</v>
+      </c>
+    </row>
+    <row r="474" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A474" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B474" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C474" s="7" t="s">
+        <v>3616</v>
+      </c>
+      <c r="D474" s="7" t="s">
+        <v>3598</v>
+      </c>
+      <c r="E474" s="7" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F474" s="7" t="s">
+        <v>1324</v>
+      </c>
+      <c r="G474" s="7" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H474" s="7" t="s">
+        <v>2114</v>
+      </c>
+      <c r="I474" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J474" s="4" t="s">
+        <v>3617</v>
+      </c>
+    </row>
+    <row r="475" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A475" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B475" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C475" s="7" t="s">
+        <v>3701</v>
+      </c>
+      <c r="D475" s="7" t="s">
+        <v>3702</v>
+      </c>
+      <c r="E475" s="7" t="s">
+        <v>1394</v>
+      </c>
+      <c r="F475" s="7" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G475" s="7" t="s">
+        <v>1396</v>
+      </c>
+      <c r="H475" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I475" s="7" t="s">
+        <v>3614</v>
+      </c>
+      <c r="J475" s="4" t="s">
+        <v>3703</v>
+      </c>
+    </row>
+    <row r="476" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A476" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B476" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C476" s="7" t="s">
+        <v>3644</v>
+      </c>
+      <c r="D476" s="7" t="s">
+        <v>3636</v>
+      </c>
+      <c r="E476" s="7" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F476" s="7" t="s">
+        <v>1348</v>
+      </c>
+      <c r="G476" s="7" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H476" s="7" t="s">
+        <v>2193</v>
+      </c>
+      <c r="I476" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J476" s="4" t="s">
+        <v>3645</v>
+      </c>
+    </row>
+    <row r="477" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A477" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B477" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C477" s="7" t="s">
+        <v>3635</v>
+      </c>
+      <c r="D477" s="7" t="s">
+        <v>3636</v>
+      </c>
+      <c r="E477" s="7" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F477" s="7" t="s">
+        <v>1313</v>
+      </c>
+      <c r="G477" s="7" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H477" s="7" t="s">
+        <v>2191</v>
+      </c>
+      <c r="I477" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J477" s="4" t="s">
+        <v>3637</v>
+      </c>
+    </row>
+    <row r="478" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A478" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B478" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C478" s="7" t="s">
+        <v>3609</v>
+      </c>
+      <c r="D478" s="7" t="s">
+        <v>3610</v>
+      </c>
+      <c r="E478" s="7" t="s">
+        <v>1366</v>
+      </c>
+      <c r="F478" s="7" t="s">
+        <v>1367</v>
+      </c>
+      <c r="G478" s="7" t="s">
+        <v>4353</v>
+      </c>
+      <c r="H478" s="7" t="s">
+        <v>2102</v>
+      </c>
+      <c r="I478" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J478" s="4" t="s">
+        <v>3611</v>
+      </c>
+    </row>
+    <row r="479" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A479" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B479" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C479" s="7" t="s">
+        <v>3665</v>
+      </c>
+      <c r="D479" s="7" t="s">
+        <v>3666</v>
+      </c>
+      <c r="E479" s="7" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F479" s="7" t="s">
+        <v>1307</v>
+      </c>
+      <c r="G479" s="7" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H479" s="7" t="s">
+        <v>2099</v>
+      </c>
+      <c r="I479" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J479" s="4" t="s">
+        <v>3667</v>
+      </c>
+    </row>
+    <row r="480" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A480" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B480" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C480" s="7" t="s">
+        <v>3602</v>
+      </c>
+      <c r="D480" s="7" t="s">
+        <v>3593</v>
+      </c>
+      <c r="E480" s="7" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F480" s="7" t="s">
+        <v>1359</v>
+      </c>
+      <c r="G480" s="7" t="s">
+        <v>4354</v>
+      </c>
+      <c r="H480" s="7" t="s">
+        <v>2110</v>
+      </c>
+      <c r="I480" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J480" s="4" t="s">
+        <v>3603</v>
+      </c>
+    </row>
+    <row r="481" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A481" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B481" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C481" s="7" t="s">
+        <v>3668</v>
+      </c>
+      <c r="D481" s="7" t="s">
+        <v>3669</v>
+      </c>
+      <c r="E481" s="7" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F481" s="7" t="s">
+        <v>1404</v>
+      </c>
+      <c r="G481" s="7" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H481" s="7" t="s">
+        <v>2236</v>
+      </c>
+      <c r="I481" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J481" s="4" t="s">
+        <v>3670</v>
+      </c>
+    </row>
+    <row r="482" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A482" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B482" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C482" s="7" t="s">
+        <v>3671</v>
+      </c>
+      <c r="D482" s="7" t="s">
+        <v>3672</v>
+      </c>
+      <c r="E482" s="7" t="s">
+        <v>1372</v>
+      </c>
+      <c r="F482" s="7" t="s">
+        <v>1373</v>
+      </c>
+      <c r="G482" s="7" t="s">
+        <v>1374</v>
+      </c>
+      <c r="H482" s="7" t="s">
+        <v>2237</v>
+      </c>
+      <c r="I482" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J482" s="4" t="s">
+        <v>3673</v>
+      </c>
+    </row>
+    <row r="483" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A483" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B483" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C483" s="7" t="s">
+        <v>3621</v>
+      </c>
+      <c r="D483" s="7" t="s">
+        <v>3619</v>
+      </c>
+      <c r="E483" s="7" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F483" s="7" t="s">
+        <v>1410</v>
+      </c>
+      <c r="G483" s="7" t="s">
+        <v>1411</v>
+      </c>
+      <c r="H483" s="7" t="s">
+        <v>2132</v>
+      </c>
+      <c r="I483" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J483" s="4" t="s">
+        <v>3622</v>
+      </c>
+    </row>
+    <row r="484" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A484" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B484" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C484" s="7" t="s">
+        <v>3618</v>
+      </c>
+      <c r="D484" s="7" t="s">
+        <v>3619</v>
+      </c>
+      <c r="E484" s="7" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F484" s="7" t="s">
+        <v>1316</v>
+      </c>
+      <c r="G484" s="7" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H484" s="7" t="s">
+        <v>2102</v>
+      </c>
+      <c r="I484" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J484" s="4" t="s">
+        <v>3620</v>
+      </c>
+    </row>
+    <row r="485" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A485" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B485" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C485" s="7" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D485" s="7" t="s">
+        <v>3595</v>
+      </c>
+      <c r="E485" s="7" t="s">
+        <v>1350</v>
+      </c>
+      <c r="F485" s="7" t="s">
+        <v>1351</v>
+      </c>
+      <c r="G485" s="7" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H485" s="7" t="s">
+        <v>2108</v>
+      </c>
+      <c r="I485" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J485" s="4" t="s">
+        <v>3596</v>
+      </c>
+    </row>
+    <row r="486" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A486" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B486" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C486" s="7" t="s">
+        <v>3692</v>
+      </c>
+      <c r="D486" s="7" t="s">
+        <v>3693</v>
+      </c>
+      <c r="E486" s="7" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F486" s="7" t="s">
+        <v>1407</v>
+      </c>
+      <c r="G486" s="7" t="s">
+        <v>1408</v>
+      </c>
+      <c r="H486" s="7" t="s">
+        <v>2164</v>
+      </c>
+      <c r="I486" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J486" s="4" t="s">
+        <v>3694</v>
+      </c>
+    </row>
+    <row r="487" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A487" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B487" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C487" s="7" t="s">
+        <v>3638</v>
+      </c>
+      <c r="D487" s="7" t="s">
+        <v>3639</v>
+      </c>
+      <c r="E487" s="7" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F487" s="7" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G487" s="7" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H487" s="7" t="s">
+        <v>2282</v>
+      </c>
+      <c r="I487" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J487" s="4" t="s">
+        <v>3649</v>
+      </c>
+    </row>
+    <row r="488" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A488" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B488" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C488" s="7" t="s">
+        <v>3638</v>
+      </c>
+      <c r="D488" s="7" t="s">
+        <v>3639</v>
+      </c>
+      <c r="E488" s="7" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F488" s="7" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G488" s="7" t="s">
+        <v>1311</v>
+      </c>
+      <c r="H488" s="7" t="s">
+        <v>2192</v>
+      </c>
+      <c r="I488" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J488" s="4" t="s">
+        <v>3640</v>
+      </c>
+    </row>
+    <row r="489" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A489" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B489" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C489" s="7" t="s">
+        <v>3612</v>
+      </c>
+      <c r="D489" s="7" t="s">
+        <v>3613</v>
+      </c>
+      <c r="E489" s="7" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F489" s="7" t="s">
+        <v>614</v>
+      </c>
+      <c r="G489" s="7" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H489" s="7" t="s">
+        <v>2113</v>
+      </c>
+      <c r="I489" s="7" t="s">
+        <v>3614</v>
+      </c>
+      <c r="J489" s="4" t="s">
+        <v>3615</v>
+      </c>
+    </row>
+    <row r="490" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A490" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B490" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C490" s="7" t="s">
+        <v>3656</v>
+      </c>
+      <c r="D490" s="7" t="s">
+        <v>3657</v>
+      </c>
+      <c r="E490" s="7" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F490" s="7" t="s">
+        <v>1327</v>
+      </c>
+      <c r="G490" s="7" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H490" s="7" t="s">
+        <v>2212</v>
+      </c>
+      <c r="I490" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J490" s="4" t="s">
+        <v>3658</v>
+      </c>
+    </row>
+    <row r="491" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A491" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B491" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C491" s="7" t="s">
+        <v>3682</v>
+      </c>
+      <c r="D491" s="7" t="s">
+        <v>3675</v>
+      </c>
+      <c r="E491" s="7" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F491" s="7" t="s">
+        <v>1398</v>
+      </c>
+      <c r="G491" s="7" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H491" s="7" t="s">
+        <v>2211</v>
+      </c>
+      <c r="I491" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J491" s="4" t="s">
+        <v>3683</v>
+      </c>
+    </row>
+    <row r="492" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A492" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B492" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C492" s="7" t="s">
+        <v>3699</v>
+      </c>
+      <c r="D492" s="7" t="s">
+        <v>3675</v>
+      </c>
+      <c r="E492" s="7" t="s">
+        <v>1391</v>
+      </c>
+      <c r="F492" s="7" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G492" s="7" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H492" s="7" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I492" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J492" s="4" t="s">
+        <v>3700</v>
+      </c>
+    </row>
+    <row r="493" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A493" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B493" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C493" s="7" t="s">
+        <v>3677</v>
+      </c>
+      <c r="D493" s="7" t="s">
+        <v>3675</v>
+      </c>
+      <c r="E493" s="7" t="s">
+        <v>1378</v>
+      </c>
+      <c r="F493" s="7" t="s">
+        <v>1379</v>
+      </c>
+      <c r="G493" s="7" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H493" s="7" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I493" s="7" t="s">
+        <v>3614</v>
+      </c>
+      <c r="J493" s="4" t="s">
+        <v>3678</v>
+      </c>
+    </row>
+    <row r="494" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A494" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B494" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C494" s="7" t="s">
+        <v>3704</v>
+      </c>
+      <c r="D494" s="7" t="s">
+        <v>3675</v>
+      </c>
+      <c r="E494" s="7" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F494" s="7" t="s">
+        <v>320</v>
+      </c>
+      <c r="G494" s="7" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H494" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I494" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J494" s="4" t="s">
+        <v>3705</v>
+      </c>
+    </row>
+    <row r="495" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A495" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B495" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C495" s="7" t="s">
+        <v>3674</v>
+      </c>
+      <c r="D495" s="7" t="s">
+        <v>3675</v>
+      </c>
+      <c r="E495" s="7" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F495" s="7" t="s">
+        <v>1376</v>
+      </c>
+      <c r="G495" s="7" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H495" s="7" t="s">
+        <v>2238</v>
+      </c>
+      <c r="I495" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J495" s="4" t="s">
+        <v>3676</v>
+      </c>
+    </row>
+    <row r="496" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A496" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B496" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C496" s="7" t="s">
+        <v>3690</v>
+      </c>
+      <c r="D496" s="7" t="s">
+        <v>3675</v>
+      </c>
+      <c r="E496" s="7" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F496" s="7" t="s">
+        <v>1401</v>
+      </c>
+      <c r="G496" s="7" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H496" s="7" t="s">
+        <v>2171</v>
+      </c>
+      <c r="I496" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J496" s="4" t="s">
+        <v>3691</v>
+      </c>
+    </row>
+    <row r="497" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A497" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B497" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C497" s="7" t="s">
+        <v>3632</v>
+      </c>
+      <c r="D497" s="7" t="s">
+        <v>3633</v>
+      </c>
+      <c r="E497" s="7" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F497" s="7" t="s">
+        <v>1304</v>
+      </c>
+      <c r="G497" s="7" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H497" s="7" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I497" s="7" t="s">
+        <v>3614</v>
+      </c>
+      <c r="J497" s="4" t="s">
+        <v>3634</v>
+      </c>
+    </row>
+    <row r="498" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A498" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B498" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C498" s="7" t="s">
+        <v>3662</v>
+      </c>
+      <c r="D498" s="7" t="s">
+        <v>3663</v>
+      </c>
+      <c r="E498" s="7" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F498" s="7" t="s">
+        <v>1337</v>
+      </c>
+      <c r="G498" s="7" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H498" s="7" t="s">
+        <v>2212</v>
+      </c>
+      <c r="I498" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J498" s="4" t="s">
+        <v>3664</v>
+      </c>
+    </row>
+    <row r="499" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A499" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B499" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C499" s="7" t="s">
+        <v>3604</v>
+      </c>
+      <c r="D499" s="7" t="s">
+        <v>3605</v>
+      </c>
+      <c r="E499" s="7" t="s">
+        <v>1360</v>
+      </c>
+      <c r="F499" s="7" t="s">
+        <v>1361</v>
+      </c>
+      <c r="G499" s="7" t="s">
+        <v>1362</v>
+      </c>
+      <c r="H499" s="7" t="s">
+        <v>2111</v>
+      </c>
+      <c r="I499" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J499" s="4" t="s">
+        <v>3606</v>
+      </c>
+    </row>
+    <row r="500" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A500" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B500" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C500" s="7" t="s">
+        <v>3679</v>
+      </c>
+      <c r="D500" s="7" t="s">
+        <v>3680</v>
+      </c>
+      <c r="E500" s="7" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F500" s="7" t="s">
+        <v>1382</v>
+      </c>
+      <c r="G500" s="7" t="s">
+        <v>4355</v>
+      </c>
+      <c r="H500" s="7" t="s">
+        <v>2212</v>
+      </c>
+      <c r="I500" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J500" s="4" t="s">
+        <v>3681</v>
+      </c>
+    </row>
+    <row r="501" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A501" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B501" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C501" s="7" t="s">
+        <v>3623</v>
+      </c>
+      <c r="D501" s="7" t="s">
+        <v>3624</v>
+      </c>
+      <c r="E501" s="7" t="s">
+        <v>1339</v>
+      </c>
+      <c r="F501" s="7" t="s">
+        <v>1340</v>
+      </c>
+      <c r="G501" s="7" t="s">
+        <v>1341</v>
+      </c>
+      <c r="H501" s="7" t="s">
+        <v>2292</v>
+      </c>
+      <c r="I501" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J501" s="4" t="s">
+        <v>3625</v>
+      </c>
+    </row>
+    <row r="502" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A502" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B502" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C502" s="7" t="s">
+        <v>3687</v>
+      </c>
+      <c r="D502" s="7" t="s">
+        <v>3688</v>
+      </c>
+      <c r="E502" s="7" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F502" s="7" t="s">
+        <v>1413</v>
+      </c>
+      <c r="G502" s="7" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H502" s="7" t="s">
+        <v>2239</v>
+      </c>
+      <c r="I502" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J502" s="4" t="s">
+        <v>3689</v>
+      </c>
+    </row>
+    <row r="503" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A503" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B503" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C503" s="7" t="s">
+        <v>3696</v>
+      </c>
+      <c r="D503" s="7" t="s">
+        <v>3697</v>
+      </c>
+      <c r="E503" s="7" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F503" s="7" t="s">
+        <v>263</v>
+      </c>
+      <c r="G503" s="7" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H503" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="I503" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J503" s="4" t="s">
+        <v>3698</v>
+      </c>
+    </row>
+    <row r="504" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A504" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B504" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C504" s="7" t="s">
+        <v>3641</v>
+      </c>
+      <c r="D504" s="7" t="s">
+        <v>3642</v>
+      </c>
+      <c r="E504" s="7" t="s">
+        <v>1318</v>
+      </c>
+      <c r="F504" s="7" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G504" s="7" t="s">
+        <v>965</v>
+      </c>
+      <c r="H504" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I504" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J504" s="4" t="s">
+        <v>3643</v>
+      </c>
+    </row>
+    <row r="505" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A505" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B505" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C505" s="7" t="s">
+        <v>3646</v>
+      </c>
+      <c r="D505" s="7" t="s">
+        <v>3647</v>
+      </c>
+      <c r="E505" s="7" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F505" s="7" t="s">
+        <v>1346</v>
+      </c>
+      <c r="G505" s="7" t="s">
+        <v>4356</v>
+      </c>
+      <c r="H505" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I505" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J505" s="4" t="s">
+        <v>3648</v>
+      </c>
+    </row>
+    <row r="506" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A506" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B506" s="7" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C506" s="7" t="s">
+        <v>3684</v>
+      </c>
+      <c r="D506" s="7" t="s">
+        <v>3685</v>
+      </c>
+      <c r="E506" s="7" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F506" s="7" t="s">
+        <v>1388</v>
+      </c>
+      <c r="G506" s="7" t="s">
+        <v>4357</v>
+      </c>
+      <c r="H506" s="7" t="s">
+        <v>2111</v>
+      </c>
+      <c r="I506" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J506" s="4" t="s">
+        <v>3686</v>
+      </c>
+    </row>
+    <row r="507" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A507" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B507" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C507" s="7" t="s">
+        <v>2683</v>
+      </c>
+      <c r="D507" s="7" t="s">
+        <v>2684</v>
+      </c>
+      <c r="E507" s="7" t="s">
+        <v>424</v>
+      </c>
+      <c r="F507" s="7" t="s">
+        <v>425</v>
+      </c>
+      <c r="G507" s="7" t="s">
+        <v>426</v>
+      </c>
+      <c r="H507" s="7" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I507" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J507" s="4" t="s">
+        <v>2685</v>
+      </c>
+    </row>
+    <row r="508" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A508" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B508" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C508" s="7" t="s">
+        <v>2703</v>
+      </c>
+      <c r="D508" s="7" t="s">
+        <v>2704</v>
+      </c>
+      <c r="E508" s="7" t="s">
+        <v>372</v>
+      </c>
+      <c r="F508" s="7" t="s">
+        <v>373</v>
+      </c>
+      <c r="G508" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="H508" s="7" t="s">
+        <v>2056</v>
+      </c>
+      <c r="I508" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J508" s="4" t="s">
+        <v>2705</v>
+      </c>
+    </row>
+    <row r="509" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A509" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B509" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C509" s="7" t="s">
+        <v>2739</v>
+      </c>
+      <c r="D509" s="7" t="s">
+        <v>2704</v>
+      </c>
+      <c r="E509" s="7" t="s">
+        <v>331</v>
+      </c>
+      <c r="F509" s="7" t="s">
+        <v>332</v>
+      </c>
+      <c r="G509" s="7" t="s">
+        <v>333</v>
+      </c>
+      <c r="H509" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I509" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J509" s="4" t="s">
+        <v>2740</v>
+      </c>
+    </row>
+    <row r="510" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A510" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B510" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C510" s="7" t="s">
+        <v>2646</v>
+      </c>
+      <c r="D510" s="7" t="s">
+        <v>2647</v>
+      </c>
+      <c r="E510" s="7" t="s">
+        <v>393</v>
+      </c>
+      <c r="F510" s="7" t="s">
+        <v>394</v>
+      </c>
+      <c r="G510" s="7" t="s">
+        <v>395</v>
+      </c>
+      <c r="H510" s="7" t="s">
+        <v>2298</v>
+      </c>
+      <c r="I510" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J510" s="4" t="s">
+        <v>2648</v>
+      </c>
+    </row>
+    <row r="511" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A511" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B511" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C511" s="7" t="s">
+        <v>2706</v>
+      </c>
+      <c r="D511" s="7" t="s">
+        <v>2707</v>
+      </c>
+      <c r="E511" s="7" t="s">
+        <v>369</v>
+      </c>
+      <c r="F511" s="7" t="s">
+        <v>370</v>
+      </c>
+      <c r="G511" s="7" t="s">
+        <v>371</v>
+      </c>
+      <c r="H511" s="7" t="s">
+        <v>2278</v>
+      </c>
+      <c r="I511" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J511" s="4" t="s">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="512" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A512" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B512" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C512" s="7" t="s">
+        <v>2616</v>
+      </c>
+      <c r="D512" s="7" t="s">
+        <v>2617</v>
+      </c>
+      <c r="E512" s="7" t="s">
+        <v>443</v>
+      </c>
+      <c r="F512" s="7" t="s">
+        <v>444</v>
+      </c>
+      <c r="G512" s="7" t="s">
+        <v>445</v>
+      </c>
+      <c r="H512" s="7" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I512" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J512" s="4" t="s">
+        <v>2619</v>
+      </c>
+    </row>
+    <row r="513" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A513" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B513" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C513" s="7" t="s">
+        <v>2616</v>
+      </c>
+      <c r="D513" s="7" t="s">
+        <v>2617</v>
+      </c>
+      <c r="E513" s="7" t="s">
+        <v>438</v>
+      </c>
+      <c r="F513" s="7" t="s">
+        <v>439</v>
+      </c>
+      <c r="G513" s="7" t="s">
+        <v>440</v>
+      </c>
+      <c r="H513" s="7" t="s">
+        <v>2124</v>
+      </c>
+      <c r="I513" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J513" s="4" t="s">
+        <v>2618</v>
+      </c>
+    </row>
+    <row r="514" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A514" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B514" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C514" s="7" t="s">
+        <v>2741</v>
+      </c>
+      <c r="D514" s="7" t="s">
+        <v>2742</v>
+      </c>
+      <c r="E514" s="7" t="s">
+        <v>328</v>
+      </c>
+      <c r="F514" s="7" t="s">
+        <v>329</v>
+      </c>
+      <c r="G514" s="7" t="s">
+        <v>330</v>
+      </c>
+      <c r="H514" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I514" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J514" s="4" t="s">
+        <v>2743</v>
+      </c>
+    </row>
+    <row r="515" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A515" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B515" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C515" s="7" t="s">
+        <v>2625</v>
+      </c>
+      <c r="D515" s="7" t="s">
+        <v>2626</v>
+      </c>
+      <c r="E515" s="7" t="s">
+        <v>311</v>
+      </c>
+      <c r="F515" s="7" t="s">
+        <v>312</v>
+      </c>
+      <c r="G515" s="7" t="s">
+        <v>313</v>
+      </c>
+      <c r="H515" s="7" t="s">
+        <v>2070</v>
+      </c>
+      <c r="I515" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J515" s="4" t="s">
+        <v>2627</v>
+      </c>
+    </row>
+    <row r="516" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A516" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B516" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C516" s="7" t="s">
+        <v>2625</v>
+      </c>
+      <c r="D516" s="7" t="s">
+        <v>2626</v>
+      </c>
+      <c r="E516" s="7" t="s">
+        <v>387</v>
+      </c>
+      <c r="F516" s="7" t="s">
+        <v>388</v>
+      </c>
+      <c r="G516" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="H516" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I516" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J516" s="4" t="s">
+        <v>2642</v>
+      </c>
+    </row>
+    <row r="517" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A517" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B517" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C517" s="7" t="s">
+        <v>2625</v>
+      </c>
+      <c r="D517" s="7" t="s">
+        <v>2626</v>
+      </c>
+      <c r="E517" s="7" t="s">
+        <v>322</v>
+      </c>
+      <c r="F517" s="7" t="s">
+        <v>323</v>
+      </c>
+      <c r="G517" s="7" t="s">
+        <v>324</v>
+      </c>
+      <c r="H517" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I517" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J517" s="4" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="518" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A518" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B518" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C518" s="7" t="s">
+        <v>2659</v>
+      </c>
+      <c r="D518" s="7" t="s">
+        <v>2626</v>
+      </c>
+      <c r="E518" s="7" t="s">
+        <v>435</v>
+      </c>
+      <c r="F518" s="7" t="s">
+        <v>436</v>
+      </c>
+      <c r="G518" s="7" t="s">
+        <v>437</v>
+      </c>
+      <c r="H518" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="H1" s="2" t="s">
-[...22 lines deleted...]
-      <c r="E2" s="1" t="s">
+      <c r="I518" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J518" s="4" t="s">
+        <v>2660</v>
+      </c>
+    </row>
+    <row r="519" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A519" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B519" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C519" s="7" t="s">
+        <v>2662</v>
+      </c>
+      <c r="D519" s="7" t="s">
+        <v>2626</v>
+      </c>
+      <c r="E519" s="7" t="s">
+        <v>319</v>
+      </c>
+      <c r="F519" s="7" t="s">
+        <v>320</v>
+      </c>
+      <c r="G519" s="7" t="s">
+        <v>321</v>
+      </c>
+      <c r="H519" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I519" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J519" s="4" t="s">
+        <v>2663</v>
+      </c>
+    </row>
+    <row r="520" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A520" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B520" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C520" s="7" t="s">
+        <v>2664</v>
+      </c>
+      <c r="D520" s="7" t="s">
+        <v>2626</v>
+      </c>
+      <c r="E520" s="7" t="s">
+        <v>376</v>
+      </c>
+      <c r="F520" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="G520" s="7" t="s">
+        <v>378</v>
+      </c>
+      <c r="H520" s="7" t="s">
+        <v>2148</v>
+      </c>
+      <c r="I520" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J520" s="4" t="s">
+        <v>2665</v>
+      </c>
+    </row>
+    <row r="521" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A521" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B521" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C521" s="7" t="s">
+        <v>2657</v>
+      </c>
+      <c r="D521" s="7" t="s">
+        <v>2626</v>
+      </c>
+      <c r="E521" s="7" t="s">
+        <v>402</v>
+      </c>
+      <c r="F521" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G521" s="7" t="s">
+        <v>403</v>
+      </c>
+      <c r="H521" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="I521" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J521" s="4" t="s">
+        <v>2658</v>
+      </c>
+    </row>
+    <row r="522" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A522" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B522" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C522" s="7" t="s">
+        <v>2628</v>
+      </c>
+      <c r="D522" s="7" t="s">
+        <v>2626</v>
+      </c>
+      <c r="E522" s="7" t="s">
+        <v>314</v>
+      </c>
+      <c r="F522" s="7" t="s">
+        <v>315</v>
+      </c>
+      <c r="G522" s="7" t="s">
+        <v>316</v>
+      </c>
+      <c r="H522" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I522" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J522" s="4" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="523" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A523" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B523" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C523" s="7" t="s">
+        <v>2630</v>
+      </c>
+      <c r="D523" s="7" t="s">
+        <v>2631</v>
+      </c>
+      <c r="E523" s="7" t="s">
+        <v>404</v>
+      </c>
+      <c r="F523" s="7" t="s">
+        <v>405</v>
+      </c>
+      <c r="G523" s="7" t="s">
+        <v>4358</v>
+      </c>
+      <c r="H523" s="7" t="s">
+        <v>2297</v>
+      </c>
+      <c r="I523" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J523" s="4" t="s">
+        <v>2632</v>
+      </c>
+    </row>
+    <row r="524" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A524" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B524" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C524" s="7" t="s">
+        <v>2669</v>
+      </c>
+      <c r="D524" s="7" t="s">
+        <v>2670</v>
+      </c>
+      <c r="E524" s="7" t="s">
+        <v>409</v>
+      </c>
+      <c r="F524" s="7" t="s">
+        <v>410</v>
+      </c>
+      <c r="G524" s="7" t="s">
+        <v>411</v>
+      </c>
+      <c r="H524" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I524" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J524" s="4" t="s">
+        <v>2671</v>
+      </c>
+    </row>
+    <row r="525" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A525" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B525" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C525" s="7" t="s">
+        <v>2633</v>
+      </c>
+      <c r="D525" s="7" t="s">
+        <v>2634</v>
+      </c>
+      <c r="E525" s="7" t="s">
+        <v>379</v>
+      </c>
+      <c r="F525" s="7" t="s">
+        <v>380</v>
+      </c>
+      <c r="G525" s="7" t="s">
+        <v>381</v>
+      </c>
+      <c r="H525" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I525" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J525" s="4" t="s">
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="526" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A526" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B526" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C526" s="7" t="s">
+        <v>2692</v>
+      </c>
+      <c r="D526" s="7" t="s">
+        <v>2693</v>
+      </c>
+      <c r="E526" s="7" t="s">
+        <v>429</v>
+      </c>
+      <c r="F526" s="7" t="s">
+        <v>430</v>
+      </c>
+      <c r="G526" s="7" t="s">
+        <v>431</v>
+      </c>
+      <c r="H526" s="7" t="s">
+        <v>2125</v>
+      </c>
+      <c r="I526" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J526" s="4" t="s">
+        <v>2694</v>
+      </c>
+    </row>
+    <row r="527" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A527" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B527" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C527" s="7" t="s">
+        <v>2728</v>
+      </c>
+      <c r="D527" s="7" t="s">
+        <v>2729</v>
+      </c>
+      <c r="E527" s="7" t="s">
+        <v>374</v>
+      </c>
+      <c r="F527" s="7" t="s">
+        <v>375</v>
+      </c>
+      <c r="G527" s="7" t="s">
+        <v>2024</v>
+      </c>
+      <c r="H527" s="7" t="s">
+        <v>2061</v>
+      </c>
+      <c r="I527" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J527" s="4" t="s">
+        <v>2730</v>
+      </c>
+    </row>
+    <row r="528" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A528" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B528" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C528" s="7" t="s">
+        <v>2636</v>
+      </c>
+      <c r="D528" s="7" t="s">
+        <v>2637</v>
+      </c>
+      <c r="E528" s="7" t="s">
+        <v>382</v>
+      </c>
+      <c r="F528" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="G528" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H528" s="7" t="s">
+        <v>2144</v>
+      </c>
+      <c r="I528" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J528" s="4" t="s">
+        <v>2638</v>
+      </c>
+    </row>
+    <row r="529" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A529" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B529" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C529" s="7" t="s">
+        <v>2709</v>
+      </c>
+      <c r="D529" s="7" t="s">
+        <v>2710</v>
+      </c>
+      <c r="E529" s="7" t="s">
+        <v>366</v>
+      </c>
+      <c r="F529" s="7" t="s">
+        <v>367</v>
+      </c>
+      <c r="G529" s="7" t="s">
+        <v>368</v>
+      </c>
+      <c r="H529" s="7" t="s">
+        <v>2105</v>
+      </c>
+      <c r="I529" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J529" s="4" t="s">
+        <v>2711</v>
+      </c>
+    </row>
+    <row r="530" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A530" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B530" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C530" s="7" t="s">
+        <v>2666</v>
+      </c>
+      <c r="D530" s="7" t="s">
+        <v>2667</v>
+      </c>
+      <c r="E530" s="7" t="s">
+        <v>406</v>
+      </c>
+      <c r="F530" s="7" t="s">
+        <v>407</v>
+      </c>
+      <c r="G530" s="7" t="s">
+        <v>408</v>
+      </c>
+      <c r="H530" s="7" t="s">
+        <v>2149</v>
+      </c>
+      <c r="I530" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J530" s="4" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="531" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A531" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B531" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C531" s="7" t="s">
+        <v>2731</v>
+      </c>
+      <c r="D531" s="7" t="s">
+        <v>2732</v>
+      </c>
+      <c r="E531" s="7" t="s">
+        <v>339</v>
+      </c>
+      <c r="F531" s="7" t="s">
+        <v>340</v>
+      </c>
+      <c r="G531" s="7" t="s">
+        <v>341</v>
+      </c>
+      <c r="H531" s="7" t="s">
+        <v>2209</v>
+      </c>
+      <c r="I531" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J531" s="4" t="s">
+        <v>2733</v>
+      </c>
+    </row>
+    <row r="532" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A532" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B532" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C532" s="7" t="s">
+        <v>2709</v>
+      </c>
+      <c r="D532" s="7" t="s">
+        <v>2712</v>
+      </c>
+      <c r="E532" s="7" t="s">
+        <v>363</v>
+      </c>
+      <c r="F532" s="7" t="s">
+        <v>364</v>
+      </c>
+      <c r="G532" s="7" t="s">
+        <v>365</v>
+      </c>
+      <c r="H532" s="7" t="s">
+        <v>2171</v>
+      </c>
+      <c r="I532" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J532" s="4" t="s">
+        <v>2713</v>
+      </c>
+    </row>
+    <row r="533" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A533" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B533" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C533" s="7" t="s">
+        <v>2639</v>
+      </c>
+      <c r="D533" s="7" t="s">
+        <v>2640</v>
+      </c>
+      <c r="E533" s="7" t="s">
+        <v>384</v>
+      </c>
+      <c r="F533" s="7" t="s">
+        <v>385</v>
+      </c>
+      <c r="G533" s="7" t="s">
+        <v>386</v>
+      </c>
+      <c r="H533" s="7" t="s">
+        <v>2145</v>
+      </c>
+      <c r="I533" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J533" s="4" t="s">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="534" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A534" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B534" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C534" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="D534" s="7" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E534" s="7" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F534" s="7" t="s">
+        <v>2022</v>
+      </c>
+      <c r="G534" s="7" t="s">
+        <v>2023</v>
+      </c>
+      <c r="H534" s="7" t="s">
+        <v>2146</v>
+      </c>
+      <c r="I534" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J534" s="4" t="s">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="535" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A535" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B535" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C535" s="7" t="s">
+        <v>2654</v>
+      </c>
+      <c r="D535" s="7" t="s">
+        <v>2655</v>
+      </c>
+      <c r="E535" s="7" t="s">
+        <v>399</v>
+      </c>
+      <c r="F535" s="7" t="s">
+        <v>400</v>
+      </c>
+      <c r="G535" s="7" t="s">
+        <v>401</v>
+      </c>
+      <c r="H535" s="7" t="s">
+        <v>2147</v>
+      </c>
+      <c r="I535" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J535" s="4" t="s">
+        <v>2656</v>
+      </c>
+    </row>
+    <row r="536" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A536" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B536" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C536" s="7" t="s">
+        <v>2701</v>
+      </c>
+      <c r="D536" s="7" t="s">
+        <v>2696</v>
+      </c>
+      <c r="E536" s="7" t="s">
+        <v>325</v>
+      </c>
+      <c r="F536" s="7" t="s">
+        <v>326</v>
+      </c>
+      <c r="G536" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="H536" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I536" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J536" s="4" t="s">
+        <v>2702</v>
+      </c>
+    </row>
+    <row r="537" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A537" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B537" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C537" s="7" t="s">
+        <v>2695</v>
+      </c>
+      <c r="D537" s="7" t="s">
+        <v>2696</v>
+      </c>
+      <c r="E537" s="7" t="s">
+        <v>432</v>
+      </c>
+      <c r="F537" s="7" t="s">
+        <v>433</v>
+      </c>
+      <c r="G537" s="7" t="s">
+        <v>434</v>
+      </c>
+      <c r="H537" s="7" t="s">
+        <v>2187</v>
+      </c>
+      <c r="I537" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J537" s="4" t="s">
+        <v>2697</v>
+      </c>
+    </row>
+    <row r="538" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A538" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B538" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C538" s="7" t="s">
+        <v>2675</v>
+      </c>
+      <c r="D538" s="7" t="s">
+        <v>2673</v>
+      </c>
+      <c r="E538" s="7" t="s">
+        <v>415</v>
+      </c>
+      <c r="F538" s="7" t="s">
+        <v>416</v>
+      </c>
+      <c r="G538" s="7" t="s">
+        <v>417</v>
+      </c>
+      <c r="H538" s="7" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I538" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J538" s="4" t="s">
+        <v>2676</v>
+      </c>
+    </row>
+    <row r="539" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A539" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B539" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C539" s="7" t="s">
+        <v>2672</v>
+      </c>
+      <c r="D539" s="7" t="s">
+        <v>2673</v>
+      </c>
+      <c r="E539" s="7" t="s">
+        <v>412</v>
+      </c>
+      <c r="F539" s="7" t="s">
+        <v>413</v>
+      </c>
+      <c r="G539" s="7" t="s">
+        <v>414</v>
+      </c>
+      <c r="H539" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="I539" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J539" s="4" t="s">
+        <v>2674</v>
+      </c>
+    </row>
+    <row r="540" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A540" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B540" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C540" s="7" t="s">
+        <v>2686</v>
+      </c>
+      <c r="D540" s="7" t="s">
+        <v>2687</v>
+      </c>
+      <c r="E540" s="7" t="s">
+        <v>427</v>
+      </c>
+      <c r="F540" s="7" t="s">
+        <v>428</v>
+      </c>
+      <c r="G540" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="H540" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I540" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J540" s="4" t="s">
+        <v>2688</v>
+      </c>
+    </row>
+    <row r="541" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A541" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B541" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C541" s="7" t="s">
+        <v>2714</v>
+      </c>
+      <c r="D541" s="7" t="s">
+        <v>2715</v>
+      </c>
+      <c r="E541" s="7" t="s">
+        <v>359</v>
+      </c>
+      <c r="F541" s="7" t="s">
+        <v>360</v>
+      </c>
+      <c r="G541" s="7" t="s">
+        <v>361</v>
+      </c>
+      <c r="H541" s="7" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I541" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J541" s="4" t="s">
+        <v>2716</v>
+      </c>
+    </row>
+    <row r="542" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A542" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B542" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C542" s="7" t="s">
+        <v>2717</v>
+      </c>
+      <c r="D542" s="7" t="s">
+        <v>2718</v>
+      </c>
+      <c r="E542" s="7" t="s">
+        <v>356</v>
+      </c>
+      <c r="F542" s="7" t="s">
+        <v>357</v>
+      </c>
+      <c r="G542" s="7" t="s">
+        <v>358</v>
+      </c>
+      <c r="H542" s="7" t="s">
+        <v>2217</v>
+      </c>
+      <c r="I542" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J542" s="4" t="s">
+        <v>2719</v>
+      </c>
+    </row>
+    <row r="543" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A543" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B543" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C543" s="7" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D543" s="7" t="s">
+        <v>2699</v>
+      </c>
+      <c r="E543" s="7" t="s">
+        <v>345</v>
+      </c>
+      <c r="F543" s="7" t="s">
+        <v>346</v>
+      </c>
+      <c r="G543" s="7" t="s">
+        <v>347</v>
+      </c>
+      <c r="H543" s="7" t="s">
+        <v>2137</v>
+      </c>
+      <c r="I543" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J543" s="4" t="s">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="544" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A544" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B544" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C544" s="7" t="s">
+        <v>2723</v>
+      </c>
+      <c r="D544" s="7" t="s">
+        <v>2721</v>
+      </c>
+      <c r="E544" s="7" t="s">
+        <v>350</v>
+      </c>
+      <c r="F544" s="7" t="s">
+        <v>351</v>
+      </c>
+      <c r="G544" s="7" t="s">
+        <v>352</v>
+      </c>
+      <c r="H544" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I544" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J544" s="4" t="s">
+        <v>2724</v>
+      </c>
+    </row>
+    <row r="545" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A545" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B545" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C545" s="7" t="s">
+        <v>2720</v>
+      </c>
+      <c r="D545" s="7" t="s">
+        <v>2721</v>
+      </c>
+      <c r="E545" s="7" t="s">
+        <v>353</v>
+      </c>
+      <c r="F545" s="7" t="s">
+        <v>354</v>
+      </c>
+      <c r="G545" s="7" t="s">
+        <v>355</v>
+      </c>
+      <c r="H545" s="7" t="s">
+        <v>2067</v>
+      </c>
+      <c r="I545" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J545" s="4" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="546" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A546" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B546" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C546" s="7" t="s">
+        <v>2725</v>
+      </c>
+      <c r="D546" s="7" t="s">
+        <v>2726</v>
+      </c>
+      <c r="E546" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="F546" s="7" t="s">
+        <v>349</v>
+      </c>
+      <c r="G546" s="7" t="s">
+        <v>344</v>
+      </c>
+      <c r="H546" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I546" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J546" s="4" t="s">
+        <v>2727</v>
+      </c>
+    </row>
+    <row r="547" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A547" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B547" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C547" s="7" t="s">
+        <v>2725</v>
+      </c>
+      <c r="D547" s="7" t="s">
+        <v>2726</v>
+      </c>
+      <c r="E547" s="7" t="s">
+        <v>342</v>
+      </c>
+      <c r="F547" s="7" t="s">
+        <v>343</v>
+      </c>
+      <c r="G547" s="7" t="s">
+        <v>344</v>
+      </c>
+      <c r="H547" s="7" t="s">
+        <v>2107</v>
+      </c>
+      <c r="I547" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J547" s="4" t="s">
+        <v>2727</v>
+      </c>
+    </row>
+    <row r="548" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A548" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B548" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C548" s="7" t="s">
+        <v>2680</v>
+      </c>
+      <c r="D548" s="7" t="s">
+        <v>2681</v>
+      </c>
+      <c r="E548" s="7" t="s">
+        <v>421</v>
+      </c>
+      <c r="F548" s="7" t="s">
+        <v>422</v>
+      </c>
+      <c r="G548" s="7" t="s">
+        <v>423</v>
+      </c>
+      <c r="H548" s="7" t="s">
+        <v>2172</v>
+      </c>
+      <c r="I548" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J548" s="4" t="s">
+        <v>2682</v>
+      </c>
+    </row>
+    <row r="549" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A549" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B549" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C549" s="7" t="s">
+        <v>2737</v>
+      </c>
+      <c r="D549" s="7" t="s">
+        <v>2735</v>
+      </c>
+      <c r="E549" s="7" t="s">
+        <v>334</v>
+      </c>
+      <c r="F549" s="7" t="s">
+        <v>320</v>
+      </c>
+      <c r="G549" s="7" t="s">
+        <v>335</v>
+      </c>
+      <c r="H549" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="I549" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J549" s="4" t="s">
+        <v>2738</v>
+      </c>
+    </row>
+    <row r="550" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A550" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B550" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C550" s="7" t="s">
+        <v>2734</v>
+      </c>
+      <c r="D550" s="7" t="s">
+        <v>2735</v>
+      </c>
+      <c r="E550" s="7" t="s">
+        <v>336</v>
+      </c>
+      <c r="F550" s="7" t="s">
+        <v>337</v>
+      </c>
+      <c r="G550" s="7" t="s">
+        <v>338</v>
+      </c>
+      <c r="H550" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I550" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J550" s="4" t="s">
+        <v>2736</v>
+      </c>
+    </row>
+    <row r="551" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A551" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B551" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C551" s="7" t="s">
+        <v>2623</v>
+      </c>
+      <c r="D551" s="7" t="s">
+        <v>2621</v>
+      </c>
+      <c r="E551" s="7" t="s">
+        <v>446</v>
+      </c>
+      <c r="F551" s="7" t="s">
+        <v>447</v>
+      </c>
+      <c r="G551" s="7" t="s">
+        <v>448</v>
+      </c>
+      <c r="H551" s="7" t="s">
+        <v>2126</v>
+      </c>
+      <c r="I551" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J551" s="4" t="s">
+        <v>2624</v>
+      </c>
+    </row>
+    <row r="552" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A552" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B552" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C552" s="7" t="s">
+        <v>2620</v>
+      </c>
+      <c r="D552" s="7" t="s">
+        <v>2621</v>
+      </c>
+      <c r="E552" s="7" t="s">
+        <v>441</v>
+      </c>
+      <c r="F552" s="7" t="s">
+        <v>442</v>
+      </c>
+      <c r="G552" s="7" t="s">
+        <v>4359</v>
+      </c>
+      <c r="H552" s="7" t="s">
+        <v>2125</v>
+      </c>
+      <c r="I552" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J552" s="4" t="s">
+        <v>2622</v>
+      </c>
+    </row>
+    <row r="553" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A553" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B553" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C553" s="7" t="s">
+        <v>2651</v>
+      </c>
+      <c r="D553" s="7" t="s">
+        <v>2652</v>
+      </c>
+      <c r="E553" s="7" t="s">
+        <v>396</v>
+      </c>
+      <c r="F553" s="7" t="s">
+        <v>397</v>
+      </c>
+      <c r="G553" s="7" t="s">
+        <v>398</v>
+      </c>
+      <c r="H553" s="7" t="s">
+        <v>2136</v>
+      </c>
+      <c r="I553" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J553" s="4" t="s">
+        <v>2653</v>
+      </c>
+    </row>
+    <row r="554" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A554" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B554" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C554" s="7" t="s">
+        <v>2677</v>
+      </c>
+      <c r="D554" s="7" t="s">
+        <v>2678</v>
+      </c>
+      <c r="E554" s="7" t="s">
+        <v>418</v>
+      </c>
+      <c r="F554" s="7" t="s">
+        <v>419</v>
+      </c>
+      <c r="G554" s="7" t="s">
+        <v>420</v>
+      </c>
+      <c r="H554" s="7" t="s">
+        <v>2171</v>
+      </c>
+      <c r="I554" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J554" s="4" t="s">
+        <v>2679</v>
+      </c>
+    </row>
+    <row r="555" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A555" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B555" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C555" s="7" t="s">
+        <v>2689</v>
+      </c>
+      <c r="D555" s="7" t="s">
+        <v>2690</v>
+      </c>
+      <c r="E555" s="7" t="s">
+        <v>317</v>
+      </c>
+      <c r="F555" s="7" t="s">
+        <v>318</v>
+      </c>
+      <c r="G555" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="H555" s="7" t="s">
+        <v>2305</v>
+      </c>
+      <c r="I555" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J555" s="4" t="s">
+        <v>2691</v>
+      </c>
+    </row>
+    <row r="556" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A556" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B556" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C556" s="7" t="s">
+        <v>2643</v>
+      </c>
+      <c r="D556" s="7" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E556" s="7" t="s">
+        <v>390</v>
+      </c>
+      <c r="F556" s="7" t="s">
+        <v>391</v>
+      </c>
+      <c r="G556" s="7" t="s">
+        <v>392</v>
+      </c>
+      <c r="H556" s="7" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I556" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J556" s="4" t="s">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="557" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A557" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B557" s="7" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C557" s="7" t="s">
+        <v>3153</v>
+      </c>
+      <c r="D557" s="7" t="s">
+        <v>3154</v>
+      </c>
+      <c r="E557" s="7" t="s">
+        <v>846</v>
+      </c>
+      <c r="F557" s="7" t="s">
+        <v>847</v>
+      </c>
+      <c r="G557" s="7" t="s">
+        <v>848</v>
+      </c>
+      <c r="H557" s="7" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I557" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J557" s="4" t="s">
+        <v>3155</v>
+      </c>
+    </row>
+    <row r="558" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A558" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B558" s="7" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C558" s="7" t="s">
+        <v>3141</v>
+      </c>
+      <c r="D558" s="7" t="s">
+        <v>3142</v>
+      </c>
+      <c r="E558" s="7" t="s">
+        <v>860</v>
+      </c>
+      <c r="F558" s="7" t="s">
+        <v>861</v>
+      </c>
+      <c r="G558" s="7" t="s">
+        <v>862</v>
+      </c>
+      <c r="H558" s="7" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I558" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J558" s="4" t="s">
+        <v>3143</v>
+      </c>
+    </row>
+    <row r="559" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A559" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B559" s="7" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C559" s="7" t="s">
+        <v>3135</v>
+      </c>
+      <c r="D559" s="7" t="s">
+        <v>3136</v>
+      </c>
+      <c r="E559" s="7" t="s">
+        <v>874</v>
+      </c>
+      <c r="F559" s="7" t="s">
+        <v>875</v>
+      </c>
+      <c r="G559" s="7" t="s">
+        <v>876</v>
+      </c>
+      <c r="H559" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="I559" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J559" s="4" t="s">
+        <v>3137</v>
+      </c>
+    </row>
+    <row r="560" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A560" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B560" s="7" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C560" s="7" t="s">
+        <v>3144</v>
+      </c>
+      <c r="D560" s="7" t="s">
+        <v>3145</v>
+      </c>
+      <c r="E560" s="7" t="s">
+        <v>858</v>
+      </c>
+      <c r="F560" s="7" t="s">
+        <v>859</v>
+      </c>
+      <c r="G560" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="H560" s="7" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I560" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J560" s="4" t="s">
+        <v>3146</v>
+      </c>
+    </row>
+    <row r="561" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A561" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B561" s="7" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C561" s="7" t="s">
+        <v>3147</v>
+      </c>
+      <c r="D561" s="7" t="s">
+        <v>3148</v>
+      </c>
+      <c r="E561" s="7" t="s">
+        <v>855</v>
+      </c>
+      <c r="F561" s="7" t="s">
+        <v>856</v>
+      </c>
+      <c r="G561" s="7" t="s">
+        <v>857</v>
+      </c>
+      <c r="H561" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="I561" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J561" s="4" t="s">
+        <v>3149</v>
+      </c>
+    </row>
+    <row r="562" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A562" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B562" s="7" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C562" s="7" t="s">
+        <v>3156</v>
+      </c>
+      <c r="D562" s="7" t="s">
+        <v>3157</v>
+      </c>
+      <c r="E562" s="7" t="s">
+        <v>877</v>
+      </c>
+      <c r="F562" s="7" t="s">
+        <v>878</v>
+      </c>
+      <c r="G562" s="7" t="s">
+        <v>879</v>
+      </c>
+      <c r="H562" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I562" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J562" s="4" t="s">
+        <v>3158</v>
+      </c>
+    </row>
+    <row r="563" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A563" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B563" s="7" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C563" s="7" t="s">
+        <v>3159</v>
+      </c>
+      <c r="D563" s="7" t="s">
+        <v>3157</v>
+      </c>
+      <c r="E563" s="7" t="s">
+        <v>849</v>
+      </c>
+      <c r="F563" s="7" t="s">
+        <v>850</v>
+      </c>
+      <c r="G563" s="7" t="s">
+        <v>851</v>
+      </c>
+      <c r="H563" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I563" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J563" s="4" t="s">
+        <v>3160</v>
+      </c>
+    </row>
+    <row r="564" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A564" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B564" s="7" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C564" s="7" t="s">
+        <v>3161</v>
+      </c>
+      <c r="D564" s="7" t="s">
+        <v>3157</v>
+      </c>
+      <c r="E564" s="7" t="s">
+        <v>843</v>
+      </c>
+      <c r="F564" s="7" t="s">
+        <v>844</v>
+      </c>
+      <c r="G564" s="7" t="s">
+        <v>845</v>
+      </c>
+      <c r="H564" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I564" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J564" s="4" t="s">
+        <v>3162</v>
+      </c>
+    </row>
+    <row r="565" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A565" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B565" s="7" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C565" s="7" t="s">
+        <v>3163</v>
+      </c>
+      <c r="D565" s="7" t="s">
+        <v>3157</v>
+      </c>
+      <c r="E565" s="7" t="s">
+        <v>866</v>
+      </c>
+      <c r="F565" s="7" t="s">
+        <v>502</v>
+      </c>
+      <c r="G565" s="7" t="s">
+        <v>867</v>
+      </c>
+      <c r="H565" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I565" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J565" s="4" t="s">
+        <v>3165</v>
+      </c>
+    </row>
+    <row r="566" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A566" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B566" s="7" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C566" s="7" t="s">
+        <v>3163</v>
+      </c>
+      <c r="D566" s="7" t="s">
+        <v>3157</v>
+      </c>
+      <c r="E566" s="7" t="s">
+        <v>863</v>
+      </c>
+      <c r="F566" s="7" t="s">
+        <v>864</v>
+      </c>
+      <c r="G566" s="7" t="s">
+        <v>865</v>
+      </c>
+      <c r="H566" s="7" t="s">
+        <v>2196</v>
+      </c>
+      <c r="I566" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J566" s="4" t="s">
+        <v>3164</v>
+      </c>
+    </row>
+    <row r="567" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A567" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B567" s="7" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C567" s="7" t="s">
+        <v>3163</v>
+      </c>
+      <c r="D567" s="7" t="s">
+        <v>3157</v>
+      </c>
+      <c r="E567" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="F567" s="7" t="s">
+        <v>869</v>
+      </c>
+      <c r="G567" s="7" t="s">
+        <v>870</v>
+      </c>
+      <c r="H567" s="7" t="s">
+        <v>2122</v>
+      </c>
+      <c r="I567" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J567" s="4" t="s">
+        <v>3166</v>
+      </c>
+    </row>
+    <row r="568" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A568" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B568" s="7" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C568" s="7" t="s">
+        <v>3138</v>
+      </c>
+      <c r="D568" s="7" t="s">
+        <v>3139</v>
+      </c>
+      <c r="E568" s="7" t="s">
+        <v>871</v>
+      </c>
+      <c r="F568" s="7" t="s">
+        <v>872</v>
+      </c>
+      <c r="G568" s="7" t="s">
+        <v>873</v>
+      </c>
+      <c r="H568" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="I568" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J568" s="4" t="s">
+        <v>3140</v>
+      </c>
+    </row>
+    <row r="569" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A569" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B569" s="7" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C569" s="7" t="s">
+        <v>3150</v>
+      </c>
+      <c r="D569" s="7" t="s">
+        <v>3151</v>
+      </c>
+      <c r="E569" s="7" t="s">
+        <v>852</v>
+      </c>
+      <c r="F569" s="7" t="s">
+        <v>853</v>
+      </c>
+      <c r="G569" s="7" t="s">
+        <v>854</v>
+      </c>
+      <c r="H569" s="7" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I569" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J569" s="4" t="s">
+        <v>3152</v>
+      </c>
+    </row>
+    <row r="570" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A570" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B570" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C570" s="7" t="s">
+        <v>3808</v>
+      </c>
+      <c r="D570" s="7" t="s">
+        <v>3803</v>
+      </c>
+      <c r="E570" s="7" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F570" s="7" t="s">
+        <v>1527</v>
+      </c>
+      <c r="G570" s="7" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H570" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I570" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J570" s="4" t="s">
+        <v>3809</v>
+      </c>
+    </row>
+    <row r="571" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A571" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B571" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C571" s="7" t="s">
+        <v>3802</v>
+      </c>
+      <c r="D571" s="7" t="s">
+        <v>3803</v>
+      </c>
+      <c r="E571" s="7" t="s">
+        <v>1521</v>
+      </c>
+      <c r="F571" s="7" t="s">
+        <v>1522</v>
+      </c>
+      <c r="G571" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="H571" s="7" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I571" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J571" s="4" t="s">
+        <v>3804</v>
+      </c>
+    </row>
+    <row r="572" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A572" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B572" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C572" s="7" t="s">
+        <v>3840</v>
+      </c>
+      <c r="D572" s="7" t="s">
+        <v>3841</v>
+      </c>
+      <c r="E572" s="7" t="s">
+        <v>1563</v>
+      </c>
+      <c r="F572" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="G572" s="7" t="s">
+        <v>986</v>
+      </c>
+      <c r="H572" s="7" t="s">
+        <v>2095</v>
+      </c>
+      <c r="I572" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J572" s="4" t="s">
+        <v>3842</v>
+      </c>
+    </row>
+    <row r="573" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A573" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B573" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C573" s="7" t="s">
+        <v>3840</v>
+      </c>
+      <c r="D573" s="7" t="s">
+        <v>3841</v>
+      </c>
+      <c r="E573" s="7" t="s">
+        <v>1556</v>
+      </c>
+      <c r="F573" s="7" t="s">
+        <v>447</v>
+      </c>
+      <c r="G573" s="7" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H573" s="7" t="s">
+        <v>2146</v>
+      </c>
+      <c r="I573" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J573" s="4" t="s">
+        <v>3846</v>
+      </c>
+    </row>
+    <row r="574" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A574" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B574" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C574" s="7" t="s">
+        <v>3799</v>
+      </c>
+      <c r="D574" s="7" t="s">
+        <v>3800</v>
+      </c>
+      <c r="E574" s="7" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F574" s="7" t="s">
+        <v>1520</v>
+      </c>
+      <c r="G574" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H574" s="7" t="s">
+        <v>2285</v>
+      </c>
+      <c r="I574" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J574" s="4" t="s">
+        <v>3801</v>
+      </c>
+    </row>
+    <row r="575" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A575" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B575" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C575" s="7" t="s">
+        <v>3858</v>
+      </c>
+      <c r="D575" s="7" t="s">
+        <v>3859</v>
+      </c>
+      <c r="E575" s="7" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F575" s="7" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G575" s="7" t="s">
+        <v>1568</v>
+      </c>
+      <c r="H575" s="7" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I575" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J575" s="4" t="s">
+        <v>3860</v>
+      </c>
+    </row>
+    <row r="576" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A576" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B576" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C576" s="7" t="s">
+        <v>3831</v>
+      </c>
+      <c r="D576" s="7" t="s">
+        <v>3832</v>
+      </c>
+      <c r="E576" s="7" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F576" s="7" t="s">
+        <v>1559</v>
+      </c>
+      <c r="G576" s="7" t="s">
+        <v>1560</v>
+      </c>
+      <c r="H576" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I576" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J576" s="4" t="s">
+        <v>3833</v>
+      </c>
+    </row>
+    <row r="577" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A577" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B577" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C577" s="7" t="s">
+        <v>3822</v>
+      </c>
+      <c r="D577" s="7" t="s">
+        <v>3823</v>
+      </c>
+      <c r="E577" s="7" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F577" s="7" t="s">
+        <v>1513</v>
+      </c>
+      <c r="G577" s="7" t="s">
+        <v>460</v>
+      </c>
+      <c r="H577" s="7" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I577" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J577" s="4" t="s">
+        <v>3824</v>
+      </c>
+    </row>
+    <row r="578" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A578" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B578" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C578" s="7" t="s">
+        <v>3813</v>
+      </c>
+      <c r="D578" s="7" t="s">
+        <v>3814</v>
+      </c>
+      <c r="E578" s="7" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F578" s="7" t="s">
+        <v>1555</v>
+      </c>
+      <c r="G578" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H578" s="7" t="s">
+        <v>2278</v>
+      </c>
+      <c r="I578" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J578" s="4" t="s">
+        <v>3815</v>
+      </c>
+    </row>
+    <row r="579" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A579" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B579" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C579" s="7" t="s">
+        <v>3847</v>
+      </c>
+      <c r="D579" s="7" t="s">
+        <v>3848</v>
+      </c>
+      <c r="E579" s="7" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F579" s="7" t="s">
+        <v>1533</v>
+      </c>
+      <c r="G579" s="7" t="s">
+        <v>1534</v>
+      </c>
+      <c r="H579" s="7" t="s">
+        <v>2253</v>
+      </c>
+      <c r="I579" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J579" s="4" t="s">
+        <v>3849</v>
+      </c>
+    </row>
+    <row r="580" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A580" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B580" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C580" s="7" t="s">
+        <v>3850</v>
+      </c>
+      <c r="D580" s="7" t="s">
+        <v>3851</v>
+      </c>
+      <c r="E580" s="7" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F580" s="7" t="s">
+        <v>1552</v>
+      </c>
+      <c r="G580" s="7" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H580" s="7" t="s">
+        <v>2108</v>
+      </c>
+      <c r="I580" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J580" s="4" t="s">
+        <v>3852</v>
+      </c>
+    </row>
+    <row r="581" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A581" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B581" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C581" s="7" t="s">
+        <v>3843</v>
+      </c>
+      <c r="D581" s="7" t="s">
+        <v>3844</v>
+      </c>
+      <c r="E581" s="7" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F581" s="7" t="s">
+        <v>4360</v>
+      </c>
+      <c r="G581" s="7" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H581" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I581" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J581" s="4" t="s">
+        <v>3845</v>
+      </c>
+    </row>
+    <row r="582" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A582" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B582" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C582" s="7" t="s">
+        <v>3853</v>
+      </c>
+      <c r="D582" s="7" t="s">
+        <v>3854</v>
+      </c>
+      <c r="E582" s="7" t="s">
+        <v>1537</v>
+      </c>
+      <c r="F582" s="7" t="s">
+        <v>1538</v>
+      </c>
+      <c r="G582" s="7" t="s">
+        <v>1539</v>
+      </c>
+      <c r="H582" s="7" t="s">
+        <v>2311</v>
+      </c>
+      <c r="I582" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J582" s="4" t="s">
+        <v>3856</v>
+      </c>
+    </row>
+    <row r="583" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A583" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B583" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C583" s="7" t="s">
+        <v>3853</v>
+      </c>
+      <c r="D583" s="7" t="s">
+        <v>3854</v>
+      </c>
+      <c r="E583" s="7" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F583" s="7" t="s">
+        <v>1550</v>
+      </c>
+      <c r="G583" s="7" t="s">
+        <v>1464</v>
+      </c>
+      <c r="H583" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I583" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J583" s="4" t="s">
+        <v>3855</v>
+      </c>
+    </row>
+    <row r="584" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A584" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B584" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C584" s="7" t="s">
+        <v>3853</v>
+      </c>
+      <c r="D584" s="7" t="s">
+        <v>3854</v>
+      </c>
+      <c r="E584" s="7" t="s">
+        <v>1546</v>
+      </c>
+      <c r="F584" s="7" t="s">
+        <v>1547</v>
+      </c>
+      <c r="G584" s="7" t="s">
+        <v>1548</v>
+      </c>
+      <c r="H584" s="7" t="s">
+        <v>2273</v>
+      </c>
+      <c r="I584" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J584" s="4" t="s">
+        <v>3857</v>
+      </c>
+    </row>
+    <row r="585" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A585" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B585" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C585" s="7" t="s">
+        <v>3810</v>
+      </c>
+      <c r="D585" s="7" t="s">
+        <v>3811</v>
+      </c>
+      <c r="E585" s="7" t="s">
+        <v>1529</v>
+      </c>
+      <c r="F585" s="7" t="s">
+        <v>1530</v>
+      </c>
+      <c r="G585" s="7" t="s">
+        <v>1531</v>
+      </c>
+      <c r="H585" s="7" t="s">
+        <v>2117</v>
+      </c>
+      <c r="I585" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J585" s="4" t="s">
+        <v>3812</v>
+      </c>
+    </row>
+    <row r="586" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A586" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B586" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C586" s="7" t="s">
+        <v>3825</v>
+      </c>
+      <c r="D586" s="7" t="s">
+        <v>3826</v>
+      </c>
+      <c r="E586" s="7" t="s">
+        <v>1540</v>
+      </c>
+      <c r="F586" s="7" t="s">
+        <v>1541</v>
+      </c>
+      <c r="G586" s="7" t="s">
+        <v>1542</v>
+      </c>
+      <c r="H586" s="7" t="s">
+        <v>2119</v>
+      </c>
+      <c r="I586" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J586" s="4" t="s">
+        <v>3827</v>
+      </c>
+    </row>
+    <row r="587" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A587" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B587" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C587" s="7" t="s">
+        <v>3828</v>
+      </c>
+      <c r="D587" s="7" t="s">
+        <v>3829</v>
+      </c>
+      <c r="E587" s="7" t="s">
+        <v>1543</v>
+      </c>
+      <c r="F587" s="7" t="s">
+        <v>1544</v>
+      </c>
+      <c r="G587" s="7" t="s">
+        <v>1545</v>
+      </c>
+      <c r="H587" s="7" t="s">
+        <v>2120</v>
+      </c>
+      <c r="I587" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J587" s="4" t="s">
+        <v>3830</v>
+      </c>
+    </row>
+    <row r="588" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A588" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B588" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C588" s="7" t="s">
+        <v>3796</v>
+      </c>
+      <c r="D588" s="7" t="s">
+        <v>3797</v>
+      </c>
+      <c r="E588" s="7" t="s">
+        <v>1517</v>
+      </c>
+      <c r="F588" s="7" t="s">
+        <v>1518</v>
+      </c>
+      <c r="G588" s="7" t="s">
+        <v>2051</v>
+      </c>
+      <c r="H588" s="7" t="s">
+        <v>2086</v>
+      </c>
+      <c r="I588" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J588" s="4" t="s">
+        <v>3798</v>
+      </c>
+    </row>
+    <row r="589" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A589" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B589" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C589" s="7" t="s">
+        <v>3816</v>
+      </c>
+      <c r="D589" s="7" t="s">
+        <v>3817</v>
+      </c>
+      <c r="E589" s="7" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F589" s="7" t="s">
+        <v>1515</v>
+      </c>
+      <c r="G589" s="7" t="s">
+        <v>1516</v>
+      </c>
+      <c r="H589" s="7" t="s">
+        <v>2117</v>
+      </c>
+      <c r="I589" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J589" s="4" t="s">
+        <v>3818</v>
+      </c>
+    </row>
+    <row r="590" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A590" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B590" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C590" s="7" t="s">
+        <v>3834</v>
+      </c>
+      <c r="D590" s="7" t="s">
+        <v>3835</v>
+      </c>
+      <c r="E590" s="7" t="s">
+        <v>2049</v>
+      </c>
+      <c r="F590" s="7" t="s">
+        <v>2050</v>
+      </c>
+      <c r="G590" s="7" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H590" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I590" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J590" s="4" t="s">
+        <v>3836</v>
+      </c>
+    </row>
+    <row r="591" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A591" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B591" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C591" s="7" t="s">
+        <v>3805</v>
+      </c>
+      <c r="D591" s="7" t="s">
+        <v>3806</v>
+      </c>
+      <c r="E591" s="7" t="s">
+        <v>1523</v>
+      </c>
+      <c r="F591" s="7" t="s">
+        <v>1524</v>
+      </c>
+      <c r="G591" s="7" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H591" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I591" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J591" s="4" t="s">
+        <v>3807</v>
+      </c>
+    </row>
+    <row r="592" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A592" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B592" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C592" s="7" t="s">
+        <v>3819</v>
+      </c>
+      <c r="D592" s="7" t="s">
+        <v>3820</v>
+      </c>
+      <c r="E592" s="7" t="s">
+        <v>1535</v>
+      </c>
+      <c r="F592" s="7" t="s">
+        <v>1536</v>
+      </c>
+      <c r="G592" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="H592" s="7" t="s">
+        <v>2118</v>
+      </c>
+      <c r="I592" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J592" s="4" t="s">
+        <v>3821</v>
+      </c>
+    </row>
+    <row r="593" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A593" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B593" s="7" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C593" s="7" t="s">
+        <v>3837</v>
+      </c>
+      <c r="D593" s="7" t="s">
+        <v>3838</v>
+      </c>
+      <c r="E593" s="7" t="s">
+        <v>1561</v>
+      </c>
+      <c r="F593" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G593" s="7" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H593" s="7" t="s">
+        <v>2065</v>
+      </c>
+      <c r="I593" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J593" s="4" t="s">
+        <v>3839</v>
+      </c>
+    </row>
+    <row r="594" spans="1:10" ht="141.75" x14ac:dyDescent="0.35">
+      <c r="A594" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B594" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C594" s="7" t="s">
+        <v>3289</v>
+      </c>
+      <c r="D594" s="7" t="s">
+        <v>3290</v>
+      </c>
+      <c r="E594" s="7" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F594" s="7" t="s">
+        <v>1019</v>
+      </c>
+      <c r="G594" s="7" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H594" s="7" t="s">
+        <v>2139</v>
+      </c>
+      <c r="I594" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J594" s="4" t="s">
+        <v>3291</v>
+      </c>
+    </row>
+    <row r="595" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A595" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B595" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C595" s="7" t="s">
+        <v>3304</v>
+      </c>
+      <c r="D595" s="7" t="s">
+        <v>3305</v>
+      </c>
+      <c r="E595" s="7" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F595" s="7" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G595" s="7" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H595" s="7" t="s">
+        <v>2295</v>
+      </c>
+      <c r="I595" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J595" s="4" t="s">
+        <v>3306</v>
+      </c>
+    </row>
+    <row r="596" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A596" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B596" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C596" s="7" t="s">
+        <v>3319</v>
+      </c>
+      <c r="D596" s="7" t="s">
+        <v>3320</v>
+      </c>
+      <c r="E596" s="7" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F596" s="7" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G596" s="7" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H596" s="7" t="s">
+        <v>2150</v>
+      </c>
+      <c r="I596" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J596" s="4" t="s">
+        <v>3321</v>
+      </c>
+    </row>
+    <row r="597" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A597" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B597" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C597" s="7" t="s">
+        <v>3325</v>
+      </c>
+      <c r="D597" s="7" t="s">
+        <v>3323</v>
+      </c>
+      <c r="E597" s="7" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F597" s="7" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G597" s="7" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H597" s="7" t="s">
+        <v>2300</v>
+      </c>
+      <c r="I597" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J597" s="4" t="s">
+        <v>3326</v>
+      </c>
+    </row>
+    <row r="598" spans="1:10" ht="157.5" x14ac:dyDescent="0.35">
+      <c r="A598" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B598" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C598" s="7" t="s">
+        <v>3322</v>
+      </c>
+      <c r="D598" s="7" t="s">
+        <v>3323</v>
+      </c>
+      <c r="E598" s="7" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F598" s="7" t="s">
+        <v>818</v>
+      </c>
+      <c r="G598" s="7" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H598" s="7" t="s">
+        <v>2299</v>
+      </c>
+      <c r="I598" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J598" s="4" t="s">
+        <v>3324</v>
+      </c>
+    </row>
+    <row r="599" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A599" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B599" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C599" s="7" t="s">
+        <v>3368</v>
+      </c>
+      <c r="D599" s="7" t="s">
+        <v>3369</v>
+      </c>
+      <c r="E599" s="7" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F599" s="7" t="s">
+        <v>1071</v>
+      </c>
+      <c r="G599" s="7" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H599" s="7" t="s">
+        <v>2141</v>
+      </c>
+      <c r="I599" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J599" s="4" t="s">
+        <v>3370</v>
+      </c>
+    </row>
+    <row r="600" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A600" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B600" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C600" s="7" t="s">
+        <v>3281</v>
+      </c>
+      <c r="D600" s="7" t="s">
+        <v>3282</v>
+      </c>
+      <c r="E600" s="7" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F600" s="7" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G600" s="7" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H600" s="7" t="s">
+        <v>2283</v>
+      </c>
+      <c r="I600" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J600" s="4" t="s">
+        <v>3283</v>
+      </c>
+    </row>
+    <row r="601" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A601" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B601" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C601" s="7" t="s">
+        <v>3287</v>
+      </c>
+      <c r="D601" s="7" t="s">
+        <v>3282</v>
+      </c>
+      <c r="E601" s="7" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F601" s="7" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G601" s="7" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H601" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I601" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J601" s="4" t="s">
+        <v>3288</v>
+      </c>
+    </row>
+    <row r="602" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A602" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B602" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C602" s="7" t="s">
+        <v>3357</v>
+      </c>
+      <c r="D602" s="7" t="s">
+        <v>3358</v>
+      </c>
+      <c r="E602" s="7" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F602" s="7" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G602" s="7" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H602" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I602" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J602" s="4" t="s">
+        <v>3359</v>
+      </c>
+    </row>
+    <row r="603" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A603" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B603" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C603" s="7" t="s">
+        <v>3343</v>
+      </c>
+      <c r="D603" s="7" t="s">
+        <v>3344</v>
+      </c>
+      <c r="E603" s="7" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F603" s="7" t="s">
+        <v>1064</v>
+      </c>
+      <c r="G603" s="7" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H603" s="7" t="s">
+        <v>2154</v>
+      </c>
+      <c r="I603" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J603" s="4" t="s">
+        <v>3345</v>
+      </c>
+    </row>
+    <row r="604" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A604" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B604" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C604" s="7" t="s">
+        <v>3351</v>
+      </c>
+      <c r="D604" s="7" t="s">
+        <v>3352</v>
+      </c>
+      <c r="E604" s="7" t="s">
+        <v>998</v>
+      </c>
+      <c r="F604" s="7" t="s">
+        <v>999</v>
+      </c>
+      <c r="G604" s="7" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H604" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I604" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J604" s="4" t="s">
+        <v>3353</v>
+      </c>
+    </row>
+    <row r="605" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A605" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B605" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C605" s="7" t="s">
+        <v>3348</v>
+      </c>
+      <c r="D605" s="7" t="s">
+        <v>3349</v>
+      </c>
+      <c r="E605" s="7" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F605" s="7" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G605" s="7" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H605" s="7" t="s">
+        <v>2310</v>
+      </c>
+      <c r="I605" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J605" s="4" t="s">
+        <v>3350</v>
+      </c>
+    </row>
+    <row r="606" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A606" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B606" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C606" s="7" t="s">
+        <v>3313</v>
+      </c>
+      <c r="D606" s="7" t="s">
+        <v>3314</v>
+      </c>
+      <c r="E606" s="7" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F606" s="7" t="s">
+        <v>1067</v>
+      </c>
+      <c r="G606" s="7" t="s">
+        <v>460</v>
+      </c>
+      <c r="H606" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I606" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J606" s="4" t="s">
+        <v>3315</v>
+      </c>
+    </row>
+    <row r="607" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A607" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B607" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C607" s="7" t="s">
+        <v>3327</v>
+      </c>
+      <c r="D607" s="7" t="s">
+        <v>3328</v>
+      </c>
+      <c r="E607" s="7" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F607" s="7" t="s">
+        <v>266</v>
+      </c>
+      <c r="G607" s="7" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H607" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I607" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J607" s="4" t="s">
+        <v>3329</v>
+      </c>
+    </row>
+    <row r="608" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A608" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B608" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C608" s="7" t="s">
+        <v>3341</v>
+      </c>
+      <c r="D608" s="7" t="s">
+        <v>3328</v>
+      </c>
+      <c r="E608" s="7" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F608" s="7" t="s">
+        <v>447</v>
+      </c>
+      <c r="G608" s="7" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H608" s="7" t="s">
+        <v>2136</v>
+      </c>
+      <c r="I608" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J608" s="4" t="s">
+        <v>3342</v>
+      </c>
+    </row>
+    <row r="609" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A609" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B609" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C609" s="7" t="s">
+        <v>3339</v>
+      </c>
+      <c r="D609" s="7" t="s">
+        <v>3328</v>
+      </c>
+      <c r="E609" s="7" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F609" s="7" t="s">
+        <v>820</v>
+      </c>
+      <c r="G609" s="7" t="s">
+        <v>460</v>
+      </c>
+      <c r="H609" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I609" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J609" s="4" t="s">
+        <v>3340</v>
+      </c>
+    </row>
+    <row r="610" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A610" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B610" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C610" s="7" t="s">
+        <v>3346</v>
+      </c>
+      <c r="D610" s="7" t="s">
+        <v>3328</v>
+      </c>
+      <c r="E610" s="7" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F610" s="7" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G610" s="7" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H610" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I610" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J610" s="4" t="s">
+        <v>3347</v>
+      </c>
+    </row>
+    <row r="611" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A611" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B611" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C611" s="7" t="s">
+        <v>3284</v>
+      </c>
+      <c r="D611" s="7" t="s">
+        <v>3285</v>
+      </c>
+      <c r="E611" s="7" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F611" s="7" t="s">
+        <v>1014</v>
+      </c>
+      <c r="G611" s="7" t="s">
+        <v>460</v>
+      </c>
+      <c r="H611" s="7" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I611" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J611" s="4" t="s">
+        <v>3286</v>
+      </c>
+    </row>
+    <row r="612" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A612" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B612" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C612" s="7" t="s">
+        <v>3309</v>
+      </c>
+      <c r="D612" s="7" t="s">
+        <v>3293</v>
+      </c>
+      <c r="E612" s="7" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F612" s="7" t="s">
+        <v>1031</v>
+      </c>
+      <c r="G612" s="7" t="s">
+        <v>417</v>
+      </c>
+      <c r="H612" s="7" t="s">
+        <v>2276</v>
+      </c>
+      <c r="I612" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J612" s="4" t="s">
+        <v>3310</v>
+      </c>
+    </row>
+    <row r="613" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A613" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B613" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C613" s="7" t="s">
+        <v>3307</v>
+      </c>
+      <c r="D613" s="7" t="s">
+        <v>3293</v>
+      </c>
+      <c r="E613" s="7" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F613" s="7" t="s">
+        <v>1033</v>
+      </c>
+      <c r="G613" s="7" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H613" s="7" t="s">
+        <v>2296</v>
+      </c>
+      <c r="I613" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J613" s="4" t="s">
+        <v>3308</v>
+      </c>
+    </row>
+    <row r="614" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A614" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B614" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C614" s="7" t="s">
+        <v>3292</v>
+      </c>
+      <c r="D614" s="7" t="s">
+        <v>3293</v>
+      </c>
+      <c r="E614" s="7" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F614" s="7" t="s">
+        <v>1047</v>
+      </c>
+      <c r="G614" s="7" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H614" s="7" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I614" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J614" s="4" t="s">
+        <v>3294</v>
+      </c>
+    </row>
+    <row r="615" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A615" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B615" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C615" s="7" t="s">
+        <v>3292</v>
+      </c>
+      <c r="D615" s="7" t="s">
+        <v>3293</v>
+      </c>
+      <c r="E615" s="7" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F615" s="7" t="s">
+        <v>1041</v>
+      </c>
+      <c r="G615" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="H615" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I615" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J615" s="4" t="s">
+        <v>3301</v>
+      </c>
+    </row>
+    <row r="616" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A616" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B616" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C616" s="7" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D616" s="7" t="s">
+        <v>3293</v>
+      </c>
+      <c r="E616" s="7" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F616" s="7" t="s">
+        <v>4361</v>
+      </c>
+      <c r="G616" s="7" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H616" s="7" t="s">
+        <v>2140</v>
+      </c>
+      <c r="I616" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J616" s="4" t="s">
+        <v>3312</v>
+      </c>
+    </row>
+    <row r="617" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A617" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B617" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C617" s="7" t="s">
+        <v>3302</v>
+      </c>
+      <c r="D617" s="7" t="s">
+        <v>3293</v>
+      </c>
+      <c r="E617" s="7" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F617" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="G617" s="7" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H617" s="7" t="s">
+        <v>2112</v>
+      </c>
+      <c r="I617" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J617" s="4" t="s">
+        <v>3303</v>
+      </c>
+    </row>
+    <row r="618" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A618" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B618" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C618" s="7" t="s">
+        <v>3360</v>
+      </c>
+      <c r="D618" s="7" t="s">
+        <v>3361</v>
+      </c>
+      <c r="E618" s="7" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F618" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G618" s="7" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H618" s="7" t="s">
+        <v>2321</v>
+      </c>
+      <c r="I618" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J618" s="4" t="s">
+        <v>3362</v>
+      </c>
+    </row>
+    <row r="619" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A619" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B619" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C619" s="7" t="s">
+        <v>3366</v>
+      </c>
+      <c r="D619" s="7" t="s">
+        <v>3361</v>
+      </c>
+      <c r="E619" s="7" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F619" s="7" t="s">
+        <v>1081</v>
+      </c>
+      <c r="G619" s="7" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H619" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I619" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J619" s="4" t="s">
+        <v>3367</v>
+      </c>
+    </row>
+    <row r="620" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A620" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B620" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C620" s="7" t="s">
+        <v>3330</v>
+      </c>
+      <c r="D620" s="7" t="s">
+        <v>3331</v>
+      </c>
+      <c r="E620" s="7" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F620" s="7" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G620" s="7" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H620" s="7" t="s">
+        <v>2152</v>
+      </c>
+      <c r="I620" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J620" s="4" t="s">
+        <v>3332</v>
+      </c>
+    </row>
+    <row r="621" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A621" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B621" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C621" s="7" t="s">
+        <v>3354</v>
+      </c>
+      <c r="D621" s="7" t="s">
+        <v>3355</v>
+      </c>
+      <c r="E621" s="7" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F621" s="7" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G621" s="7" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H621" s="7" t="s">
+        <v>2188</v>
+      </c>
+      <c r="I621" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J621" s="4" t="s">
+        <v>3356</v>
+      </c>
+    </row>
+    <row r="622" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A622" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B622" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C622" s="7" t="s">
+        <v>3316</v>
+      </c>
+      <c r="D622" s="7" t="s">
+        <v>3317</v>
+      </c>
+      <c r="E622" s="7" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F622" s="7" t="s">
+        <v>1043</v>
+      </c>
+      <c r="G622" s="7" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H622" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I622" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J622" s="4" t="s">
+        <v>3318</v>
+      </c>
+    </row>
+    <row r="623" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A623" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B623" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C623" s="7" t="s">
+        <v>3295</v>
+      </c>
+      <c r="D623" s="7" t="s">
+        <v>3296</v>
+      </c>
+      <c r="E623" s="7" t="s">
+        <v>1045</v>
+      </c>
+      <c r="F623" s="7" t="s">
+        <v>951</v>
+      </c>
+      <c r="G623" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="H623" s="7" t="s">
+        <v>2113</v>
+      </c>
+      <c r="I623" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J623" s="4" t="s">
+        <v>3297</v>
+      </c>
+    </row>
+    <row r="624" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A624" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B624" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C624" s="7" t="s">
+        <v>3333</v>
+      </c>
+      <c r="D624" s="7" t="s">
+        <v>3334</v>
+      </c>
+      <c r="E624" s="7" t="s">
+        <v>1026</v>
+      </c>
+      <c r="F624" s="7" t="s">
+        <v>400</v>
+      </c>
+      <c r="G624" s="7" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H624" s="7" t="s">
+        <v>2301</v>
+      </c>
+      <c r="I624" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J624" s="4" t="s">
+        <v>3335</v>
+      </c>
+    </row>
+    <row r="625" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A625" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B625" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C625" s="7" t="s">
+        <v>3336</v>
+      </c>
+      <c r="D625" s="7" t="s">
+        <v>3337</v>
+      </c>
+      <c r="E625" s="7" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F625" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="G625" s="7" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H625" s="7" t="s">
+        <v>2153</v>
+      </c>
+      <c r="I625" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J625" s="4" t="s">
+        <v>3338</v>
+      </c>
+    </row>
+    <row r="626" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A626" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B626" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C626" s="7" t="s">
+        <v>3298</v>
+      </c>
+      <c r="D626" s="7" t="s">
+        <v>3299</v>
+      </c>
+      <c r="E626" s="7" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F626" s="7" t="s">
+        <v>1025</v>
+      </c>
+      <c r="G626" s="7" t="s">
+        <v>313</v>
+      </c>
+      <c r="H626" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="I626" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J626" s="4" t="s">
+        <v>3300</v>
+      </c>
+    </row>
+    <row r="627" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A627" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B627" s="7" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C627" s="7" t="s">
+        <v>3363</v>
+      </c>
+      <c r="D627" s="7" t="s">
+        <v>3364</v>
+      </c>
+      <c r="E627" s="7" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F627" s="7" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G627" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="H627" s="7" t="s">
+        <v>2302</v>
+      </c>
+      <c r="I627" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J627" s="4" t="s">
+        <v>3365</v>
+      </c>
+    </row>
+    <row r="628" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A628" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B628" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C628" s="7" t="s">
+        <v>4138</v>
+      </c>
+      <c r="D628" s="7" t="s">
+        <v>4136</v>
+      </c>
+      <c r="E628" s="7" t="s">
+        <v>1840</v>
+      </c>
+      <c r="F628" s="7" t="s">
+        <v>1841</v>
+      </c>
+      <c r="G628" s="7" t="s">
+        <v>1842</v>
+      </c>
+      <c r="H628" s="7" t="s">
+        <v>2140</v>
+      </c>
+      <c r="I628" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J628" s="4" t="s">
+        <v>4139</v>
+      </c>
+    </row>
+    <row r="629" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A629" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B629" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C629" s="7" t="s">
+        <v>4135</v>
+      </c>
+      <c r="D629" s="7" t="s">
+        <v>4136</v>
+      </c>
+      <c r="E629" s="7" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F629" s="7" t="s">
+        <v>1844</v>
+      </c>
+      <c r="G629" s="7" t="s">
+        <v>1845</v>
+      </c>
+      <c r="H629" s="7" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I629" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J629" s="4" t="s">
+        <v>4137</v>
+      </c>
+    </row>
+    <row r="630" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A630" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B630" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C630" s="7" t="s">
+        <v>4059</v>
+      </c>
+      <c r="D630" s="7" t="s">
+        <v>4060</v>
+      </c>
+      <c r="E630" s="7" t="s">
+        <v>1748</v>
+      </c>
+      <c r="F630" s="7" t="s">
+        <v>1682</v>
+      </c>
+      <c r="G630" s="7" t="s">
+        <v>1749</v>
+      </c>
+      <c r="H630" s="7" t="s">
+        <v>2095</v>
+      </c>
+      <c r="I630" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J630" s="4" t="s">
+        <v>4061</v>
+      </c>
+    </row>
+    <row r="631" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A631" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B631" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C631" s="7" t="s">
+        <v>4105</v>
+      </c>
+      <c r="D631" s="7" t="s">
+        <v>4106</v>
+      </c>
+      <c r="E631" s="7" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F631" s="7" t="s">
+        <v>1804</v>
+      </c>
+      <c r="G631" s="7" t="s">
+        <v>1805</v>
+      </c>
+      <c r="H631" s="7" t="s">
+        <v>2143</v>
+      </c>
+      <c r="I631" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J631" s="4" t="s">
+        <v>4107</v>
+      </c>
+    </row>
+    <row r="632" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A632" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B632" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C632" s="7" t="s">
+        <v>4126</v>
+      </c>
+      <c r="D632" s="7" t="s">
+        <v>4127</v>
+      </c>
+      <c r="E632" s="7" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F632" s="7" t="s">
+        <v>1850</v>
+      </c>
+      <c r="G632" s="7" t="s">
+        <v>1851</v>
+      </c>
+      <c r="H632" s="7" t="s">
+        <v>2054</v>
+      </c>
+      <c r="I632" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J632" s="4" t="s">
+        <v>4128</v>
+      </c>
+    </row>
+    <row r="633" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A633" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B633" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C633" s="7" t="s">
+        <v>4120</v>
+      </c>
+      <c r="D633" s="7" t="s">
+        <v>4121</v>
+      </c>
+      <c r="E633" s="7" t="s">
+        <v>1806</v>
+      </c>
+      <c r="F633" s="7" t="s">
+        <v>1807</v>
+      </c>
+      <c r="G633" s="7" t="s">
+        <v>1808</v>
+      </c>
+      <c r="H633" s="7" t="s">
+        <v>2320</v>
+      </c>
+      <c r="I633" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J633" s="4" t="s">
+        <v>4122</v>
+      </c>
+    </row>
+    <row r="634" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A634" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B634" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C634" s="7" t="s">
+        <v>4086</v>
+      </c>
+      <c r="D634" s="7" t="s">
+        <v>4087</v>
+      </c>
+      <c r="E634" s="7" t="s">
+        <v>1857</v>
+      </c>
+      <c r="F634" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G634" s="7" t="s">
+        <v>1858</v>
+      </c>
+      <c r="H634" s="7" t="s">
+        <v>2105</v>
+      </c>
+      <c r="I634" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J634" s="4" t="s">
+        <v>4088</v>
+      </c>
+    </row>
+    <row r="635" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A635" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B635" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C635" s="7" t="s">
+        <v>4148</v>
+      </c>
+      <c r="D635" s="7" t="s">
+        <v>4149</v>
+      </c>
+      <c r="E635" s="7" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F635" s="7" t="s">
+        <v>1823</v>
+      </c>
+      <c r="G635" s="7" t="s">
+        <v>1824</v>
+      </c>
+      <c r="H635" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I635" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J635" s="4" t="s">
+        <v>4150</v>
+      </c>
+    </row>
+    <row r="636" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A636" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B636" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C636" s="7" t="s">
+        <v>4092</v>
+      </c>
+      <c r="D636" s="7" t="s">
+        <v>4093</v>
+      </c>
+      <c r="E636" s="7" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F636" s="7" t="s">
+        <v>967</v>
+      </c>
+      <c r="G636" s="7" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H636" s="7" t="s">
+        <v>2083</v>
+      </c>
+      <c r="I636" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J636" s="4" t="s">
+        <v>4094</v>
+      </c>
+    </row>
+    <row r="637" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A637" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B637" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C637" s="7" t="s">
+        <v>4114</v>
+      </c>
+      <c r="D637" s="7" t="s">
+        <v>4115</v>
+      </c>
+      <c r="E637" s="7" t="s">
+        <v>1796</v>
+      </c>
+      <c r="F637" s="7" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G637" s="7" t="s">
+        <v>1798</v>
+      </c>
+      <c r="H637" s="7" t="s">
+        <v>2186</v>
+      </c>
+      <c r="I637" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J637" s="4" t="s">
+        <v>4116</v>
+      </c>
+    </row>
+    <row r="638" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A638" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B638" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C638" s="7" t="s">
+        <v>4117</v>
+      </c>
+      <c r="D638" s="7" t="s">
+        <v>4115</v>
+      </c>
+      <c r="E638" s="7" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F638" s="7" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G638" s="7" t="s">
+        <v>4362</v>
+      </c>
+      <c r="H638" s="7" t="s">
+        <v>2083</v>
+      </c>
+      <c r="I638" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J638" s="4" t="s">
+        <v>4118</v>
+      </c>
+    </row>
+    <row r="639" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A639" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B639" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C639" s="7" t="s">
+        <v>4151</v>
+      </c>
+      <c r="D639" s="7" t="s">
+        <v>4152</v>
+      </c>
+      <c r="E639" s="7" t="s">
+        <v>1819</v>
+      </c>
+      <c r="F639" s="7" t="s">
+        <v>1820</v>
+      </c>
+      <c r="G639" s="7" t="s">
+        <v>1821</v>
+      </c>
+      <c r="H639" s="7" t="s">
+        <v>2113</v>
+      </c>
+      <c r="I639" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J639" s="4" t="s">
+        <v>4153</v>
+      </c>
+    </row>
+    <row r="640" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A640" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B640" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C640" s="7" t="s">
+        <v>4140</v>
+      </c>
+      <c r="D640" s="7" t="s">
+        <v>4141</v>
+      </c>
+      <c r="E640" s="7" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F640" s="7" t="s">
+        <v>1838</v>
+      </c>
+      <c r="G640" s="7" t="s">
+        <v>1839</v>
+      </c>
+      <c r="H640" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I640" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J640" s="4" t="s">
+        <v>4142</v>
+      </c>
+    </row>
+    <row r="641" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A641" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B641" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C641" s="7" t="s">
+        <v>4146</v>
+      </c>
+      <c r="D641" s="7" t="s">
+        <v>4141</v>
+      </c>
+      <c r="E641" s="7" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F641" s="7" t="s">
+        <v>1810</v>
+      </c>
+      <c r="G641" s="7" t="s">
+        <v>1811</v>
+      </c>
+      <c r="H641" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I641" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J641" s="4" t="s">
+        <v>4147</v>
+      </c>
+    </row>
+    <row r="642" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A642" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B642" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C642" s="7" t="s">
+        <v>4082</v>
+      </c>
+      <c r="D642" s="7" t="s">
+        <v>4083</v>
+      </c>
+      <c r="E642" s="7" t="s">
+        <v>1859</v>
+      </c>
+      <c r="F642" s="7" t="s">
+        <v>1860</v>
+      </c>
+      <c r="G642" s="7" t="s">
+        <v>1861</v>
+      </c>
+      <c r="H642" s="7" t="s">
+        <v>2065</v>
+      </c>
+      <c r="I642" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J642" s="4" t="s">
+        <v>4084</v>
+      </c>
+    </row>
+    <row r="643" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A643" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B643" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C643" s="7" t="s">
+        <v>4111</v>
+      </c>
+      <c r="D643" s="7" t="s">
+        <v>4112</v>
+      </c>
+      <c r="E643" s="7" t="s">
+        <v>1779</v>
+      </c>
+      <c r="F643" s="7" t="s">
+        <v>1780</v>
+      </c>
+      <c r="G643" s="7" t="s">
+        <v>1781</v>
+      </c>
+      <c r="H643" s="7" t="s">
+        <v>2134</v>
+      </c>
+      <c r="I643" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J643" s="4" t="s">
+        <v>4113</v>
+      </c>
+    </row>
+    <row r="644" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A644" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B644" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C644" s="7" t="s">
+        <v>4065</v>
+      </c>
+      <c r="D644" s="7" t="s">
+        <v>4066</v>
+      </c>
+      <c r="E644" s="7" t="s">
+        <v>1785</v>
+      </c>
+      <c r="F644" s="7" t="s">
+        <v>1786</v>
+      </c>
+      <c r="G644" s="7" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H644" s="7" t="s">
+        <v>2054</v>
+      </c>
+      <c r="I644" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J644" s="4" t="s">
+        <v>4067</v>
+      </c>
+    </row>
+    <row r="645" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A645" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B645" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C645" s="7" t="s">
+        <v>4042</v>
+      </c>
+      <c r="D645" s="7" t="s">
+        <v>4043</v>
+      </c>
+      <c r="E645" s="7" t="s">
+        <v>1763</v>
+      </c>
+      <c r="F645" s="7" t="s">
+        <v>948</v>
+      </c>
+      <c r="G645" s="7" t="s">
+        <v>1764</v>
+      </c>
+      <c r="H645" s="7" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I645" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J645" s="4" t="s">
+        <v>4044</v>
+      </c>
+    </row>
+    <row r="646" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A646" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B646" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C646" s="7" t="s">
+        <v>4123</v>
+      </c>
+      <c r="D646" s="7" t="s">
+        <v>4124</v>
+      </c>
+      <c r="E646" s="7" t="s">
+        <v>1812</v>
+      </c>
+      <c r="F646" s="7" t="s">
+        <v>1813</v>
+      </c>
+      <c r="G646" s="7" t="s">
+        <v>1814</v>
+      </c>
+      <c r="H646" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I646" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J646" s="4" t="s">
+        <v>4125</v>
+      </c>
+    </row>
+    <row r="647" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A647" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B647" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C647" s="7" t="s">
+        <v>4143</v>
+      </c>
+      <c r="D647" s="7" t="s">
+        <v>4144</v>
+      </c>
+      <c r="E647" s="7" t="s">
+        <v>1834</v>
+      </c>
+      <c r="F647" s="7" t="s">
+        <v>1835</v>
+      </c>
+      <c r="G647" s="7" t="s">
+        <v>1836</v>
+      </c>
+      <c r="H647" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I647" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J647" s="4" t="s">
+        <v>4145</v>
+      </c>
+    </row>
+    <row r="648" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A648" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B648" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C648" s="7" t="s">
+        <v>4045</v>
+      </c>
+      <c r="D648" s="7" t="s">
+        <v>4046</v>
+      </c>
+      <c r="E648" s="7" t="s">
+        <v>1760</v>
+      </c>
+      <c r="F648" s="7" t="s">
+        <v>1761</v>
+      </c>
+      <c r="G648" s="7" t="s">
+        <v>1762</v>
+      </c>
+      <c r="H648" s="7" t="s">
+        <v>2091</v>
+      </c>
+      <c r="I648" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J648" s="4" t="s">
+        <v>4047</v>
+      </c>
+    </row>
+    <row r="649" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A649" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B649" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C649" s="7" t="s">
+        <v>4157</v>
+      </c>
+      <c r="D649" s="7" t="s">
+        <v>4158</v>
+      </c>
+      <c r="E649" s="7" t="s">
+        <v>1815</v>
+      </c>
+      <c r="F649" s="7" t="s">
+        <v>1816</v>
+      </c>
+      <c r="G649" s="7" t="s">
+        <v>352</v>
+      </c>
+      <c r="H649" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I649" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J649" s="4" t="s">
+        <v>4159</v>
+      </c>
+    </row>
+    <row r="650" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A650" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B650" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C650" s="7" t="s">
+        <v>4096</v>
+      </c>
+      <c r="D650" s="7" t="s">
+        <v>4097</v>
+      </c>
+      <c r="E650" s="7" t="s">
+        <v>1788</v>
+      </c>
+      <c r="F650" s="7" t="s">
+        <v>1585</v>
+      </c>
+      <c r="G650" s="7" t="s">
+        <v>1789</v>
+      </c>
+      <c r="H650" s="7" t="s">
+        <v>2142</v>
+      </c>
+      <c r="I650" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J650" s="4" t="s">
+        <v>4098</v>
+      </c>
+    </row>
+    <row r="651" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A651" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B651" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C651" s="7" t="s">
+        <v>4099</v>
+      </c>
+      <c r="D651" s="7" t="s">
+        <v>4100</v>
+      </c>
+      <c r="E651" s="7" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F651" s="7" t="s">
+        <v>1793</v>
+      </c>
+      <c r="G651" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="H651" s="7" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I651" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J651" s="4" t="s">
+        <v>4101</v>
+      </c>
+    </row>
+    <row r="652" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A652" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B652" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C652" s="7" t="s">
+        <v>4079</v>
+      </c>
+      <c r="D652" s="7" t="s">
+        <v>4080</v>
+      </c>
+      <c r="E652" s="7" t="s">
+        <v>1852</v>
+      </c>
+      <c r="F652" s="7" t="s">
+        <v>1853</v>
+      </c>
+      <c r="G652" s="7" t="s">
+        <v>1854</v>
+      </c>
+      <c r="H652" s="7" t="s">
+        <v>2061</v>
+      </c>
+      <c r="I652" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J652" s="4" t="s">
+        <v>4081</v>
+      </c>
+    </row>
+    <row r="653" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A653" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B653" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C653" s="7" t="s">
+        <v>4062</v>
+      </c>
+      <c r="D653" s="7" t="s">
+        <v>4063</v>
+      </c>
+      <c r="E653" s="7" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F653" s="7" t="s">
+        <v>1746</v>
+      </c>
+      <c r="G653" s="7" t="s">
+        <v>1747</v>
+      </c>
+      <c r="H653" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I653" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J653" s="4" t="s">
+        <v>4064</v>
+      </c>
+    </row>
+    <row r="654" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A654" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B654" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C654" s="7" t="s">
+        <v>4056</v>
+      </c>
+      <c r="D654" s="7" t="s">
+        <v>4057</v>
+      </c>
+      <c r="E654" s="7" t="s">
+        <v>1750</v>
+      </c>
+      <c r="F654" s="7" t="s">
+        <v>1751</v>
+      </c>
+      <c r="G654" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="H654" s="7" t="s">
+        <v>2094</v>
+      </c>
+      <c r="I654" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J654" s="4" t="s">
+        <v>4058</v>
+      </c>
+    </row>
+    <row r="655" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A655" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B655" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C655" s="7" t="s">
+        <v>4051</v>
+      </c>
+      <c r="D655" s="7" t="s">
+        <v>4049</v>
+      </c>
+      <c r="E655" s="7" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F655" s="7" t="s">
+        <v>1758</v>
+      </c>
+      <c r="G655" s="7" t="s">
+        <v>1759</v>
+      </c>
+      <c r="H655" s="7" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I655" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J655" s="4" t="s">
+        <v>4052</v>
+      </c>
+    </row>
+    <row r="656" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A656" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B656" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C656" s="7" t="s">
+        <v>4048</v>
+      </c>
+      <c r="D656" s="7" t="s">
+        <v>4049</v>
+      </c>
+      <c r="E656" s="7" t="s">
+        <v>1742</v>
+      </c>
+      <c r="F656" s="7" t="s">
+        <v>1743</v>
+      </c>
+      <c r="G656" s="7" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H656" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I656" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J656" s="4" t="s">
+        <v>4050</v>
+      </c>
+    </row>
+    <row r="657" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A657" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B657" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C657" s="7" t="s">
+        <v>4102</v>
+      </c>
+      <c r="D657" s="7" t="s">
+        <v>4103</v>
+      </c>
+      <c r="E657" s="7" t="s">
+        <v>1846</v>
+      </c>
+      <c r="F657" s="7" t="s">
+        <v>1847</v>
+      </c>
+      <c r="G657" s="7" t="s">
+        <v>1848</v>
+      </c>
+      <c r="H657" s="7" t="s">
+        <v>2055</v>
+      </c>
+      <c r="I657" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J657" s="4" t="s">
+        <v>4104</v>
+      </c>
+    </row>
+    <row r="658" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A658" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B658" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C658" s="7" t="s">
+        <v>4053</v>
+      </c>
+      <c r="D658" s="7" t="s">
+        <v>4054</v>
+      </c>
+      <c r="E658" s="7" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F658" s="7" t="s">
+        <v>1766</v>
+      </c>
+      <c r="G658" s="7" t="s">
+        <v>1767</v>
+      </c>
+      <c r="H658" s="7" t="s">
+        <v>2092</v>
+      </c>
+      <c r="I658" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J658" s="4" t="s">
+        <v>4055</v>
+      </c>
+    </row>
+    <row r="659" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A659" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B659" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C659" s="7" t="s">
+        <v>4108</v>
+      </c>
+      <c r="D659" s="7" t="s">
+        <v>4109</v>
+      </c>
+      <c r="E659" s="7" t="s">
+        <v>1782</v>
+      </c>
+      <c r="F659" s="7" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G659" s="7" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H659" s="7" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I659" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J659" s="4" t="s">
+        <v>4110</v>
+      </c>
+    </row>
+    <row r="660" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A660" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B660" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C660" s="7" t="s">
+        <v>4108</v>
+      </c>
+      <c r="D660" s="7" t="s">
+        <v>4109</v>
+      </c>
+      <c r="E660" s="7" t="s">
+        <v>1768</v>
+      </c>
+      <c r="F660" s="7" t="s">
+        <v>1769</v>
+      </c>
+      <c r="G660" s="7" t="s">
+        <v>1770</v>
+      </c>
+      <c r="H660" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I660" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J660" s="4" t="s">
+        <v>4119</v>
+      </c>
+    </row>
+    <row r="661" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A661" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B661" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C661" s="7" t="s">
+        <v>4123</v>
+      </c>
+      <c r="D661" s="7" t="s">
+        <v>4129</v>
+      </c>
+      <c r="E661" s="7" t="s">
+        <v>1828</v>
+      </c>
+      <c r="F661" s="7" t="s">
+        <v>1829</v>
+      </c>
+      <c r="G661" s="7" t="s">
+        <v>1830</v>
+      </c>
+      <c r="H661" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I661" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J661" s="4" t="s">
+        <v>4130</v>
+      </c>
+    </row>
+    <row r="662" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A662" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B662" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C662" s="7" t="s">
+        <v>4123</v>
+      </c>
+      <c r="D662" s="7" t="s">
+        <v>4129</v>
+      </c>
+      <c r="E662" s="7" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F662" s="7" t="s">
+        <v>1777</v>
+      </c>
+      <c r="G662" s="7" t="s">
+        <v>1778</v>
+      </c>
+      <c r="H662" s="7" t="s">
+        <v>2161</v>
+      </c>
+      <c r="I662" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J662" s="4" t="s">
+        <v>4134</v>
+      </c>
+    </row>
+    <row r="663" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A663" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B663" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C663" s="7" t="s">
+        <v>4131</v>
+      </c>
+      <c r="D663" s="7" t="s">
+        <v>4129</v>
+      </c>
+      <c r="E663" s="7" t="s">
+        <v>1825</v>
+      </c>
+      <c r="F663" s="7" t="s">
+        <v>1826</v>
+      </c>
+      <c r="G663" s="7" t="s">
+        <v>1827</v>
+      </c>
+      <c r="H663" s="7" t="s">
+        <v>2083</v>
+      </c>
+      <c r="I663" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J663" s="4" t="s">
+        <v>4132</v>
+      </c>
+    </row>
+    <row r="664" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A664" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B664" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C664" s="7" t="s">
+        <v>4131</v>
+      </c>
+      <c r="D664" s="7" t="s">
+        <v>4129</v>
+      </c>
+      <c r="E664" s="7" t="s">
+        <v>1773</v>
+      </c>
+      <c r="F664" s="7" t="s">
+        <v>1774</v>
+      </c>
+      <c r="G664" s="7" t="s">
+        <v>1775</v>
+      </c>
+      <c r="H664" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I664" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J664" s="4" t="s">
+        <v>4133</v>
+      </c>
+    </row>
+    <row r="665" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A665" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B665" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C665" s="7" t="s">
+        <v>4090</v>
+      </c>
+      <c r="D665" s="7" t="s">
+        <v>4069</v>
+      </c>
+      <c r="E665" s="7" t="s">
+        <v>1831</v>
+      </c>
+      <c r="F665" s="7" t="s">
+        <v>1832</v>
+      </c>
+      <c r="G665" s="7" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H665" s="7" t="s">
+        <v>2284</v>
+      </c>
+      <c r="I665" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J665" s="4" t="s">
+        <v>4091</v>
+      </c>
+    </row>
+    <row r="666" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A666" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B666" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C666" s="7" t="s">
+        <v>4071</v>
+      </c>
+      <c r="D666" s="7" t="s">
+        <v>4069</v>
+      </c>
+      <c r="E666" s="7" t="s">
+        <v>1752</v>
+      </c>
+      <c r="F666" s="7" t="s">
+        <v>1753</v>
+      </c>
+      <c r="G666" s="7" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H666" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I666" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J666" s="4" t="s">
+        <v>4072</v>
+      </c>
+    </row>
+    <row r="667" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A667" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B667" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C667" s="7" t="s">
+        <v>4077</v>
+      </c>
+      <c r="D667" s="7" t="s">
+        <v>4069</v>
+      </c>
+      <c r="E667" s="7" t="s">
+        <v>1790</v>
+      </c>
+      <c r="F667" s="7" t="s">
+        <v>1791</v>
+      </c>
+      <c r="G667" s="7" t="s">
+        <v>1728</v>
+      </c>
+      <c r="H667" s="7" t="s">
+        <v>2141</v>
+      </c>
+      <c r="I667" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J667" s="4" t="s">
+        <v>4095</v>
+      </c>
+    </row>
+    <row r="668" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A668" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B668" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C668" s="7" t="s">
+        <v>4077</v>
+      </c>
+      <c r="D668" s="7" t="s">
+        <v>4069</v>
+      </c>
+      <c r="E668" s="7" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F668" s="7" t="s">
+        <v>976</v>
+      </c>
+      <c r="G668" s="7" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H668" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I668" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J668" s="4" t="s">
+        <v>4078</v>
+      </c>
+    </row>
+    <row r="669" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A669" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B669" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C669" s="7" t="s">
+        <v>4073</v>
+      </c>
+      <c r="D669" s="7" t="s">
+        <v>4069</v>
+      </c>
+      <c r="E669" s="7" t="s">
+        <v>1855</v>
+      </c>
+      <c r="F669" s="7" t="s">
+        <v>1856</v>
+      </c>
+      <c r="G669" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H669" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I669" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J669" s="4" t="s">
+        <v>4089</v>
+      </c>
+    </row>
+    <row r="670" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A670" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B670" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C670" s="7" t="s">
+        <v>4073</v>
+      </c>
+      <c r="D670" s="7" t="s">
+        <v>4069</v>
+      </c>
+      <c r="E670" s="7" t="s">
+        <v>1862</v>
+      </c>
+      <c r="F670" s="7" t="s">
+        <v>1863</v>
+      </c>
+      <c r="G670" s="7" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H670" s="7" t="s">
+        <v>2092</v>
+      </c>
+      <c r="I670" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J670" s="4" t="s">
+        <v>4085</v>
+      </c>
+    </row>
+    <row r="671" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A671" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B671" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C671" s="7" t="s">
+        <v>4073</v>
+      </c>
+      <c r="D671" s="7" t="s">
+        <v>4069</v>
+      </c>
+      <c r="E671" s="7" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F671" s="7" t="s">
+        <v>1802</v>
+      </c>
+      <c r="G671" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="H671" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I671" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J671" s="4" t="s">
+        <v>4074</v>
+      </c>
+    </row>
+    <row r="672" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A672" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B672" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C672" s="7" t="s">
+        <v>4068</v>
+      </c>
+      <c r="D672" s="7" t="s">
+        <v>4069</v>
+      </c>
+      <c r="E672" s="7" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F672" s="7" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G672" s="7" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H672" s="7" t="s">
+        <v>2265</v>
+      </c>
+      <c r="I672" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J672" s="4" t="s">
+        <v>4070</v>
+      </c>
+    </row>
+    <row r="673" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A673" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B673" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C673" s="7" t="s">
+        <v>4075</v>
+      </c>
+      <c r="D673" s="7" t="s">
+        <v>4069</v>
+      </c>
+      <c r="E673" s="7" t="s">
+        <v>1739</v>
+      </c>
+      <c r="F673" s="7" t="s">
+        <v>1740</v>
+      </c>
+      <c r="G673" s="7" t="s">
+        <v>1741</v>
+      </c>
+      <c r="H673" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I673" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J673" s="4" t="s">
+        <v>4076</v>
+      </c>
+    </row>
+    <row r="674" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A674" s="7" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B674" s="7" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C674" s="7" t="s">
+        <v>4154</v>
+      </c>
+      <c r="D674" s="7" t="s">
+        <v>4155</v>
+      </c>
+      <c r="E674" s="7" t="s">
+        <v>1817</v>
+      </c>
+      <c r="F674" s="7" t="s">
+        <v>1818</v>
+      </c>
+      <c r="G674" s="7" t="s">
+        <v>540</v>
+      </c>
+      <c r="H674" s="7" t="s">
+        <v>2151</v>
+      </c>
+      <c r="I674" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J674" s="4" t="s">
+        <v>4156</v>
+      </c>
+    </row>
+    <row r="675" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A675" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B675" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C675" s="7" t="s">
+        <v>3509</v>
+      </c>
+      <c r="D675" s="7" t="s">
+        <v>3497</v>
+      </c>
+      <c r="E675" s="7" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F675" s="7" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G675" s="7" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H675" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I675" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J675" s="4" t="s">
+        <v>3510</v>
+      </c>
+    </row>
+    <row r="676" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A676" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B676" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C676" s="7" t="s">
+        <v>3511</v>
+      </c>
+      <c r="D676" s="7" t="s">
+        <v>3497</v>
+      </c>
+      <c r="E676" s="7" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F676" s="7" t="s">
+        <v>1235</v>
+      </c>
+      <c r="G676" s="7" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H676" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I676" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J676" s="4" t="s">
+        <v>3512</v>
+      </c>
+    </row>
+    <row r="677" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A677" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B677" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C677" s="7" t="s">
+        <v>3496</v>
+      </c>
+      <c r="D677" s="7" t="s">
+        <v>3497</v>
+      </c>
+      <c r="E677" s="7" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F677" s="7" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G677" s="7" t="s">
+        <v>1252</v>
+      </c>
+      <c r="H677" s="7" t="s">
+        <v>2189</v>
+      </c>
+      <c r="I677" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J677" s="4" t="s">
+        <v>3498</v>
+      </c>
+    </row>
+    <row r="678" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A678" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B678" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C678" s="7" t="s">
+        <v>3517</v>
+      </c>
+      <c r="D678" s="7" t="s">
+        <v>3518</v>
+      </c>
+      <c r="E678" s="7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F678" s="7" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G678" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H678" s="7" t="s">
+        <v>2128</v>
+      </c>
+      <c r="I678" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J678" s="4" t="s">
+        <v>3519</v>
+      </c>
+    </row>
+    <row r="679" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A679" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B679" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C679" s="7" t="s">
+        <v>3506</v>
+      </c>
+      <c r="D679" s="7" t="s">
+        <v>3507</v>
+      </c>
+      <c r="E679" s="7" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F679" s="7" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G679" s="7" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H679" s="7" t="s">
+        <v>2142</v>
+      </c>
+      <c r="I679" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J679" s="4" t="s">
+        <v>3508</v>
+      </c>
+    </row>
+    <row r="680" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A680" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B680" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C680" s="7" t="s">
+        <v>3504</v>
+      </c>
+      <c r="D680" s="7" t="s">
+        <v>3500</v>
+      </c>
+      <c r="E680" s="7" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F680" s="7" t="s">
+        <v>1246</v>
+      </c>
+      <c r="G680" s="7" t="s">
+        <v>1247</v>
+      </c>
+      <c r="H680" s="7" t="s">
+        <v>2113</v>
+      </c>
+      <c r="I680" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J680" s="4" t="s">
+        <v>3505</v>
+      </c>
+    </row>
+    <row r="681" spans="1:10" ht="60.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A681" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B681" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C681" s="7" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D681" s="7" t="s">
+        <v>3500</v>
+      </c>
+      <c r="E681" s="7" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F681" s="7" t="s">
+        <v>1238</v>
+      </c>
+      <c r="G681" s="7" t="s">
+        <v>4363</v>
+      </c>
+      <c r="H681" s="7" t="s">
+        <v>2113</v>
+      </c>
+      <c r="I681" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J681" s="4" t="s">
+        <v>3501</v>
+      </c>
+    </row>
+    <row r="682" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A682" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B682" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C682" s="7" t="s">
+        <v>3502</v>
+      </c>
+      <c r="D682" s="7" t="s">
+        <v>3500</v>
+      </c>
+      <c r="E682" s="7" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F682" s="7" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G682" s="7" t="s">
+        <v>1241</v>
+      </c>
+      <c r="H682" s="7" t="s">
+        <v>2190</v>
+      </c>
+      <c r="I682" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J682" s="4" t="s">
+        <v>3503</v>
+      </c>
+    </row>
+    <row r="683" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A683" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B683" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C683" s="7" t="s">
+        <v>3542</v>
+      </c>
+      <c r="D683" s="7" t="s">
+        <v>3543</v>
+      </c>
+      <c r="E683" s="7" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F683" s="7" t="s">
+        <v>1249</v>
+      </c>
+      <c r="G683" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H683" s="7" t="s">
+        <v>2252</v>
+      </c>
+      <c r="I683" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J683" s="4" t="s">
+        <v>3544</v>
+      </c>
+    </row>
+    <row r="684" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A684" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B684" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C684" s="7" t="s">
+        <v>3520</v>
+      </c>
+      <c r="D684" s="7" t="s">
+        <v>3521</v>
+      </c>
+      <c r="E684" s="7" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F684" s="7" t="s">
+        <v>1191</v>
+      </c>
+      <c r="G684" s="7" t="s">
+        <v>2047</v>
+      </c>
+      <c r="H684" s="7" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I684" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J684" s="4" t="s">
+        <v>3522</v>
+      </c>
+    </row>
+    <row r="685" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A685" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B685" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C685" s="7" t="s">
+        <v>3536</v>
+      </c>
+      <c r="D685" s="7" t="s">
+        <v>3537</v>
+      </c>
+      <c r="E685" s="7" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F685" s="7" t="s">
+        <v>1187</v>
+      </c>
+      <c r="G685" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H685" s="7" t="s">
+        <v>2099</v>
+      </c>
+      <c r="I685" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J685" s="4" t="s">
+        <v>3538</v>
+      </c>
+    </row>
+    <row r="686" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A686" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B686" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C686" s="7" t="s">
+        <v>3514</v>
+      </c>
+      <c r="D686" s="7" t="s">
+        <v>3515</v>
+      </c>
+      <c r="E686" s="7" t="s">
+        <v>1232</v>
+      </c>
+      <c r="F686" s="7" t="s">
+        <v>1233</v>
+      </c>
+      <c r="G686" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="H686" s="7" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I686" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J686" s="4" t="s">
+        <v>3516</v>
+      </c>
+    </row>
+    <row r="687" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A687" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B687" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C687" s="7" t="s">
+        <v>3534</v>
+      </c>
+      <c r="D687" s="7" t="s">
+        <v>3524</v>
+      </c>
+      <c r="E687" s="7" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F687" s="7" t="s">
+        <v>1243</v>
+      </c>
+      <c r="G687" s="7" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H687" s="7" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I687" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J687" s="4" t="s">
+        <v>3535</v>
+      </c>
+    </row>
+    <row r="688" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A688" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B688" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C688" s="7" t="s">
+        <v>3523</v>
+      </c>
+      <c r="D688" s="7" t="s">
+        <v>3524</v>
+      </c>
+      <c r="E688" s="7" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F688" s="7" t="s">
+        <v>1203</v>
+      </c>
+      <c r="G688" s="7" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H688" s="7" t="s">
+        <v>2320</v>
+      </c>
+      <c r="I688" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J688" s="4" t="s">
+        <v>3525</v>
+      </c>
+    </row>
+    <row r="689" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A689" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B689" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C689" s="7" t="s">
+        <v>3526</v>
+      </c>
+      <c r="D689" s="7" t="s">
+        <v>3524</v>
+      </c>
+      <c r="E689" s="7" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F689" s="7" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G689" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H689" s="7" t="s">
+        <v>2323</v>
+      </c>
+      <c r="I689" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J689" s="4" t="s">
+        <v>3527</v>
+      </c>
+    </row>
+    <row r="690" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A690" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B690" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C690" s="7" t="s">
+        <v>3539</v>
+      </c>
+      <c r="D690" s="7" t="s">
+        <v>3540</v>
+      </c>
+      <c r="E690" s="7" t="s">
+        <v>1181</v>
+      </c>
+      <c r="F690" s="7" t="s">
+        <v>1182</v>
+      </c>
+      <c r="G690" s="7" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H690" s="7" t="s">
+        <v>2141</v>
+      </c>
+      <c r="I690" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J690" s="4" t="s">
+        <v>3541</v>
+      </c>
+    </row>
+    <row r="691" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A691" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B691" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C691" s="7" t="s">
+        <v>3474</v>
+      </c>
+      <c r="D691" s="7" t="s">
+        <v>3470</v>
+      </c>
+      <c r="E691" s="7" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F691" s="7" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G691" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H691" s="7" t="s">
+        <v>2179</v>
+      </c>
+      <c r="I691" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J691" s="4" t="s">
+        <v>3475</v>
+      </c>
+    </row>
+    <row r="692" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A692" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B692" s="7" t="s">
+        <v>3470</v>
+      </c>
+      <c r="C692" s="7" t="s">
+        <v>3474</v>
+      </c>
+      <c r="D692" s="7" t="s">
+        <v>3470</v>
+      </c>
+      <c r="E692" s="7" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F692" s="7" t="s">
+        <v>1185</v>
+      </c>
+      <c r="G692" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H692" s="7" t="s">
+        <v>2308</v>
+      </c>
+      <c r="I692" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J692" s="4" t="s">
+        <v>3495</v>
+      </c>
+    </row>
+    <row r="693" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A693" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B693" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C693" s="7" t="s">
+        <v>3474</v>
+      </c>
+      <c r="D693" s="7" t="s">
+        <v>3470</v>
+      </c>
+      <c r="E693" s="7" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F693" s="7" t="s">
+        <v>1180</v>
+      </c>
+      <c r="G693" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H693" s="7" t="s">
+        <v>2182</v>
+      </c>
+      <c r="I693" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J693" s="4" t="s">
+        <v>3494</v>
+      </c>
+    </row>
+    <row r="694" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A694" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B694" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C694" s="7" t="s">
+        <v>3474</v>
+      </c>
+      <c r="D694" s="7" t="s">
+        <v>3470</v>
+      </c>
+      <c r="E694" s="7" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F694" s="7" t="s">
+        <v>1177</v>
+      </c>
+      <c r="G694" s="7" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H694" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I694" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J694" s="4" t="s">
+        <v>3493</v>
+      </c>
+    </row>
+    <row r="695" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A695" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B695" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C695" s="7" t="s">
+        <v>3484</v>
+      </c>
+      <c r="D695" s="7" t="s">
+        <v>3470</v>
+      </c>
+      <c r="E695" s="7" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F695" s="7" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G695" s="7" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H695" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I695" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J695" s="4" t="s">
+        <v>3485</v>
+      </c>
+    </row>
+    <row r="696" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A696" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B696" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C696" s="7" t="s">
+        <v>3469</v>
+      </c>
+      <c r="D696" s="7" t="s">
+        <v>3470</v>
+      </c>
+      <c r="E696" s="7" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F696" s="7" t="s">
+        <v>1206</v>
+      </c>
+      <c r="G696" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H696" s="7" t="s">
+        <v>2054</v>
+      </c>
+      <c r="I696" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J696" s="4" t="s">
+        <v>3471</v>
+      </c>
+    </row>
+    <row r="697" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A697" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B697" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C697" s="7" t="s">
+        <v>3472</v>
+      </c>
+      <c r="D697" s="7" t="s">
+        <v>3470</v>
+      </c>
+      <c r="E697" s="7" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F697" s="7" t="s">
+        <v>1208</v>
+      </c>
+      <c r="G697" s="7" t="s">
+        <v>1209</v>
+      </c>
+      <c r="H697" s="7" t="s">
+        <v>2178</v>
+      </c>
+      <c r="I697" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J697" s="4" t="s">
+        <v>3473</v>
+      </c>
+    </row>
+    <row r="698" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A698" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B698" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C698" s="7" t="s">
+        <v>3490</v>
+      </c>
+      <c r="D698" s="7" t="s">
+        <v>3491</v>
+      </c>
+      <c r="E698" s="7" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F698" s="7" t="s">
+        <v>1175</v>
+      </c>
+      <c r="G698" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H698" s="7" t="s">
+        <v>2181</v>
+      </c>
+      <c r="I698" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J698" s="4" t="s">
+        <v>3492</v>
+      </c>
+    </row>
+    <row r="699" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A699" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B699" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C699" s="7" t="s">
+        <v>3476</v>
+      </c>
+      <c r="D699" s="7" t="s">
+        <v>3477</v>
+      </c>
+      <c r="E699" s="7" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F699" s="7" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G699" s="7" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H699" s="7" t="s">
+        <v>2180</v>
+      </c>
+      <c r="I699" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J699" s="4" t="s">
+        <v>3478</v>
+      </c>
+    </row>
+    <row r="700" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A700" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B700" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C700" s="7" t="s">
+        <v>3476</v>
+      </c>
+      <c r="D700" s="7" t="s">
+        <v>3477</v>
+      </c>
+      <c r="E700" s="7" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F700" s="7" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G700" s="7" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H700" s="7" t="s">
+        <v>2267</v>
+      </c>
+      <c r="I700" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J700" s="4" t="s">
+        <v>3478</v>
+      </c>
+    </row>
+    <row r="701" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A701" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B701" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C701" s="7" t="s">
+        <v>3528</v>
+      </c>
+      <c r="D701" s="7" t="s">
+        <v>3529</v>
+      </c>
+      <c r="E701" s="7" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F701" s="7" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G701" s="7" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H701" s="7" t="s">
+        <v>2227</v>
+      </c>
+      <c r="I701" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J701" s="4" t="s">
+        <v>3530</v>
+      </c>
+    </row>
+    <row r="702" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A702" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B702" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C702" s="7" t="s">
+        <v>3479</v>
+      </c>
+      <c r="D702" s="7" t="s">
+        <v>3482</v>
+      </c>
+      <c r="E702" s="7" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F702" s="7" t="s">
+        <v>1173</v>
+      </c>
+      <c r="G702" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H702" s="7" t="s">
+        <v>2269</v>
+      </c>
+      <c r="I702" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J702" s="4" t="s">
+        <v>3489</v>
+      </c>
+    </row>
+    <row r="703" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A703" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B703" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C703" s="7" t="s">
+        <v>3479</v>
+      </c>
+      <c r="D703" s="7" t="s">
+        <v>3482</v>
+      </c>
+      <c r="E703" s="7" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F703" s="7" t="s">
+        <v>1216</v>
+      </c>
+      <c r="G703" s="7" t="s">
+        <v>2046</v>
+      </c>
+      <c r="H703" s="7" t="s">
+        <v>2282</v>
+      </c>
+      <c r="I703" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J703" s="4" t="s">
+        <v>3483</v>
+      </c>
+    </row>
+    <row r="704" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A704" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B704" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C704" s="7" t="s">
+        <v>3531</v>
+      </c>
+      <c r="D704" s="7" t="s">
+        <v>3532</v>
+      </c>
+      <c r="E704" s="7" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F704" s="7" t="s">
+        <v>1196</v>
+      </c>
+      <c r="G704" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H704" s="7" t="s">
+        <v>2228</v>
+      </c>
+      <c r="I704" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J704" s="4" t="s">
+        <v>3533</v>
+      </c>
+    </row>
+    <row r="705" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A705" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B705" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C705" s="7" t="s">
+        <v>3486</v>
+      </c>
+      <c r="D705" s="7" t="s">
+        <v>3487</v>
+      </c>
+      <c r="E705" s="7" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F705" s="7" t="s">
+        <v>1221</v>
+      </c>
+      <c r="G705" s="7" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H705" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I705" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J705" s="4" t="s">
+        <v>3488</v>
+      </c>
+    </row>
+    <row r="706" spans="1:10" ht="141.75" x14ac:dyDescent="0.35">
+      <c r="A706" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B706" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C706" s="7" t="s">
+        <v>3479</v>
+      </c>
+      <c r="D706" s="7" t="s">
+        <v>3480</v>
+      </c>
+      <c r="E706" s="7" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F706" s="7" t="s">
+        <v>1214</v>
+      </c>
+      <c r="G706" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H706" s="7" t="s">
+        <v>2268</v>
+      </c>
+      <c r="I706" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J706" s="4" t="s">
+        <v>3481</v>
+      </c>
+    </row>
+    <row r="707" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A707" s="7" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B707" s="7" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C707" s="7">
+        <v>49480</v>
+      </c>
+      <c r="D707" s="7" t="s">
+        <v>4335</v>
+      </c>
+      <c r="E707" s="7" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F707" s="7" t="s">
+        <v>1226</v>
+      </c>
+      <c r="G707" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H707" s="7" t="s">
+        <v>2270</v>
+      </c>
+      <c r="I707" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J707" s="4" t="s">
+        <v>3513</v>
+      </c>
+    </row>
+    <row r="708" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A708" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B708" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C708" s="7" t="s">
+        <v>2412</v>
+      </c>
+      <c r="D708" s="7" t="s">
+        <v>2385</v>
+      </c>
+      <c r="E708" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="F708" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="G708" s="7" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H708" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I708" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J708" s="4" t="s">
+        <v>2413</v>
+      </c>
+    </row>
+    <row r="709" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A709" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B709" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C709" s="7" t="s">
+        <v>2384</v>
+      </c>
+      <c r="D709" s="7" t="s">
+        <v>2385</v>
+      </c>
+      <c r="E709" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="F709" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="G709" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="H709" s="7" t="s">
+        <v>2101</v>
+      </c>
+      <c r="I709" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J709" s="4" t="s">
+        <v>2386</v>
+      </c>
+    </row>
+    <row r="710" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A710" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B710" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C710" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="D710" s="7" t="s">
+        <v>2382</v>
+      </c>
+      <c r="E710" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="F710" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="G710" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="H710" s="7" t="s">
+        <v>2100</v>
+      </c>
+      <c r="I710" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J710" s="4" t="s">
+        <v>2383</v>
+      </c>
+    </row>
+    <row r="711" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A711" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B711" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C711" s="7" t="s">
+        <v>2432</v>
+      </c>
+      <c r="D711" s="7" t="s">
+        <v>2427</v>
+      </c>
+      <c r="E711" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="F711" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="G711" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="H711" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I711" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J711" s="4" t="s">
+        <v>2433</v>
+      </c>
+    </row>
+    <row r="712" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A712" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B712" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C712" s="7" t="s">
+        <v>2440</v>
+      </c>
+      <c r="D712" s="7" t="s">
+        <v>2427</v>
+      </c>
+      <c r="E712" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="F712" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="G712" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="H712" s="7" t="s">
+        <v>2251</v>
+      </c>
+      <c r="I712" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J712" s="4" t="s">
+        <v>2441</v>
+      </c>
+    </row>
+    <row r="713" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A713" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B713" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C713" s="7" t="s">
+        <v>2426</v>
+      </c>
+      <c r="D713" s="7" t="s">
+        <v>2427</v>
+      </c>
+      <c r="E713" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="F713" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="G713" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="H713" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I713" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J713" s="4" t="s">
+        <v>2428</v>
+      </c>
+    </row>
+    <row r="714" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A714" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B714" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C714" s="7" t="s">
+        <v>2417</v>
+      </c>
+      <c r="D714" s="7" t="s">
+        <v>2418</v>
+      </c>
+      <c r="E714" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="F714" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="G714" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H714" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I714" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J714" s="4" t="s">
+        <v>2419</v>
+      </c>
+    </row>
+    <row r="715" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A715" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B715" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C715" s="7" t="s">
+        <v>2434</v>
+      </c>
+      <c r="D715" s="7" t="s">
+        <v>2435</v>
+      </c>
+      <c r="E715" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="F715" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="G715" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="H715" s="7" t="s">
+        <v>2059</v>
+      </c>
+      <c r="I715" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J715" s="4" t="s">
+        <v>2436</v>
+      </c>
+    </row>
+    <row r="716" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A716" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B716" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C716" s="7" t="s">
+        <v>2340</v>
+      </c>
+      <c r="D716" s="7" t="s">
+        <v>2341</v>
+      </c>
+      <c r="E716" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F716" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G716" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H716" s="7" t="s">
+        <v>2078</v>
+      </c>
+      <c r="I716" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J716" s="4" t="s">
+        <v>2342</v>
+      </c>
+    </row>
+    <row r="717" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A717" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B717" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C717" s="7" t="s">
+        <v>2346</v>
+      </c>
+      <c r="D717" s="7" t="s">
+        <v>2347</v>
+      </c>
+      <c r="E717" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F717" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G717" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="H717" s="7" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I717" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J717" s="4" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="718" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A718" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B718" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C718" s="7" t="s">
+        <v>2349</v>
+      </c>
+      <c r="D718" s="7" t="s">
+        <v>2350</v>
+      </c>
+      <c r="E718" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F718" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="G718" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="H718" s="7" t="s">
+        <v>2079</v>
+      </c>
+      <c r="I718" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J718" s="4" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="719" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A719" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B719" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C719" s="7" t="s">
+        <v>2352</v>
+      </c>
+      <c r="D719" s="7" t="s">
+        <v>2350</v>
+      </c>
+      <c r="E719" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="F719" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="G719" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="H719" s="7" t="s">
+        <v>2278</v>
+      </c>
+      <c r="I719" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J719" s="4" t="s">
+        <v>2353</v>
+      </c>
+    </row>
+    <row r="720" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A720" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B720" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C720" s="7" t="s">
+        <v>2403</v>
+      </c>
+      <c r="D720" s="7" t="s">
+        <v>2404</v>
+      </c>
+      <c r="E720" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F720" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="G720" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H720" s="7" t="s">
+        <v>2106</v>
+      </c>
+      <c r="I720" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J720" s="4" t="s">
+        <v>2405</v>
+      </c>
+    </row>
+    <row r="721" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A721" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B721" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C721" s="7" t="s">
+        <v>2420</v>
+      </c>
+      <c r="D721" s="7" t="s">
+        <v>2421</v>
+      </c>
+      <c r="E721" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="F721" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="G721" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="H721" s="7" t="s">
+        <v>2101</v>
+      </c>
+      <c r="I721" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J721" s="4" t="s">
+        <v>2422</v>
+      </c>
+    </row>
+    <row r="722" spans="1:10" ht="126" x14ac:dyDescent="0.35">
+      <c r="A722" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B722" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C722" s="7" t="s">
+        <v>2343</v>
+      </c>
+      <c r="D722" s="7" t="s">
+        <v>2344</v>
+      </c>
+      <c r="E722" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="F722" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="H2" s="1" t="s">
-[...89 lines deleted...]
-      <c r="F5" s="1" t="s">
+      <c r="G722" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H722" s="7" t="s">
+        <v>2277</v>
+      </c>
+      <c r="I722" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J722" s="4" t="s">
+        <v>2345</v>
+      </c>
+    </row>
+    <row r="723" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A723" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B723" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C723" s="7" t="s">
+        <v>2354</v>
+      </c>
+      <c r="D723" s="7" t="s">
+        <v>2355</v>
+      </c>
+      <c r="E723" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="F723" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="G723" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="H723" s="7" t="s">
+        <v>2096</v>
+      </c>
+      <c r="I723" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J723" s="4" t="s">
+        <v>2356</v>
+      </c>
+    </row>
+    <row r="724" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A724" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B724" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C724" s="7" t="s">
+        <v>2387</v>
+      </c>
+      <c r="D724" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E724" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="F724" s="7" t="s">
+        <v>124</v>
+      </c>
+      <c r="G724" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="H724" s="7" t="s">
+        <v>2107</v>
+      </c>
+      <c r="I724" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J724" s="4" t="s">
+        <v>2411</v>
+      </c>
+    </row>
+    <row r="725" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A725" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B725" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C725" s="7" t="s">
+        <v>2387</v>
+      </c>
+      <c r="D725" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E725" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="F725" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G725" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H725" s="7" t="s">
+        <v>2284</v>
+      </c>
+      <c r="I725" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J725" s="4" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="726" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A726" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B726" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C726" s="7" t="s">
+        <v>2387</v>
+      </c>
+      <c r="D726" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E726" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F726" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G726" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H726" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="I726" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J726" s="4" t="s">
+        <v>2388</v>
+      </c>
+    </row>
+    <row r="727" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A727" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B727" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C727" s="7" t="s">
+        <v>2366</v>
+      </c>
+      <c r="D727" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E727" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="F727" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="G727" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="H727" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I727" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J727" s="4" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="728" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A728" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B728" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C728" s="7" t="s">
+        <v>2366</v>
+      </c>
+      <c r="D728" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E728" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="F728" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="G728" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="H728" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I728" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J728" s="4" t="s">
+        <v>2367</v>
+      </c>
+    </row>
+    <row r="729" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A729" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B729" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C729" s="7" t="s">
+        <v>2369</v>
+      </c>
+      <c r="D729" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E729" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="F729" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="G729" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H729" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I729" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J729" s="4" t="s">
+        <v>2370</v>
+      </c>
+    </row>
+    <row r="730" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A730" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B730" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C730" s="7" t="s">
+        <v>2362</v>
+      </c>
+      <c r="D730" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E730" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="F730" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="G730" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="H730" s="7" t="s">
+        <v>2056</v>
+      </c>
+      <c r="I730" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J730" s="4" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="731" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A731" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B731" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C731" s="7" t="s">
+        <v>2414</v>
+      </c>
+      <c r="D731" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E731" s="7" t="s">
+        <v>2415</v>
+      </c>
+      <c r="F731" s="7" t="s">
+        <v>2416</v>
+      </c>
+      <c r="G731" s="7" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H731" s="7"/>
+      <c r="I731" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J731" s="4" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="732" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A732" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B732" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C732" s="7" t="s">
+        <v>2391</v>
+      </c>
+      <c r="D732" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E732" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F732" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="G732" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H732" s="7" t="s">
+        <v>2278</v>
+      </c>
+      <c r="I732" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J732" s="4" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="733" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A733" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B733" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C733" s="7" t="s">
+        <v>2360</v>
+      </c>
+      <c r="D733" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E733" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="F733" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="G733" s="7" t="s">
+        <v>2012</v>
+      </c>
+      <c r="H733" s="7" t="s">
+        <v>2066</v>
+      </c>
+      <c r="I733" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J733" s="4" t="s">
+        <v>2361</v>
+      </c>
+    </row>
+    <row r="734" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A734" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B734" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C734" s="7" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D734" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E734" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="F734" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="G734" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="H734" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I734" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J734" s="4" t="s">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="735" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A735" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B735" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C735" s="7" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D735" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E735" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F735" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G735" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H735" s="7" t="s">
+        <v>2278</v>
+      </c>
+      <c r="I735" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J735" s="4" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="736" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A736" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B736" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C736" s="7" t="s">
+        <v>2364</v>
+      </c>
+      <c r="D736" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E736" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="F736" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="G736" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="H736" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I736" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J736" s="4" t="s">
+        <v>2365</v>
+      </c>
+    </row>
+    <row r="737" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A737" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B737" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C737" s="7" t="s">
+        <v>2364</v>
+      </c>
+      <c r="D737" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E737" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F737" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G737" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="H737" s="7" t="s">
+        <v>2102</v>
+      </c>
+      <c r="I737" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J737" s="4" t="s">
+        <v>2390</v>
+      </c>
+    </row>
+    <row r="738" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A738" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B738" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C738" s="7" t="s">
+        <v>2364</v>
+      </c>
+      <c r="D738" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E738" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F738" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G738" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H738" s="7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="I738" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J738" s="4" t="s">
+        <v>2389</v>
+      </c>
+    </row>
+    <row r="739" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A739" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B739" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C739" s="7" t="s">
+        <v>2373</v>
+      </c>
+      <c r="D739" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E739" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="F739" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G739" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="H739" s="7" t="s">
+        <v>2278</v>
+      </c>
+      <c r="I739" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J739" s="4" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="740" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A740" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B740" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C740" s="7" t="s">
+        <v>2406</v>
+      </c>
+      <c r="D740" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E740" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="F740" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="H5" s="1" t="s">
-[...22 lines deleted...]
-      <c r="E6" s="1" t="s">
+      <c r="G740" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="F6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="1" t="s">
+      <c r="H740" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I740" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J740" s="4" t="s">
+        <v>2407</v>
+      </c>
+    </row>
+    <row r="741" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A741" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B741" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C741" s="7" t="s">
+        <v>2357</v>
+      </c>
+      <c r="D741" s="7" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E741" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="F741" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="G741" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H741" s="7" t="s">
+        <v>2097</v>
+      </c>
+      <c r="I741" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J741" s="4" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="742" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A742" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B742" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C742" s="7" t="s">
+        <v>2393</v>
+      </c>
+      <c r="D742" s="7" t="s">
+        <v>2394</v>
+      </c>
+      <c r="E742" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="F742" s="7" t="s">
+        <v>4364</v>
+      </c>
+      <c r="G742" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H742" s="7" t="s">
+        <v>2103</v>
+      </c>
+      <c r="I742" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J742" s="4" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="743" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A743" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B743" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C743" s="7" t="s">
+        <v>2401</v>
+      </c>
+      <c r="D743" s="7" t="s">
+        <v>2394</v>
+      </c>
+      <c r="E743" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F743" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G743" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="H743" s="7" t="s">
+        <v>2105</v>
+      </c>
+      <c r="I743" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J743" s="4" t="s">
+        <v>2402</v>
+      </c>
+    </row>
+    <row r="744" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A744" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B744" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C744" s="7" t="s">
+        <v>2375</v>
+      </c>
+      <c r="D744" s="7" t="s">
+        <v>2376</v>
+      </c>
+      <c r="E744" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F744" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G744" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H744" s="7" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I744" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J744" s="4" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="745" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A745" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B745" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C745" s="7" t="s">
+        <v>2429</v>
+      </c>
+      <c r="D745" s="7" t="s">
+        <v>2430</v>
+      </c>
+      <c r="E745" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="F745" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="G745" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H745" s="7" t="s">
+        <v>2278</v>
+      </c>
+      <c r="I745" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J745" s="4" t="s">
+        <v>2431</v>
+      </c>
+    </row>
+    <row r="746" spans="1:10" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="A746" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B746" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C746" s="7" t="s">
+        <v>2378</v>
+      </c>
+      <c r="D746" s="7" t="s">
+        <v>2379</v>
+      </c>
+      <c r="E746" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F746" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G746" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H746" s="7" t="s">
+        <v>2099</v>
+      </c>
+      <c r="I746" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J746" s="4" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="747" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A747" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B747" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C747" s="7" t="s">
+        <v>2396</v>
+      </c>
+      <c r="D747" s="7" t="s">
+        <v>2397</v>
+      </c>
+      <c r="E747" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="F747" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="G747" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="H747" s="7" t="s">
+        <v>2104</v>
+      </c>
+      <c r="I747" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J747" s="4" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="748" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A748" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B748" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C748" s="7" t="s">
+        <v>2437</v>
+      </c>
+      <c r="D748" s="7" t="s">
+        <v>2438</v>
+      </c>
+      <c r="E748" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="F748" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="G748" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="H748" s="7" t="s">
+        <v>2160</v>
+      </c>
+      <c r="I748" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J748" s="4" t="s">
+        <v>2439</v>
+      </c>
+    </row>
+    <row r="749" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A749" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B749" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C749" s="7" t="s">
+        <v>2423</v>
+      </c>
+      <c r="D749" s="7" t="s">
+        <v>2424</v>
+      </c>
+      <c r="E749" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="F749" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="G749" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="H749" s="7" t="s">
+        <v>2250</v>
+      </c>
+      <c r="I749" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J749" s="4" t="s">
+        <v>2425</v>
+      </c>
+    </row>
+    <row r="750" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A750" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B750" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C750" s="7" t="s">
+        <v>2408</v>
+      </c>
+      <c r="D750" s="7" t="s">
+        <v>2409</v>
+      </c>
+      <c r="E750" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="H6" s="1" t="s">
-[...63 lines deleted...]
-      <c r="H8" s="1" t="s">
+      <c r="F750" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G750" s="7" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H750" s="7" t="s">
+        <v>2066</v>
+      </c>
+      <c r="I750" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J750" s="4" t="s">
+        <v>2410</v>
+      </c>
+    </row>
+    <row r="751" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A751" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B751" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C751" s="7" t="s">
+        <v>3565</v>
+      </c>
+      <c r="D751" s="7" t="s">
+        <v>3566</v>
+      </c>
+      <c r="E751" s="7" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F751" s="7" t="s">
+        <v>519</v>
+      </c>
+      <c r="G751" s="7" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H751" s="7" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I751" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J751" s="4" t="s">
+        <v>3567</v>
+      </c>
+    </row>
+    <row r="752" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A752" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B752" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C752" s="7" t="s">
+        <v>3546</v>
+      </c>
+      <c r="D752" s="7" t="s">
+        <v>3547</v>
+      </c>
+      <c r="E752" s="7" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F752" s="7" t="s">
+        <v>1261</v>
+      </c>
+      <c r="G752" s="7" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H752" s="7" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I752" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J752" s="4" t="s">
+        <v>3548</v>
+      </c>
+    </row>
+    <row r="753" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A753" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B753" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C753" s="7" t="s">
+        <v>3568</v>
+      </c>
+      <c r="D753" s="7" t="s">
+        <v>3569</v>
+      </c>
+      <c r="E753" s="7" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F753" s="7" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G753" s="7" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H753" s="7" t="s">
+        <v>2086</v>
+      </c>
+      <c r="I753" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J753" s="4" t="s">
+        <v>3570</v>
+      </c>
+    </row>
+    <row r="754" spans="1:10" ht="110.25" x14ac:dyDescent="0.35">
+      <c r="A754" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B754" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C754" s="7" t="s">
+        <v>3585</v>
+      </c>
+      <c r="D754" s="7" t="s">
+        <v>3586</v>
+      </c>
+      <c r="E754" s="7" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F754" s="7" t="s">
+        <v>1289</v>
+      </c>
+      <c r="G754" s="7" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H754" s="7" t="s">
+        <v>2248</v>
+      </c>
+      <c r="I754" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J754" s="4" t="s">
+        <v>3587</v>
+      </c>
+    </row>
+    <row r="755" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A755" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B755" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C755" s="7" t="s">
+        <v>3577</v>
+      </c>
+      <c r="D755" s="7" t="s">
+        <v>3578</v>
+      </c>
+      <c r="E755" s="7" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F755" s="7" t="s">
+        <v>1298</v>
+      </c>
+      <c r="G755" s="7" t="s">
+        <v>1299</v>
+      </c>
+      <c r="H755" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="I8" s="7" t="s">
-[...476 lines deleted...]
-      <c r="H23" s="1" t="s">
+      <c r="I755" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J755" s="4" t="s">
+        <v>3579</v>
+      </c>
+    </row>
+    <row r="756" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A756" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B756" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C756" s="7" t="s">
+        <v>3582</v>
+      </c>
+      <c r="D756" s="7" t="s">
+        <v>3583</v>
+      </c>
+      <c r="E756" s="7" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F756" s="7" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G756" s="7" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H756" s="7" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I756" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J756" s="4" t="s">
+        <v>3584</v>
+      </c>
+    </row>
+    <row r="757" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A757" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B757" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C757" s="7" t="s">
+        <v>3549</v>
+      </c>
+      <c r="D757" s="7" t="s">
+        <v>3550</v>
+      </c>
+      <c r="E757" s="7" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F757" s="7" t="s">
+        <v>1266</v>
+      </c>
+      <c r="G757" s="7" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H757" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I757" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J757" s="4" t="s">
+        <v>3552</v>
+      </c>
+    </row>
+    <row r="758" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A758" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B758" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C758" s="7" t="s">
+        <v>3549</v>
+      </c>
+      <c r="D758" s="7" t="s">
+        <v>3550</v>
+      </c>
+      <c r="E758" s="7" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F758" s="7" t="s">
+        <v>647</v>
+      </c>
+      <c r="G758" s="7" t="s">
+        <v>1264</v>
+      </c>
+      <c r="H758" s="7" t="s">
+        <v>2081</v>
+      </c>
+      <c r="I758" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J758" s="4" t="s">
+        <v>3551</v>
+      </c>
+    </row>
+    <row r="759" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A759" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B759" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C759" s="7" t="s">
+        <v>3557</v>
+      </c>
+      <c r="D759" s="7" t="s">
+        <v>3554</v>
+      </c>
+      <c r="E759" s="7" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F759" s="7" t="s">
+        <v>1276</v>
+      </c>
+      <c r="G759" s="7" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H759" s="7" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I759" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J759" s="4" t="s">
+        <v>3558</v>
+      </c>
+    </row>
+    <row r="760" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A760" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B760" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C760" s="7" t="s">
+        <v>3563</v>
+      </c>
+      <c r="D760" s="7" t="s">
+        <v>3554</v>
+      </c>
+      <c r="E760" s="7" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F760" s="7" t="s">
+        <v>890</v>
+      </c>
+      <c r="G760" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H760" s="7" t="s">
+        <v>2084</v>
+      </c>
+      <c r="I760" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J760" s="4" t="s">
+        <v>3564</v>
+      </c>
+    </row>
+    <row r="761" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A761" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B761" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C761" s="7" t="s">
+        <v>3559</v>
+      </c>
+      <c r="D761" s="7" t="s">
+        <v>3554</v>
+      </c>
+      <c r="E761" s="7" t="s">
+        <v>1284</v>
+      </c>
+      <c r="F761" s="7" t="s">
+        <v>1285</v>
+      </c>
+      <c r="G761" s="7" t="s">
+        <v>358</v>
+      </c>
+      <c r="H761" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I761" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J761" s="4" t="s">
+        <v>3571</v>
+      </c>
+    </row>
+    <row r="762" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A762" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B762" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C762" s="7" t="s">
+        <v>3559</v>
+      </c>
+      <c r="D762" s="7" t="s">
+        <v>3554</v>
+      </c>
+      <c r="E762" s="7" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F762" s="7" t="s">
+        <v>1301</v>
+      </c>
+      <c r="G762" s="7" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H762" s="7" t="s">
+        <v>2083</v>
+      </c>
+      <c r="I762" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J762" s="4" t="s">
+        <v>3560</v>
+      </c>
+    </row>
+    <row r="763" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A763" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B763" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C763" s="7" t="s">
+        <v>3553</v>
+      </c>
+      <c r="D763" s="7" t="s">
+        <v>3554</v>
+      </c>
+      <c r="E763" s="7" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F763" s="7" t="s">
+        <v>1274</v>
+      </c>
+      <c r="G763" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H763" s="7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I763" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J763" s="4" t="s">
+        <v>3556</v>
+      </c>
+    </row>
+    <row r="764" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A764" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B764" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C764" s="7" t="s">
+        <v>3553</v>
+      </c>
+      <c r="D764" s="7" t="s">
+        <v>3554</v>
+      </c>
+      <c r="E764" s="7" t="s">
+        <v>1257</v>
+      </c>
+      <c r="F764" s="7" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G764" s="7" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H764" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I764" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J764" s="4" t="s">
+        <v>3555</v>
+      </c>
+    </row>
+    <row r="765" spans="1:10" ht="31.5" x14ac:dyDescent="0.35">
+      <c r="A765" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B765" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C765" s="7" t="s">
+        <v>3561</v>
+      </c>
+      <c r="D765" s="7" t="s">
+        <v>3554</v>
+      </c>
+      <c r="E765" s="7" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F765" s="7" t="s">
+        <v>320</v>
+      </c>
+      <c r="G765" s="7" t="s">
+        <v>986</v>
+      </c>
+      <c r="H765" s="7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I765" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J765" s="4" t="s">
+        <v>3562</v>
+      </c>
+    </row>
+    <row r="766" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A766" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B766" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C766" s="7" t="s">
+        <v>3588</v>
+      </c>
+      <c r="D766" s="7" t="s">
+        <v>3589</v>
+      </c>
+      <c r="E766" s="7" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F766" s="7" t="s">
+        <v>4365</v>
+      </c>
+      <c r="G766" s="7" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H766" s="7" t="s">
+        <v>2249</v>
+      </c>
+      <c r="I766" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J766" s="4" t="s">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="767" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A767" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B767" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C767" s="7" t="s">
+        <v>3580</v>
+      </c>
+      <c r="D767" s="7" t="s">
+        <v>3573</v>
+      </c>
+      <c r="E767" s="7" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F767" s="7" t="s">
+        <v>1295</v>
+      </c>
+      <c r="G767" s="7" t="s">
+        <v>1296</v>
+      </c>
+      <c r="H767" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="I23" s="7" t="s">
-[...3772 lines deleted...]
-      <c r="H141" s="1" t="s">
+      <c r="I767" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J767" s="4" t="s">
+        <v>3581</v>
+      </c>
+    </row>
+    <row r="768" spans="1:10" ht="78.75" x14ac:dyDescent="0.35">
+      <c r="A768" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B768" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C768" s="7" t="s">
+        <v>3580</v>
+      </c>
+      <c r="D768" s="7" t="s">
+        <v>3573</v>
+      </c>
+      <c r="E768" s="7" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F768" s="7" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G768" s="7" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H768" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I768" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J768" s="4" t="s">
+        <v>3591</v>
+      </c>
+    </row>
+    <row r="769" spans="1:10" ht="47.25" x14ac:dyDescent="0.35">
+      <c r="A769" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B769" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C769" s="7" t="s">
+        <v>3575</v>
+      </c>
+      <c r="D769" s="7" t="s">
+        <v>3573</v>
+      </c>
+      <c r="E769" s="7" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F769" s="7" t="s">
+        <v>1271</v>
+      </c>
+      <c r="G769" s="7" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H769" s="7" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I769" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J769" s="4" t="s">
+        <v>3576</v>
+      </c>
+    </row>
+    <row r="770" spans="1:10" ht="63" x14ac:dyDescent="0.35">
+      <c r="A770" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B770" s="7" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C770" s="7" t="s">
+        <v>3572</v>
+      </c>
+      <c r="D770" s="7" t="s">
+        <v>3573</v>
+      </c>
+      <c r="E770" s="7" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F770" s="7" t="s">
+        <v>1269</v>
+      </c>
+      <c r="G770" s="7" t="s">
+        <v>2048</v>
+      </c>
+      <c r="H770" s="7" t="s">
         <v>2192</v>
       </c>
-      <c r="I141" s="7" t="s">
-[...8077 lines deleted...]
-      <c r="C394" s="1" t="s">
+      <c r="I770" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J770" s="4" t="s">
         <v>3574</v>
       </c>
-      <c r="D394" s="1" t="s">
-[...13107 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:J803"/>
+  <autoFilter ref="A3:J770" xr:uid="{33863276-3D87-48D6-9B90-7C2BFD3CDE97}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:J770">
+      <sortCondition ref="A3:A770"/>
+    </sortState>
+  </autoFilter>
+  <mergeCells count="3">
+    <mergeCell ref="A1:B1"/>
+    <mergeCell ref="C1:J1"/>
+    <mergeCell ref="A2:J2"/>
+  </mergeCells>
   <hyperlinks>
-    <hyperlink ref="J2" r:id="rId1"/>
-[...796 lines deleted...]
-    <hyperlink ref="J803" r:id="rId798"/>
+    <hyperlink ref="J716" r:id="rId1" xr:uid="{86D06BD6-20F0-40B4-9A3F-4E150C67B8F3}"/>
+    <hyperlink ref="J722" r:id="rId2" xr:uid="{D6594295-2EAE-416B-8AB3-BD4F7535EDD3}"/>
+    <hyperlink ref="J717" r:id="rId3" xr:uid="{2B1A9AF1-61F9-45B0-906A-A58F0462E1E3}"/>
+    <hyperlink ref="J718" r:id="rId4" xr:uid="{DDFFF58B-FF73-460A-A038-EB3313B79D12}"/>
+    <hyperlink ref="J719" r:id="rId5" xr:uid="{FE761BFE-DE10-4DE2-8464-0F13C99677EB}"/>
+    <hyperlink ref="J723" r:id="rId6" xr:uid="{3B5AF89E-F4C8-4288-9AF1-89807145E2F5}"/>
+    <hyperlink ref="J741" r:id="rId7" xr:uid="{4084676D-9DC5-4BBE-8981-91B54CAEE38F}"/>
+    <hyperlink ref="J733" r:id="rId8" xr:uid="{20D2699A-B3DD-4838-A333-E7DFAC0834A8}"/>
+    <hyperlink ref="J730" r:id="rId9" xr:uid="{DCE4697C-CCB9-4D2E-B27F-A4F99AE0F129}"/>
+    <hyperlink ref="J736" r:id="rId10" xr:uid="{7CC5D9B3-3A74-47CB-AE81-A38AEB0182F8}"/>
+    <hyperlink ref="J728" r:id="rId11" xr:uid="{823EB272-CD52-4754-8C60-C5460B18A825}"/>
+    <hyperlink ref="J727" r:id="rId12" xr:uid="{6D8E3E58-6187-4CD2-A075-3D41E5073CD9}"/>
+    <hyperlink ref="J729" r:id="rId13" xr:uid="{C3D64D1D-9E7E-4A5F-ADBE-C77C76FB14C2}"/>
+    <hyperlink ref="J735" r:id="rId14" xr:uid="{3F5932F4-955A-484F-94E7-4E500CDBCCBE}"/>
+    <hyperlink ref="J739" r:id="rId15" xr:uid="{DD1DC8E4-D3B6-4D62-8A81-C6336C7B560B}"/>
+    <hyperlink ref="J744" r:id="rId16" xr:uid="{B46C18D7-DB09-4E70-9DA3-4AEA3867408F}"/>
+    <hyperlink ref="J746" r:id="rId17" xr:uid="{350CDC00-9786-4C06-AEB4-10C2B3876014}"/>
+    <hyperlink ref="J710" r:id="rId18" xr:uid="{451C0041-2267-407D-BAF7-6C00F16EB72D}"/>
+    <hyperlink ref="J709" r:id="rId19" xr:uid="{E98B647C-D5A8-4ACD-92F3-185966796FF9}"/>
+    <hyperlink ref="J726" r:id="rId20" xr:uid="{C710658A-5241-45A4-8237-6F0D0A0F9F42}"/>
+    <hyperlink ref="J738" r:id="rId21" xr:uid="{92A1DC53-D5AE-4E7E-B384-C4614C71F769}"/>
+    <hyperlink ref="J737" r:id="rId22" xr:uid="{971EB748-32BF-434B-9A28-F07C0D8CAD34}"/>
+    <hyperlink ref="J732" r:id="rId23" xr:uid="{1FFE6B85-18E6-4950-BD0C-EE2BB201641C}"/>
+    <hyperlink ref="J742" r:id="rId24" xr:uid="{FA027E5C-8ABD-496B-9D09-7348D614DDF3}"/>
+    <hyperlink ref="J747" r:id="rId25" xr:uid="{606936E5-18DD-4597-BC0D-01EE7D2EE893}"/>
+    <hyperlink ref="J734" r:id="rId26" xr:uid="{C32BC2DF-B3B1-484C-81A2-CD9BD92F4BDF}"/>
+    <hyperlink ref="J725" r:id="rId27" xr:uid="{8B09ABE6-5668-40AA-9DD3-5E99969A98C6}"/>
+    <hyperlink ref="J743" r:id="rId28" xr:uid="{608F3E62-77AF-4642-925C-668451675137}"/>
+    <hyperlink ref="J720" r:id="rId29" xr:uid="{9C79AED9-A838-46DF-B623-62CC84C297C8}"/>
+    <hyperlink ref="J740" r:id="rId30" xr:uid="{025A5B91-12D2-42D9-BFF3-B92948AB0DF0}"/>
+    <hyperlink ref="J750" r:id="rId31" xr:uid="{B2EF2365-5436-41A3-8F3A-AC39F39D5C8B}"/>
+    <hyperlink ref="J724" r:id="rId32" xr:uid="{989BF471-CB87-416A-AEEF-7199742998A0}"/>
+    <hyperlink ref="J708" r:id="rId33" xr:uid="{D28ED979-BBF1-44B7-96C1-D118565FDB9F}"/>
+    <hyperlink ref="J714" r:id="rId34" xr:uid="{337A25A9-86D5-40E9-A60A-4062E9225DC6}"/>
+    <hyperlink ref="J721" r:id="rId35" xr:uid="{3535C860-4A0A-49CD-B30C-71E0BC5EC881}"/>
+    <hyperlink ref="J749" r:id="rId36" xr:uid="{722C6FA1-7FC8-46C0-9D5E-1A5E1842CB87}"/>
+    <hyperlink ref="J713" r:id="rId37" xr:uid="{49CFD424-D236-4137-ACFC-F8298284D02A}"/>
+    <hyperlink ref="J745" r:id="rId38" xr:uid="{AB01B881-C18C-42AC-877D-5A5DDFC9C552}"/>
+    <hyperlink ref="J711" r:id="rId39" xr:uid="{F96245E1-70AE-424A-ABCF-277ADF3A9B77}"/>
+    <hyperlink ref="J715" r:id="rId40" xr:uid="{901DB5A0-7F0E-468D-A8CB-56BE36A8DB90}"/>
+    <hyperlink ref="J748" r:id="rId41" xr:uid="{D3BABF97-582D-4E1C-A22C-65EF240A64E1}"/>
+    <hyperlink ref="J712" r:id="rId42" xr:uid="{C41571FE-3B02-4401-902C-47D4E9550A11}"/>
+    <hyperlink ref="J296" r:id="rId43" xr:uid="{359524D8-06D9-4409-857C-844A9F3702EA}"/>
+    <hyperlink ref="J310" r:id="rId44" xr:uid="{7355AA9C-D68D-412A-B88B-F2956FF3360C}"/>
+    <hyperlink ref="J321" r:id="rId45" xr:uid="{DE0440D0-9D91-44A6-92FB-25EF9044C948}"/>
+    <hyperlink ref="J323" r:id="rId46" xr:uid="{EC536CCC-DB51-4E5A-8443-49BADFB042C3}"/>
+    <hyperlink ref="J320" r:id="rId47" xr:uid="{FA35655B-66F4-43EA-95DF-29A14268AB91}"/>
+    <hyperlink ref="J327" r:id="rId48" xr:uid="{B4F482AC-FA2C-4941-AB49-B1DE40D28EDD}"/>
+    <hyperlink ref="J309" r:id="rId49" xr:uid="{26B4DC44-F008-48A0-A1E2-A15DE10FC4E1}"/>
+    <hyperlink ref="J326" r:id="rId50" xr:uid="{33D811CF-9743-4AE6-B22C-9CB3B76A97C4}"/>
+    <hyperlink ref="J293" r:id="rId51" xr:uid="{16FF1CD1-61A3-40A6-BE11-B4DC50BB7063}"/>
+    <hyperlink ref="J328" r:id="rId52" xr:uid="{7B69A7AB-35AB-47F5-B631-D8666063A0FF}"/>
+    <hyperlink ref="J307" r:id="rId53" xr:uid="{0B7C10D8-6AE9-492E-9B32-E42858B0C6A1}"/>
+    <hyperlink ref="J298" r:id="rId54" xr:uid="{8A4E2491-6546-44F0-9897-585B7DE4D571}"/>
+    <hyperlink ref="J295" r:id="rId55" xr:uid="{50C20ECE-C4DA-41BC-863C-D88EB6F2E9FF}"/>
+    <hyperlink ref="J297" r:id="rId56" xr:uid="{88805DCA-5324-43AD-8254-EEE3BBDDFBFB}"/>
+    <hyperlink ref="J299" r:id="rId57" xr:uid="{2E69F652-FED1-4872-B4CD-3BF1EB357E53}"/>
+    <hyperlink ref="J322" r:id="rId58" xr:uid="{C594F87B-F44B-4756-A57A-A019B7F923A3}"/>
+    <hyperlink ref="J325" r:id="rId59" xr:uid="{27126D5A-BD83-4AD8-B0D9-36E58039F818}"/>
+    <hyperlink ref="J292" r:id="rId60" xr:uid="{433DF9DC-731E-439C-9248-C9CC82CD671D}"/>
+    <hyperlink ref="J291" r:id="rId61" xr:uid="{D8CA748B-3C5E-4BEC-875F-A0CEE977AE9D}"/>
+    <hyperlink ref="J301" r:id="rId62" xr:uid="{E8A8DD1A-3965-44AF-9246-2B20B8AD0D90}"/>
+    <hyperlink ref="J315" r:id="rId63" xr:uid="{7B105B44-2D16-44EE-A28F-870CEAD2E2A1}"/>
+    <hyperlink ref="J324" r:id="rId64" xr:uid="{FFEFF78A-C55F-4A85-87BF-0692D26015EB}"/>
+    <hyperlink ref="J314" r:id="rId65" xr:uid="{1121E091-E027-4DA8-ADED-CE9F4FA17C6B}"/>
+    <hyperlink ref="J302" r:id="rId66" xr:uid="{4E02C34C-8B79-4EF7-B681-060307671396}"/>
+    <hyperlink ref="J318" r:id="rId67" xr:uid="{2967572C-D50E-435B-969A-ED3526E05D86}"/>
+    <hyperlink ref="J303" r:id="rId68" xr:uid="{8DB089E5-2AC0-4293-BBEF-4B95C8A6A67F}"/>
+    <hyperlink ref="J311" r:id="rId69" xr:uid="{D03D417F-F05D-44D4-A44E-8A5EB01B7FB4}"/>
+    <hyperlink ref="J294" r:id="rId70" xr:uid="{77C2F80F-07CE-4DBA-A47E-087487B72FDB}"/>
+    <hyperlink ref="J317" r:id="rId71" xr:uid="{348DB72B-7931-4A32-A1F6-A69FF23DE3FB}"/>
+    <hyperlink ref="J300" r:id="rId72" xr:uid="{939E0A08-37D4-4C8C-AD3B-B585F26D7D46}"/>
+    <hyperlink ref="J312" r:id="rId73" xr:uid="{4B67E708-8ABF-4686-B295-CD01B3C144B1}"/>
+    <hyperlink ref="J306" r:id="rId74" xr:uid="{75FE9918-79CE-4A92-89D2-3C9440DC0F8A}"/>
+    <hyperlink ref="J283" r:id="rId75" xr:uid="{F8CC0C5E-420D-4463-AF45-A48CD2E29A5B}"/>
+    <hyperlink ref="J285" r:id="rId76" xr:uid="{ACB88857-2987-495C-8557-5ED92698066D}"/>
+    <hyperlink ref="J289" r:id="rId77" xr:uid="{24540FA0-914C-48F9-824A-23BBC5531A12}"/>
+    <hyperlink ref="J282" r:id="rId78" xr:uid="{039F3FCF-11E7-413E-A9B0-04AD8D8B107C}"/>
+    <hyperlink ref="J284" r:id="rId79" xr:uid="{0D0AFD5A-6397-45B3-929D-834367740F3C}"/>
+    <hyperlink ref="J308" r:id="rId80" xr:uid="{FB43265C-FF8F-42CD-BD6A-A78A753A7C44}"/>
+    <hyperlink ref="J290" r:id="rId81" xr:uid="{8CC8BECA-8B05-4C07-9929-1E7616366A43}"/>
+    <hyperlink ref="J316" r:id="rId82" xr:uid="{CE14FBE6-6F3C-4368-8EBE-FED2CDD48C10}"/>
+    <hyperlink ref="J286" r:id="rId83" xr:uid="{960F54E5-DCEF-4413-A530-43F197E6BAE9}"/>
+    <hyperlink ref="J319" r:id="rId84" xr:uid="{3516CC9F-B308-4514-A40A-D2A5EE8A1831}"/>
+    <hyperlink ref="J313" r:id="rId85" xr:uid="{D33D6B34-2DE9-4593-8DD6-C94D1E6E381A}"/>
+    <hyperlink ref="J288" r:id="rId86" xr:uid="{E3E44528-8064-41AD-85D7-50FDC446D589}"/>
+    <hyperlink ref="J287" r:id="rId87" xr:uid="{565B535C-EEB6-40BA-8682-4C6065E67D3E}"/>
+    <hyperlink ref="J305" r:id="rId88" xr:uid="{4A544F57-EC79-4BFB-90CC-527342230ECF}"/>
+    <hyperlink ref="J304" r:id="rId89" xr:uid="{8BA60537-A0DE-48CB-8D56-091A38210E5D}"/>
+    <hyperlink ref="J105" r:id="rId90" xr:uid="{C46DEFB1-5135-44D1-8421-ECC3A0B90321}"/>
+    <hyperlink ref="J110" r:id="rId91" xr:uid="{F08AB0D6-5B78-48EA-A98C-751EC9F30FBF}"/>
+    <hyperlink ref="J107" r:id="rId92" xr:uid="{8632356C-DC03-4461-A9D4-A1E5BEDA0BA8}"/>
+    <hyperlink ref="J109" r:id="rId93" xr:uid="{E2BC5141-A27F-49A8-9793-97532346AA0D}"/>
+    <hyperlink ref="J116" r:id="rId94" xr:uid="{0AF2F9EA-2413-4F81-8966-9EB7390998B0}"/>
+    <hyperlink ref="J108" r:id="rId95" xr:uid="{A886BE4D-76F1-4C29-98F8-391119F26048}"/>
+    <hyperlink ref="J118" r:id="rId96" xr:uid="{1DA44F5D-6202-4B3D-9D26-23485ACFB8C6}"/>
+    <hyperlink ref="J113" r:id="rId97" xr:uid="{49B89426-5B49-4B3A-853B-E5B774544E08}"/>
+    <hyperlink ref="J117" r:id="rId98" xr:uid="{6D6A0CF7-60CB-4656-B7E4-6063B582EB92}"/>
+    <hyperlink ref="J119" r:id="rId99" xr:uid="{8FC4DAF7-2E78-4936-BCA2-D9A02125EDB3}"/>
+    <hyperlink ref="J120" r:id="rId100" xr:uid="{0F92CC6B-FFD5-4288-80D6-41739C3FCCC2}"/>
+    <hyperlink ref="J121" r:id="rId101" xr:uid="{0A179AFD-268F-4C7B-95E4-F1AEFAA969F1}"/>
+    <hyperlink ref="J111" r:id="rId102" xr:uid="{573D2243-740A-4911-A0A4-A24A44C00668}"/>
+    <hyperlink ref="J114" r:id="rId103" xr:uid="{BC1CDE4D-A6F7-424C-A50C-036186951A41}"/>
+    <hyperlink ref="J122" r:id="rId104" xr:uid="{8D65B10F-51A4-421E-83C1-A5A3360AF7E0}"/>
+    <hyperlink ref="J123" r:id="rId105" xr:uid="{55891003-BDD0-4D2C-BEE4-0F55FA57B55E}"/>
+    <hyperlink ref="J115" r:id="rId106" xr:uid="{43AE8B96-6774-48CC-B039-3FC2F2ACD3CD}"/>
+    <hyperlink ref="J112" r:id="rId107" xr:uid="{564A1233-D144-4BDE-AB2F-B05D0BC90F22}"/>
+    <hyperlink ref="J106" r:id="rId108" xr:uid="{FB226A81-3A8D-4CC8-A6AA-828A427122AA}"/>
+    <hyperlink ref="J513" r:id="rId109" xr:uid="{024DB20E-4593-4979-9ABA-9436D1F57F95}"/>
+    <hyperlink ref="J512" r:id="rId110" xr:uid="{95E8251B-57A7-4E75-9364-A75BE409FD34}"/>
+    <hyperlink ref="J552" r:id="rId111" xr:uid="{E30AB390-0204-491D-9E07-C4348413B6C5}"/>
+    <hyperlink ref="J551" r:id="rId112" xr:uid="{5699F2B2-56E3-454C-B3EF-2A712C823282}"/>
+    <hyperlink ref="J515" r:id="rId113" xr:uid="{FE3804F8-7F4B-4C79-8391-951A8EA40A56}"/>
+    <hyperlink ref="J522" r:id="rId114" xr:uid="{ED0B5424-EA7A-4348-BF82-0758BA0DE145}"/>
+    <hyperlink ref="J523" r:id="rId115" xr:uid="{03DCD354-0634-4BB7-91F4-E792F7F77F7D}"/>
+    <hyperlink ref="J525" r:id="rId116" xr:uid="{7E5E999A-FB09-4544-8A2B-0D6D6633CABC}"/>
+    <hyperlink ref="J528" r:id="rId117" xr:uid="{D7F0A192-F283-4566-9913-4864920B06B0}"/>
+    <hyperlink ref="J533" r:id="rId118" xr:uid="{16682322-8A2C-4E33-A802-577F9F31A5C4}"/>
+    <hyperlink ref="J516" r:id="rId119" xr:uid="{7EB5B027-0B64-4C17-A0F1-A4634366177E}"/>
+    <hyperlink ref="J556" r:id="rId120" xr:uid="{BA44509F-233C-4676-8E72-AFFD60663983}"/>
+    <hyperlink ref="J510" r:id="rId121" xr:uid="{B2193663-D147-46C4-BD06-E0A13E52AAB9}"/>
+    <hyperlink ref="J534" r:id="rId122" xr:uid="{2C43C98F-A86E-4DAB-B909-74EB8EFDBAE0}"/>
+    <hyperlink ref="J553" r:id="rId123" xr:uid="{67C218B9-582F-43D0-B710-5330A47D2FBA}"/>
+    <hyperlink ref="J535" r:id="rId124" xr:uid="{2D99B9D2-2A6F-40E4-9585-3D90AF2C9A2C}"/>
+    <hyperlink ref="J521" r:id="rId125" xr:uid="{AE98A1CD-01A9-41DA-A8FA-7D12EBD740E9}"/>
+    <hyperlink ref="J518" r:id="rId126" xr:uid="{697DB8A9-48ED-4C90-BCF8-46AE8D562662}"/>
+    <hyperlink ref="J517" r:id="rId127" xr:uid="{7F11E8D9-8E33-4F6B-BE86-9E65C65FCA1F}"/>
+    <hyperlink ref="J519" r:id="rId128" xr:uid="{6BE83065-B810-4FF8-8DDB-489E449B7224}"/>
+    <hyperlink ref="J520" r:id="rId129" xr:uid="{57FA2E0F-BB98-4B5B-A3BF-6893A9F9910C}"/>
+    <hyperlink ref="J530" r:id="rId130" xr:uid="{E15908FB-C554-4B2D-B8F4-FCEAA5E68197}"/>
+    <hyperlink ref="J524" r:id="rId131" xr:uid="{6C70D3D6-CC39-45F4-9850-2D49A3426797}"/>
+    <hyperlink ref="J539" r:id="rId132" xr:uid="{E8F923F6-36AD-4504-92E3-74262F3A4571}"/>
+    <hyperlink ref="J538" r:id="rId133" xr:uid="{51E2003C-FD4B-447D-B419-47DC82A00181}"/>
+    <hyperlink ref="J554" r:id="rId134" xr:uid="{7C8D5833-4E8E-4F35-BB59-80E2AF1D61EA}"/>
+    <hyperlink ref="J548" r:id="rId135" xr:uid="{FC79314A-21D4-4445-B94E-4AF8B4315D97}"/>
+    <hyperlink ref="J507" r:id="rId136" xr:uid="{28C04D7E-9EC5-4E26-A63E-5C1187C6E674}"/>
+    <hyperlink ref="J540" r:id="rId137" xr:uid="{B745E1E6-D20A-4D5D-B004-98CD58E03864}"/>
+    <hyperlink ref="J555" r:id="rId138" xr:uid="{82553FDA-14EB-46AA-A38F-5BBF45ED5633}"/>
+    <hyperlink ref="J526" r:id="rId139" xr:uid="{80DC1482-9506-42D2-8E14-AEA212C20A0C}"/>
+    <hyperlink ref="J537" r:id="rId140" xr:uid="{FD4CEB09-AAFE-48EA-9560-3B73F7A04CE0}"/>
+    <hyperlink ref="J543" r:id="rId141" xr:uid="{1B87BD7C-AF94-4975-8C41-A4FDC05FF83F}"/>
+    <hyperlink ref="J536" r:id="rId142" xr:uid="{4A8EF8D2-8EB6-42B5-AA93-08552F777181}"/>
+    <hyperlink ref="J508" r:id="rId143" xr:uid="{1C87295E-4379-48D6-A3D1-E1B508A841C1}"/>
+    <hyperlink ref="J511" r:id="rId144" xr:uid="{A7376636-817C-4D60-89C3-0289CB3B8363}"/>
+    <hyperlink ref="J529" r:id="rId145" xr:uid="{7A2CCC48-229B-45A5-B4E5-81AF666C7131}"/>
+    <hyperlink ref="J532" r:id="rId146" xr:uid="{263ABA25-FE07-4ACC-8343-F352E3EF8E31}"/>
+    <hyperlink ref="J541" r:id="rId147" xr:uid="{0F677582-6341-41EE-B556-A10732693EAD}"/>
+    <hyperlink ref="J542" r:id="rId148" xr:uid="{88B00BA9-52D5-4A5D-A38B-7A2268EE1565}"/>
+    <hyperlink ref="J545" r:id="rId149" xr:uid="{E738C029-C8F0-42E3-BC65-190E29D34D6F}"/>
+    <hyperlink ref="J544" r:id="rId150" xr:uid="{D0DE78B5-C758-4DAE-8642-DFA57C3E7C9A}"/>
+    <hyperlink ref="J546" r:id="rId151" xr:uid="{2B0FCB90-D16D-437F-84F2-66B372D1A631}"/>
+    <hyperlink ref="J547" r:id="rId152" xr:uid="{AF045F78-62C6-4D7A-8B1F-8ED7B42C70E3}"/>
+    <hyperlink ref="J527" r:id="rId153" xr:uid="{9B8773BD-47EB-4806-8A8E-F6C1391F8361}"/>
+    <hyperlink ref="J531" r:id="rId154" xr:uid="{2CCCFFD6-D259-42FB-897C-BBD34AB124DA}"/>
+    <hyperlink ref="J550" r:id="rId155" xr:uid="{76E88743-DCBB-473C-8EAF-8FCE248CEEEC}"/>
+    <hyperlink ref="J549" r:id="rId156" xr:uid="{5F244AE4-418E-4DFC-AA69-A74C385A2BE0}"/>
+    <hyperlink ref="J509" r:id="rId157" xr:uid="{8F83CCF5-7ADB-4092-84F4-EA7E5AF87A69}"/>
+    <hyperlink ref="J514" r:id="rId158" xr:uid="{C18A3BFB-FD14-4820-BF97-323E0B529726}"/>
+    <hyperlink ref="J23" r:id="rId159" xr:uid="{771E3F24-6214-4F5E-B65A-ACA1B7503E5B}"/>
+    <hyperlink ref="J28" r:id="rId160" xr:uid="{D5A8A5DE-5874-4159-8242-EE4A12AE61A6}"/>
+    <hyperlink ref="J14" r:id="rId161" xr:uid="{CCCB45D2-9B6C-4477-9017-0D948476A9F0}"/>
+    <hyperlink ref="J15" r:id="rId162" xr:uid="{EDABC25A-C257-4818-9E51-6B566E163F50}"/>
+    <hyperlink ref="J16" r:id="rId163" xr:uid="{30FDB2C9-AF2D-4BC1-99C9-BB4BA9CA1187}"/>
+    <hyperlink ref="J22" r:id="rId164" xr:uid="{D0A26C4F-501D-4B0A-AA6E-EB74A702568E}"/>
+    <hyperlink ref="J5" r:id="rId165" xr:uid="{DC9A48B7-DC2D-4590-8559-1353D24A8C4D}"/>
+    <hyperlink ref="J4" r:id="rId166" xr:uid="{864BD4D6-EBD6-4CB3-9D28-93666B5D892A}"/>
+    <hyperlink ref="J24" r:id="rId167" xr:uid="{33F43263-66BF-45F3-B866-B3B7A0EA3BB3}"/>
+    <hyperlink ref="J21" r:id="rId168" xr:uid="{24A337CA-A65A-4DEB-8D67-11ECCFED59C8}"/>
+    <hyperlink ref="J18" r:id="rId169" xr:uid="{4FE46BC1-1437-4E18-8DCA-87C1ABDC76EE}"/>
+    <hyperlink ref="J20" r:id="rId170" xr:uid="{B7AF18CA-BFE7-438C-9906-7B9B363B3206}"/>
+    <hyperlink ref="J19" r:id="rId171" xr:uid="{71A86A4E-04D9-437B-8DB4-83D0B1BF8108}"/>
+    <hyperlink ref="J9" r:id="rId172" xr:uid="{DDCC9633-7822-4FE1-BE89-7D3793971416}"/>
+    <hyperlink ref="J8" r:id="rId173" xr:uid="{48C6C4AE-40D4-4D9B-86D3-62B9365B7169}"/>
+    <hyperlink ref="J13" r:id="rId174" xr:uid="{842ECA57-A9EA-4DF4-B50D-93EE70FA4A75}"/>
+    <hyperlink ref="J11" r:id="rId175" xr:uid="{D4E5990B-674E-41EB-A26A-411EB1257323}"/>
+    <hyperlink ref="J17" r:id="rId176" xr:uid="{57C90B9A-DC25-4395-AC81-91A753B47B1D}"/>
+    <hyperlink ref="J26" r:id="rId177" xr:uid="{C46AE2F9-BB8F-4680-B0EB-B0CA609B6D87}"/>
+    <hyperlink ref="J10" r:id="rId178" xr:uid="{BF87490A-CE5B-4221-BD5F-B651C3C7C332}"/>
+    <hyperlink ref="J6" r:id="rId179" xr:uid="{DE69E8AC-9D22-4F4F-A62D-A4B47731C64B}"/>
+    <hyperlink ref="J12" r:id="rId180" xr:uid="{45524E8F-C307-4229-AB3E-7D12EAF54EA8}"/>
+    <hyperlink ref="J25" r:id="rId181" xr:uid="{D6811C22-1129-4BB7-9C6A-13FBD142C134}"/>
+    <hyperlink ref="J7" r:id="rId182" xr:uid="{3547D1D7-7DF8-429C-A89F-632BECC6810C}"/>
+    <hyperlink ref="J27" r:id="rId183" xr:uid="{477C9877-F012-4C29-886E-D674D7A4205C}"/>
+    <hyperlink ref="J348" r:id="rId184" xr:uid="{0CCB9EF8-35EA-4FA3-ACEF-5013CDDA5871}"/>
+    <hyperlink ref="J353" r:id="rId185" xr:uid="{BD6D38C3-E6FD-4BE8-A458-F85F5571C49E}"/>
+    <hyperlink ref="J361" r:id="rId186" xr:uid="{C165637A-DB23-4090-8975-BC9FC9986D60}"/>
+    <hyperlink ref="J358" r:id="rId187" xr:uid="{E341994D-A4D4-486A-96D5-A1DE7EBB5506}"/>
+    <hyperlink ref="J382" r:id="rId188" xr:uid="{6849DEA4-E2B2-4FB5-8706-E74E0584D9FB}"/>
+    <hyperlink ref="J350" r:id="rId189" xr:uid="{AEE3B377-F0C7-4E19-80FC-D828A8F86D30}"/>
+    <hyperlink ref="J372" r:id="rId190" xr:uid="{FE43AE32-CF7B-43E0-82D2-02E195B33E74}"/>
+    <hyperlink ref="J362" r:id="rId191" xr:uid="{BCFE20D6-0507-411C-9636-9BA2232436E0}"/>
+    <hyperlink ref="J380" r:id="rId192" xr:uid="{0C77BE93-9DF1-46C2-A573-CD0BEBD40CCE}"/>
+    <hyperlink ref="J346" r:id="rId193" xr:uid="{F92AA0A4-8EE6-4570-80AC-51216DCE935E}"/>
+    <hyperlink ref="J365" r:id="rId194" xr:uid="{AAA57F25-45AE-4642-9C33-3DAB4041B964}"/>
+    <hyperlink ref="J360" r:id="rId195" xr:uid="{F7AE3F6B-BEFC-4F6F-9534-805A07A7128B}"/>
+    <hyperlink ref="J374" r:id="rId196" xr:uid="{B21B65FB-5905-4937-B816-B7A672B59AA7}"/>
+    <hyperlink ref="J359" r:id="rId197" xr:uid="{667D04FC-4DC4-4FD4-B2FB-64DBFC230BBB}"/>
+    <hyperlink ref="J342" r:id="rId198" xr:uid="{B45D06E7-E84E-4A69-A312-E932056D1135}"/>
+    <hyperlink ref="J344" r:id="rId199" xr:uid="{E0892338-2ED2-40B2-A78A-E81699A40C8E}"/>
+    <hyperlink ref="J356" r:id="rId200" xr:uid="{073F6FF1-B32E-4226-9DD3-FD03B70A02BD}"/>
+    <hyperlink ref="J370" r:id="rId201" xr:uid="{AEFBA700-8EE1-40A1-BC6B-EDDEF5C8A1CC}"/>
+    <hyperlink ref="J355" r:id="rId202" xr:uid="{B880D316-805D-4BEE-B50A-4725E0BF4F6C}"/>
+    <hyperlink ref="J364" r:id="rId203" xr:uid="{C28E7AA1-17F5-4AA3-A289-68A020715216}"/>
+    <hyperlink ref="J375" r:id="rId204" xr:uid="{8A1BB4C0-ECF1-4FB3-86B3-4DFCC0282F63}"/>
+    <hyperlink ref="J381" r:id="rId205" xr:uid="{833393F2-917E-410D-A226-91B14E101B75}"/>
+    <hyperlink ref="J369" r:id="rId206" xr:uid="{8E6B802E-7163-4178-ABA7-C4A069032DD4}"/>
+    <hyperlink ref="J363" r:id="rId207" xr:uid="{9994D011-5E8D-43DA-9389-280AAB6DF080}"/>
+    <hyperlink ref="J343" r:id="rId208" xr:uid="{D460F235-5517-4196-9645-A89465CA20EF}"/>
+    <hyperlink ref="J376" r:id="rId209" xr:uid="{4D0CDE79-C1F0-4103-98F1-21A92D21AAE6}"/>
+    <hyperlink ref="J345" r:id="rId210" xr:uid="{EF39270F-B88D-45C9-B671-DC08A44A2B31}"/>
+    <hyperlink ref="J354" r:id="rId211" xr:uid="{D272A077-044E-40EE-A18D-639E6D49A0AE}"/>
+    <hyperlink ref="J377" r:id="rId212" xr:uid="{39BFE8F4-3E3F-42DD-9FA6-2B2B595A98D8}"/>
+    <hyperlink ref="J373" r:id="rId213" xr:uid="{053285F5-747A-4462-A010-F0F27FE3E4C7}"/>
+    <hyperlink ref="J366" r:id="rId214" xr:uid="{135821B1-0F1B-4FCC-930C-839449028241}"/>
+    <hyperlink ref="J349" r:id="rId215" xr:uid="{1D159C89-5C5A-4940-8756-F436E8F7791B}"/>
+    <hyperlink ref="J367" r:id="rId216" xr:uid="{948DBED3-E4AC-4180-818D-ABE0EC468FD5}"/>
+    <hyperlink ref="J383" r:id="rId217" xr:uid="{AA06B3CB-94A4-48C6-977A-69B9D312C16F}"/>
+    <hyperlink ref="J368" r:id="rId218" xr:uid="{359E51EB-86FE-44A9-A1CC-CB4462539FE7}"/>
+    <hyperlink ref="J371" r:id="rId219" xr:uid="{42A5C162-2C42-41A1-B810-7D5389BEDB40}"/>
+    <hyperlink ref="J379" r:id="rId220" xr:uid="{9DE5E999-917F-4D60-8616-FE954A08B593}"/>
+    <hyperlink ref="J352" r:id="rId221" xr:uid="{59E778A8-DEBF-4216-897D-3610933F08D0}"/>
+    <hyperlink ref="J378" r:id="rId222" xr:uid="{972E3548-2F72-4D30-A8EC-21CE9098E935}"/>
+    <hyperlink ref="J347" r:id="rId223" xr:uid="{6E7E0F86-73DC-4FD9-8667-1B0FA4ED510B}"/>
+    <hyperlink ref="J357" r:id="rId224" xr:uid="{28E606C1-15AC-4444-88A2-C6775C599542}"/>
+    <hyperlink ref="J351" r:id="rId225" xr:uid="{63426B37-202A-468A-8A76-055D14677E13}"/>
+    <hyperlink ref="J132" r:id="rId226" xr:uid="{07010932-5FFC-4D5B-B032-8AD424D735A8}"/>
+    <hyperlink ref="J134" r:id="rId227" xr:uid="{EE8A01CF-904F-4A6F-B721-48B55F845141}"/>
+    <hyperlink ref="J129" r:id="rId228" xr:uid="{46E5322A-5CD6-410E-BA33-7BCC6E586036}"/>
+    <hyperlink ref="J128" r:id="rId229" xr:uid="{1947BB66-4CDD-485A-AE72-EE58FCA3C2E3}"/>
+    <hyperlink ref="J133" r:id="rId230" xr:uid="{71D85901-92DE-4F81-A7C3-D2C853BE4821}"/>
+    <hyperlink ref="J135" r:id="rId231" xr:uid="{BB8FCD41-A33C-4D3F-8FE3-006ECC3FE6FE}"/>
+    <hyperlink ref="J127" r:id="rId232" xr:uid="{D577FEB3-0557-4AEC-B5B4-5F21EB8F1F2B}"/>
+    <hyperlink ref="J126" r:id="rId233" xr:uid="{BCCE6133-0C0A-4F83-B86C-2F015DA76C64}"/>
+    <hyperlink ref="J137" r:id="rId234" xr:uid="{00213DDB-520F-4298-968F-1C379FE79219}"/>
+    <hyperlink ref="J124" r:id="rId235" xr:uid="{0F491B77-F029-49BF-BC22-8A7B16184948}"/>
+    <hyperlink ref="J131" r:id="rId236" xr:uid="{9EA6E3F4-E77C-4B8D-A66A-7594EB439690}"/>
+    <hyperlink ref="J136" r:id="rId237" xr:uid="{CB398698-5015-409B-B9FC-8618EABDC0D2}"/>
+    <hyperlink ref="J31" r:id="rId238" xr:uid="{78E30026-9666-40D3-ACDB-563166502094}"/>
+    <hyperlink ref="J42" r:id="rId239" xr:uid="{FC6C1916-1A21-4564-838E-4D2E6548E4BD}"/>
+    <hyperlink ref="J56" r:id="rId240" xr:uid="{A8E37FA1-9234-4DDF-9E26-8B8A06F09270}"/>
+    <hyperlink ref="J55" r:id="rId241" xr:uid="{03D88A9C-6883-4F62-AAF2-C801EBFE9873}"/>
+    <hyperlink ref="J47" r:id="rId242" xr:uid="{9676F0C8-5D93-478F-8A17-FC2D786DDFC7}"/>
+    <hyperlink ref="J48" r:id="rId243" xr:uid="{9671891B-1B25-41A3-A5FD-2C645DF31D46}"/>
+    <hyperlink ref="J44" r:id="rId244" xr:uid="{5BDF57D6-8FE8-44D3-B140-AB3A77A3BEB8}"/>
+    <hyperlink ref="J59" r:id="rId245" xr:uid="{7D5DCFAE-C634-499F-8640-439504F3E3C9}"/>
+    <hyperlink ref="J58" r:id="rId246" xr:uid="{F115FA03-5318-40F2-B287-5BA662B6E007}"/>
+    <hyperlink ref="J60" r:id="rId247" xr:uid="{8C29687C-F95E-477F-9084-1971594D1099}"/>
+    <hyperlink ref="J53" r:id="rId248" xr:uid="{6CD1296A-92B9-4EB1-9B6F-193D20067695}"/>
+    <hyperlink ref="J52" r:id="rId249" xr:uid="{9E5217C0-A866-40D1-818D-33712C83B73C}"/>
+    <hyperlink ref="J61" r:id="rId250" xr:uid="{26EF7F27-3251-499C-9410-E949EB2A7D92}"/>
+    <hyperlink ref="J41" r:id="rId251" xr:uid="{1468A771-EF72-4F7A-B5C8-475DBA474AD6}"/>
+    <hyperlink ref="J39" r:id="rId252" xr:uid="{8A8B2102-C799-4C46-8BC5-E778A0C9A3B9}"/>
+    <hyperlink ref="J40" r:id="rId253" xr:uid="{F2FA3B3F-A137-4C7F-9AC3-BA0DA3DA8AA6}"/>
+    <hyperlink ref="J62" r:id="rId254" xr:uid="{FF30B000-EE22-4026-8ECB-8FF911BC9864}"/>
+    <hyperlink ref="J64" r:id="rId255" xr:uid="{64343842-043E-493D-B3EC-BAEC614C60F1}"/>
+    <hyperlink ref="J43" r:id="rId256" xr:uid="{1B642172-87D6-4AF8-AB4A-0380F29210E0}"/>
+    <hyperlink ref="J29" r:id="rId257" xr:uid="{8A84B2F6-B016-4338-AD2A-0554F6896887}"/>
+    <hyperlink ref="J65" r:id="rId258" xr:uid="{0D8E1D27-C477-449B-8451-D6518A8A0C1A}"/>
+    <hyperlink ref="J50" r:id="rId259" xr:uid="{2F47BE12-2907-43E1-AAF6-6F0F3D1B0E85}"/>
+    <hyperlink ref="J33" r:id="rId260" xr:uid="{76D17F84-3732-4D51-BF64-F81EA6BBF6CC}"/>
+    <hyperlink ref="J63" r:id="rId261" xr:uid="{0EAF5010-AD6B-4050-A78B-4E0B1F93AD49}"/>
+    <hyperlink ref="J34" r:id="rId262" xr:uid="{B4CD4CEE-1AD8-41F8-9D3C-808634C60CA2}"/>
+    <hyperlink ref="J45" r:id="rId263" xr:uid="{DE0DEFE7-1CAA-44EE-B4E1-5F502D6A0BCA}"/>
+    <hyperlink ref="J51" r:id="rId264" xr:uid="{18B765DF-FE3E-4434-85B1-FFDA9693573F}"/>
+    <hyperlink ref="J57" r:id="rId265" xr:uid="{801150E5-510D-4FFC-9FC2-85FCEC970650}"/>
+    <hyperlink ref="J35" r:id="rId266" xr:uid="{B06688FA-5D71-442B-9BD9-EE645285BF63}"/>
+    <hyperlink ref="J36" r:id="rId267" xr:uid="{FA2C98A4-3D31-40EF-A4C1-C5F32A5A9821}"/>
+    <hyperlink ref="J37" r:id="rId268" xr:uid="{82AAB059-4615-4068-AA52-CA550D581446}"/>
+    <hyperlink ref="J32" r:id="rId269" xr:uid="{BEA211AB-AD46-4509-A40A-83A543DD0896}"/>
+    <hyperlink ref="J38" r:id="rId270" xr:uid="{BC17895A-E26D-48D5-A001-B28B29B6CB64}"/>
+    <hyperlink ref="J46" r:id="rId271" xr:uid="{118C11E0-599F-4DF9-BC31-CB6F5ED7D330}"/>
+    <hyperlink ref="J49" r:id="rId272" xr:uid="{0495DD45-3ADB-4869-AE93-B2D0E5068C27}"/>
+    <hyperlink ref="J54" r:id="rId273" xr:uid="{CFD18E8C-D887-4F4F-A03D-F26BA4CB36A3}"/>
+    <hyperlink ref="J30" r:id="rId274" xr:uid="{361D497B-9B80-4861-B623-DEB46C31F3BD}"/>
+    <hyperlink ref="J270" r:id="rId275" xr:uid="{A79F4707-519D-4AF0-A5EA-C81A893D1CEE}"/>
+    <hyperlink ref="J269" r:id="rId276" xr:uid="{CFC2D167-03C3-4711-BAA5-9DE45B7B1C1E}"/>
+    <hyperlink ref="J274" r:id="rId277" xr:uid="{B22EC011-9F0F-444D-9274-15982042CE3C}"/>
+    <hyperlink ref="J272" r:id="rId278" xr:uid="{D334686E-45DB-43A9-8797-324A80DFD32F}"/>
+    <hyperlink ref="J273" r:id="rId279" xr:uid="{8EB41D87-7ACD-4009-A656-CC03239BCF5B}"/>
+    <hyperlink ref="J271" r:id="rId280" xr:uid="{62087868-9B89-4564-B68C-0B4DCDDC79B0}"/>
+    <hyperlink ref="J275" r:id="rId281" xr:uid="{132E15D8-6D8A-4924-BA85-AB6CCBC38017}"/>
+    <hyperlink ref="J281" r:id="rId282" xr:uid="{93D732D8-362D-4C49-9262-242992E3D461}"/>
+    <hyperlink ref="J278" r:id="rId283" xr:uid="{E5E84A5C-8B2C-4BF8-81A7-020487B5DF22}"/>
+    <hyperlink ref="J276" r:id="rId284" xr:uid="{FF0DCD1E-F003-4AA6-812F-C0EAA1051518}"/>
+    <hyperlink ref="J279" r:id="rId285" xr:uid="{6059DC91-2996-481B-BE81-C99B147D46A1}"/>
+    <hyperlink ref="J280" r:id="rId286" xr:uid="{4A132A5A-346E-45D5-9934-A7B084F519C9}"/>
+    <hyperlink ref="J457" r:id="rId287" xr:uid="{1F281E9D-492C-423A-A73E-79E84D9DAD90}"/>
+    <hyperlink ref="J454" r:id="rId288" xr:uid="{81D7BE1E-08E9-47DF-BBFD-1BA0BA01A2E0}"/>
+    <hyperlink ref="J455" r:id="rId289" xr:uid="{0F14C7E2-FB7A-4C0A-944E-7D9B0DB1DA95}"/>
+    <hyperlink ref="J452" r:id="rId290" xr:uid="{C31844A2-4C7A-4CCD-9901-9C4C4D848249}"/>
+    <hyperlink ref="J456" r:id="rId291" xr:uid="{596892CB-4C6D-4717-894E-AEEE3040E7B4}"/>
+    <hyperlink ref="J453" r:id="rId292" xr:uid="{74642548-F40A-48E6-BDFF-0E686E7DEB76}"/>
+    <hyperlink ref="J458" r:id="rId293" xr:uid="{ED3C5797-183E-4EB1-A573-83AE998793C3}"/>
+    <hyperlink ref="J330" r:id="rId294" xr:uid="{7659C6A1-0DD4-4A64-AEFA-915D06A9E949}"/>
+    <hyperlink ref="J334" r:id="rId295" xr:uid="{DA9E5519-2D4A-45B7-A375-2D7FCCC9E0FE}"/>
+    <hyperlink ref="J338" r:id="rId296" xr:uid="{981F4476-593B-4F2D-A384-7473606C8B9C}"/>
+    <hyperlink ref="J340" r:id="rId297" xr:uid="{1E986723-92E6-4A89-9768-F66B377A85DD}"/>
+    <hyperlink ref="J337" r:id="rId298" xr:uid="{5047C84D-023A-4949-A24A-8E4E4C4F7EDC}"/>
+    <hyperlink ref="J332" r:id="rId299" xr:uid="{10ADF3F3-92A6-48EF-80A2-35951129733A}"/>
+    <hyperlink ref="J329" r:id="rId300" xr:uid="{9D398EE5-36F5-49E0-8B73-AC36B67371E3}"/>
+    <hyperlink ref="J335" r:id="rId301" xr:uid="{3248A375-E0B3-4BEC-A405-9321EAE91B93}"/>
+    <hyperlink ref="J336" r:id="rId302" xr:uid="{EE41E14C-C383-43B2-891F-DE2F66C79355}"/>
+    <hyperlink ref="J341" r:id="rId303" xr:uid="{D87F22D0-32EF-4DAA-A4E4-FD176F8FCF86}"/>
+    <hyperlink ref="J333" r:id="rId304" xr:uid="{CD4FE962-8BC1-43F0-92B6-4FD7AE569AFE}"/>
+    <hyperlink ref="J339" r:id="rId305" xr:uid="{0FBE349F-6F63-49FE-BE45-BFA7233B5568}"/>
+    <hyperlink ref="J331" r:id="rId306" xr:uid="{9B3D5D58-738F-4B8C-BC26-9E7B3828B3B6}"/>
+    <hyperlink ref="J559" r:id="rId307" xr:uid="{4A2505DC-AFCD-4176-BFB4-2EE1E7F52988}"/>
+    <hyperlink ref="J568" r:id="rId308" xr:uid="{57AC6042-9779-451C-9879-3BBA16240D4C}"/>
+    <hyperlink ref="J558" r:id="rId309" xr:uid="{067E3F56-D81A-47F2-880C-A7FA0ECDB9EE}"/>
+    <hyperlink ref="J560" r:id="rId310" xr:uid="{AF8CC8E0-DB69-42BC-98CE-9D282AE56E27}"/>
+    <hyperlink ref="J561" r:id="rId311" xr:uid="{A691A024-4DBD-49F8-94E0-C36781767A3B}"/>
+    <hyperlink ref="J569" r:id="rId312" xr:uid="{8FA217A6-3322-47A3-AC43-268FB6ED1811}"/>
+    <hyperlink ref="J557" r:id="rId313" xr:uid="{348C1CD8-5BBE-4AB0-8BD3-093CE1FA75DC}"/>
+    <hyperlink ref="J562" r:id="rId314" xr:uid="{056F7E69-A565-4B91-A5C0-DB2616F27648}"/>
+    <hyperlink ref="J563" r:id="rId315" xr:uid="{57133F24-6FFE-49FD-B1D1-E79B24F60F43}"/>
+    <hyperlink ref="J564" r:id="rId316" xr:uid="{1021952B-B2A2-417E-AB4D-4205694DE022}"/>
+    <hyperlink ref="J566" r:id="rId317" xr:uid="{ECF2AB72-FE3F-454D-8378-8FACA17E66A6}"/>
+    <hyperlink ref="J565" r:id="rId318" xr:uid="{1D711F0D-3817-4198-A3C9-DD9A3BE98521}"/>
+    <hyperlink ref="J567" r:id="rId319" xr:uid="{1318EECF-8567-48F7-9247-947A2EEB3287}"/>
+    <hyperlink ref="J66" r:id="rId320" xr:uid="{EE2B5AFB-80EC-4C5C-9CFA-6AB2A1CB99BB}"/>
+    <hyperlink ref="J97" r:id="rId321" xr:uid="{A7DE0FE0-5EC1-4313-90C7-78161D74C3D8}"/>
+    <hyperlink ref="J71" r:id="rId322" xr:uid="{E88DA662-88D6-4D2E-9C35-77269D203924}"/>
+    <hyperlink ref="J68" r:id="rId323" xr:uid="{4D7A1BE1-01C9-42C3-AFC2-1812E9E4390D}"/>
+    <hyperlink ref="J67" r:id="rId324" xr:uid="{4880A6A6-E137-49CB-A5B2-6CFCEC4BAB33}"/>
+    <hyperlink ref="J86" r:id="rId325" xr:uid="{3481730C-6055-4963-A13D-1DCBFE05B914}"/>
+    <hyperlink ref="J95" r:id="rId326" xr:uid="{9D51FC13-94B3-4C66-9CEE-0B6B70C2CDD0}"/>
+    <hyperlink ref="J100" r:id="rId327" xr:uid="{C4B393DA-7E7C-4AEA-AB4A-3C8227941E93}"/>
+    <hyperlink ref="J73" r:id="rId328" xr:uid="{373E585B-1690-4B8E-8B0D-31A20250D878}"/>
+    <hyperlink ref="J92" r:id="rId329" xr:uid="{0F21F746-F064-4F36-A4A3-9998DA5FA4E1}"/>
+    <hyperlink ref="J90" r:id="rId330" xr:uid="{4FABA7AA-8264-4E5B-AC63-7F3854001F11}"/>
+    <hyperlink ref="J91" r:id="rId331" xr:uid="{C80A0CD7-BBC3-4448-9BEE-FC8FF6418126}"/>
+    <hyperlink ref="J72" r:id="rId332" xr:uid="{56EF2E8A-EC31-4B10-A8BF-CEEF1753E90A}"/>
+    <hyperlink ref="J77" r:id="rId333" xr:uid="{8450B833-7373-4764-AFE4-7C36B836289D}"/>
+    <hyperlink ref="J76" r:id="rId334" xr:uid="{2A207212-BCB2-4D8E-BA83-AD7DC85E1B3A}"/>
+    <hyperlink ref="J93" r:id="rId335" xr:uid="{1BBC441D-3CF0-4A82-891B-C317EA37217C}"/>
+    <hyperlink ref="J94" r:id="rId336" xr:uid="{2D3B1B6C-54B2-44F2-A56F-F9755F4B0B65}"/>
+    <hyperlink ref="J69" r:id="rId337" xr:uid="{12FC0280-CB75-45DB-94DB-D6A42E489A9F}"/>
+    <hyperlink ref="J75" r:id="rId338" xr:uid="{1037E3F4-6C59-47EB-ADD9-6F51345C3FD5}"/>
+    <hyperlink ref="J82" r:id="rId339" xr:uid="{D00E1B99-B1D1-480F-9CCE-62A574D4262E}"/>
+    <hyperlink ref="J80" r:id="rId340" xr:uid="{FB5852DB-1E2C-4B5D-B09C-834122798C5C}"/>
+    <hyperlink ref="J99" r:id="rId341" xr:uid="{9BA05669-FC9E-4A2D-89D5-4115C924D75F}"/>
+    <hyperlink ref="J102" r:id="rId342" xr:uid="{61E782FA-55C4-4271-9315-854F80AF50B3}"/>
+    <hyperlink ref="J101" r:id="rId343" xr:uid="{1BDF51DA-F0BF-4C8B-BE29-EA0D407806D3}"/>
+    <hyperlink ref="J103" r:id="rId344" xr:uid="{E6462CC5-F52E-4F2E-8761-18EA5F3038F4}"/>
+    <hyperlink ref="J87" r:id="rId345" xr:uid="{5CB966EB-5280-43BB-8385-272900330B05}"/>
+    <hyperlink ref="J88" r:id="rId346" xr:uid="{1D5F15A2-77E8-4691-9E22-8824B042AE86}"/>
+    <hyperlink ref="J81" r:id="rId347" xr:uid="{6FF83203-762A-4306-B982-77F1E0FAEE90}"/>
+    <hyperlink ref="J78" r:id="rId348" xr:uid="{69C609A4-236A-472C-939B-7F208DD49C5C}"/>
+    <hyperlink ref="J83" r:id="rId349" xr:uid="{7BDD3762-C5E3-4446-B90B-E73F81485C86}"/>
+    <hyperlink ref="J89" r:id="rId350" xr:uid="{1B679F4E-0AA4-433F-B2D8-697E7F3EA0B8}"/>
+    <hyperlink ref="J104" r:id="rId351" xr:uid="{32C92CDF-7A70-4299-817F-15901B6BDA20}"/>
+    <hyperlink ref="J96" r:id="rId352" xr:uid="{4EA2B760-C242-4CF3-9ED2-B089B08113E1}"/>
+    <hyperlink ref="J70" r:id="rId353" xr:uid="{02E152E3-269B-4091-A0DE-5B26477E09F1}"/>
+    <hyperlink ref="J98" r:id="rId354" xr:uid="{8E3C8C77-22CB-4A61-93C5-3DB05DFB0EEC}"/>
+    <hyperlink ref="J74" r:id="rId355" xr:uid="{319D0C07-001A-437D-884D-E03A909FA1B5}"/>
+    <hyperlink ref="J79" r:id="rId356" xr:uid="{F3E596F5-4B6E-44E7-8E75-16541E872F68}"/>
+    <hyperlink ref="J84" r:id="rId357" xr:uid="{4CD8C7BC-ED9B-4B03-8358-755763C6E095}"/>
+    <hyperlink ref="J85" r:id="rId358" xr:uid="{4F3E61A5-FA03-4A7E-8B57-7C79E5F04F6A}"/>
+    <hyperlink ref="J462" r:id="rId359" xr:uid="{229B5646-CC3D-4133-9BB1-0B4F1D2E6454}"/>
+    <hyperlink ref="J460" r:id="rId360" xr:uid="{FA9DE6AA-BEF9-4048-9037-B6900C8F1A66}"/>
+    <hyperlink ref="J461" r:id="rId361" xr:uid="{A8F4E16D-E189-402E-97C0-57C10FC54C72}"/>
+    <hyperlink ref="J463" r:id="rId362" xr:uid="{1A55E3E2-4453-405C-9F18-84B0CDB690A0}"/>
+    <hyperlink ref="J464" r:id="rId363" xr:uid="{BF0518BB-703A-4B16-9C45-F33DB931CE9E}"/>
+    <hyperlink ref="J600" r:id="rId364" xr:uid="{55E50173-DA9C-4A3A-9C6D-9BA4027B78E4}"/>
+    <hyperlink ref="J611" r:id="rId365" xr:uid="{9C473A63-C929-481F-BC1B-567D001F726B}"/>
+    <hyperlink ref="J601" r:id="rId366" xr:uid="{90C30E42-878C-4787-A072-F7EA015BD17C}"/>
+    <hyperlink ref="J594" r:id="rId367" xr:uid="{A8B05EDD-39CE-47A2-99E7-39E09F88A904}"/>
+    <hyperlink ref="J614" r:id="rId368" xr:uid="{244959D3-0D32-41A7-9311-84AA062B93EA}"/>
+    <hyperlink ref="J623" r:id="rId369" xr:uid="{B8A88518-410B-46F8-96D7-A73CAE1A3DC6}"/>
+    <hyperlink ref="J626" r:id="rId370" xr:uid="{4B418E3F-4509-4538-9156-D3DE3B9CF0DF}"/>
+    <hyperlink ref="J615" r:id="rId371" xr:uid="{1831C214-693D-4F70-BD18-DECEF28F71B3}"/>
+    <hyperlink ref="J617" r:id="rId372" xr:uid="{6DF9D167-81EC-48EB-AFCE-5775DB0BF8D7}"/>
+    <hyperlink ref="J595" r:id="rId373" xr:uid="{D730A008-B926-43D0-9465-AFEF1A64A085}"/>
+    <hyperlink ref="J613" r:id="rId374" xr:uid="{6CD30E38-8979-427F-95F9-BE5914706566}"/>
+    <hyperlink ref="J612" r:id="rId375" xr:uid="{A910A304-EB69-41B6-852B-86F405FED9E4}"/>
+    <hyperlink ref="J616" r:id="rId376" xr:uid="{860A9AD4-9759-4B3E-9C5D-3E455D9101A2}"/>
+    <hyperlink ref="J606" r:id="rId377" xr:uid="{99A9D36B-6667-4394-8CE0-18BD2CE99C39}"/>
+    <hyperlink ref="J622" r:id="rId378" xr:uid="{AF8886CE-1A9B-4B53-B1D3-13AD8575D71F}"/>
+    <hyperlink ref="J596" r:id="rId379" xr:uid="{545AAB77-88D7-4239-829A-124E92F23B8F}"/>
+    <hyperlink ref="J598" r:id="rId380" xr:uid="{1ECEB479-70E7-4D56-95B1-146E8558A261}"/>
+    <hyperlink ref="J597" r:id="rId381" xr:uid="{938F3BD3-63B9-4C4F-829B-C5864FC16BE2}"/>
+    <hyperlink ref="J607" r:id="rId382" xr:uid="{E562BD1E-15D3-484C-ABD8-E9366BAFE5B4}"/>
+    <hyperlink ref="J620" r:id="rId383" xr:uid="{680E7EFC-2D52-4418-AD49-8C182E83C3BC}"/>
+    <hyperlink ref="J624" r:id="rId384" xr:uid="{E55126DB-351A-4EC4-BB10-B90F26017C99}"/>
+    <hyperlink ref="J625" r:id="rId385" xr:uid="{36DE853D-9693-46F5-8C56-E0AF47E3DD88}"/>
+    <hyperlink ref="J609" r:id="rId386" xr:uid="{68ACC54C-722E-4B6A-8BDE-C1B8BFD6C2FE}"/>
+    <hyperlink ref="J608" r:id="rId387" xr:uid="{9BB8D773-301A-4E25-91A5-248FBC23FD9B}"/>
+    <hyperlink ref="J603" r:id="rId388" xr:uid="{96EE6941-60A1-4F04-9D0D-CE265F2FF059}"/>
+    <hyperlink ref="J610" r:id="rId389" xr:uid="{4CBE769B-03C3-475A-A052-E68156C6CB59}"/>
+    <hyperlink ref="J605" r:id="rId390" xr:uid="{CE751795-9189-40CE-AB64-B747413BBFCC}"/>
+    <hyperlink ref="J604" r:id="rId391" xr:uid="{327DC13D-1A1F-4A1D-B3F8-3ED6304B5099}"/>
+    <hyperlink ref="J621" r:id="rId392" xr:uid="{D0E14AB2-3BC8-40D7-8C9F-DF52DB4BE577}"/>
+    <hyperlink ref="J602" r:id="rId393" xr:uid="{3135AFEA-B74B-4E34-A574-D7DAC01C9A4A}"/>
+    <hyperlink ref="J618" r:id="rId394" xr:uid="{382C8640-AEBA-4FBE-971A-2CEB3006869E}"/>
+    <hyperlink ref="J627" r:id="rId395" xr:uid="{2B299469-7284-4375-BA2D-33B1A091A805}"/>
+    <hyperlink ref="J619" r:id="rId396" xr:uid="{FA2B82B8-0038-439D-B457-63F24BD76BB5}"/>
+    <hyperlink ref="J599" r:id="rId397" xr:uid="{9BB5989F-BE3D-4649-87AA-AD65B635684B}"/>
+    <hyperlink ref="J214" r:id="rId398" xr:uid="{6EDB2562-0CCA-446F-8A3D-D9F55084A220}"/>
+    <hyperlink ref="J231" r:id="rId399" xr:uid="{0D9B9B35-61C1-4A15-B1EF-436C517FAB09}"/>
+    <hyperlink ref="J242" r:id="rId400" xr:uid="{8E09838C-4455-4C0F-9664-0D3A0B22A98C}"/>
+    <hyperlink ref="J243" r:id="rId401" xr:uid="{3754C94B-9A49-46DB-B0D4-EF3273880B4B}"/>
+    <hyperlink ref="J227" r:id="rId402" xr:uid="{E1D7D39D-460E-4831-9CAC-65021FDF732D}"/>
+    <hyperlink ref="J226" r:id="rId403" xr:uid="{D92D413A-5B75-451C-8685-3A8DACD3268D}"/>
+    <hyperlink ref="J230" r:id="rId404" xr:uid="{AE191D49-9BCD-472B-823A-2761C5F37C4E}"/>
+    <hyperlink ref="J212" r:id="rId405" xr:uid="{82E7AB93-B4FE-4EC6-A49D-8AC767AA6F7F}"/>
+    <hyperlink ref="J245" r:id="rId406" xr:uid="{B7DC5964-5639-488F-9FC1-9469A1C6F92F}"/>
+    <hyperlink ref="J221" r:id="rId407" xr:uid="{E3272912-80D1-4614-9128-05E5DFBE50F3}"/>
+    <hyperlink ref="J222" r:id="rId408" xr:uid="{9C26A201-81EC-405E-AB5E-B19B7EA3217C}"/>
+    <hyperlink ref="J244" r:id="rId409" xr:uid="{46BD9FBD-3ADC-4725-B0C6-D2679D8B9261}"/>
+    <hyperlink ref="J238" r:id="rId410" xr:uid="{83C7C6F0-FF98-499A-A172-1A0B0CD82830}"/>
+    <hyperlink ref="J217" r:id="rId411" xr:uid="{279BED0B-0CCD-4EF8-82E7-C045A3EB5917}"/>
+    <hyperlink ref="J224" r:id="rId412" xr:uid="{1803C14C-918E-42A9-9894-A10929FE7423}"/>
+    <hyperlink ref="J233" r:id="rId413" xr:uid="{83426B14-A997-46EF-88CA-2A025E3CC169}"/>
+    <hyperlink ref="J234" r:id="rId414" xr:uid="{8640539D-6178-4CE9-AB25-4AB54A81E8A0}"/>
+    <hyperlink ref="J236" r:id="rId415" xr:uid="{8F01C479-E618-46E1-AC62-C8FAE94B8DA8}"/>
+    <hyperlink ref="J241" r:id="rId416" xr:uid="{C5F4D4C0-FDD9-4050-8869-CCE170D0F3AE}"/>
+    <hyperlink ref="J229" r:id="rId417" xr:uid="{C8FDBEAA-5500-4099-B969-7F04D8EA4494}"/>
+    <hyperlink ref="J239" r:id="rId418" xr:uid="{A7333857-DEA0-4924-9935-E967A5F463AA}"/>
+    <hyperlink ref="J223" r:id="rId419" xr:uid="{F8F70AA3-5616-4A51-AF82-BE666F0416BE}"/>
+    <hyperlink ref="J237" r:id="rId420" xr:uid="{0F6D6E9B-1437-435B-B797-74E63F259A45}"/>
+    <hyperlink ref="J225" r:id="rId421" xr:uid="{85D0890A-CD29-4987-83A4-48B3DF6B7B16}"/>
+    <hyperlink ref="J220" r:id="rId422" xr:uid="{60E1F127-2D7B-4706-9CDC-9AFA493AFC3F}"/>
+    <hyperlink ref="J213" r:id="rId423" xr:uid="{78C23693-1762-4DC0-893E-83B9C557FC2E}"/>
+    <hyperlink ref="J215" r:id="rId424" xr:uid="{66B58F40-8D91-4F88-9ADE-DA5B5ED44844}"/>
+    <hyperlink ref="J216" r:id="rId425" xr:uid="{F3E75B3D-0799-4E58-AF59-EBF4340D90E4}"/>
+    <hyperlink ref="J218" r:id="rId426" xr:uid="{0611BF61-8E3A-4DD4-AE6C-6C10DA7E7B12}"/>
+    <hyperlink ref="J228" r:id="rId427" xr:uid="{EFB49339-7B97-41A3-B4F7-BD1399195452}"/>
+    <hyperlink ref="J240" r:id="rId428" xr:uid="{A28921B6-A716-4F1A-9A1F-E246D73ACBE1}"/>
+    <hyperlink ref="J235" r:id="rId429" xr:uid="{BFBE7DB7-7C48-425A-94DD-F2BBDCFAFF04}"/>
+    <hyperlink ref="J232" r:id="rId430" xr:uid="{3394609A-942D-47CE-9573-0ADCB5856615}"/>
+    <hyperlink ref="J219" r:id="rId431" xr:uid="{8EEB700E-FA1F-4196-8D21-9AD1F1AFFCD1}"/>
+    <hyperlink ref="J696" r:id="rId432" xr:uid="{B89578A6-1DC2-424C-82BF-F947A2DEABCE}"/>
+    <hyperlink ref="J697" r:id="rId433" xr:uid="{218E49DE-17FF-4864-BFF6-DC53913373E9}"/>
+    <hyperlink ref="J691" r:id="rId434" xr:uid="{CD933C78-AFCF-49B5-BD38-906662C9D51E}"/>
+    <hyperlink ref="J700" r:id="rId435" xr:uid="{1F07831E-3644-4B23-B628-A1B187DDF7A9}"/>
+    <hyperlink ref="J699" r:id="rId436" xr:uid="{67A4E698-D393-4EF0-8662-D701FA41C3F8}"/>
+    <hyperlink ref="J706" r:id="rId437" xr:uid="{4A6D1193-C2BF-453C-BA26-93E724161695}"/>
+    <hyperlink ref="J703" r:id="rId438" xr:uid="{2CD75F13-6A10-413C-BE2D-C2E5393641C9}"/>
+    <hyperlink ref="J695" r:id="rId439" xr:uid="{03628580-4945-4004-AAD6-C67D2FDC5E15}"/>
+    <hyperlink ref="J705" r:id="rId440" xr:uid="{DC05975B-82B3-4FE2-8F4B-09E8C8FCDB6A}"/>
+    <hyperlink ref="J702" r:id="rId441" xr:uid="{F1B954C7-3B24-4A20-B1FA-E54538ACF156}"/>
+    <hyperlink ref="J698" r:id="rId442" xr:uid="{E67D3B2D-27B8-4D7A-999A-2BED32EF1506}"/>
+    <hyperlink ref="J694" r:id="rId443" xr:uid="{CEBD8D92-986C-4F73-927B-931345D468D0}"/>
+    <hyperlink ref="J693" r:id="rId444" xr:uid="{93536A79-BEB6-4529-A8B6-DF864AE173F6}"/>
+    <hyperlink ref="J692" r:id="rId445" xr:uid="{70DF211B-7AB2-49A1-939F-AD2E8FBA8357}"/>
+    <hyperlink ref="J677" r:id="rId446" xr:uid="{88E2DBAC-808D-4932-B16D-A77DB306A7C6}"/>
+    <hyperlink ref="J681" r:id="rId447" xr:uid="{F59D1A4A-8802-483F-9A17-234438B3B190}"/>
+    <hyperlink ref="J682" r:id="rId448" xr:uid="{CDC4EE49-1E1A-4A0A-99C2-32B0C84D6F64}"/>
+    <hyperlink ref="J680" r:id="rId449" xr:uid="{A00DB22D-D03B-42F8-827D-E0700D915F8D}"/>
+    <hyperlink ref="J679" r:id="rId450" xr:uid="{CE66AF32-10D7-4B88-9530-3D537A90F0CA}"/>
+    <hyperlink ref="J675" r:id="rId451" xr:uid="{29F40773-2A46-4E04-A2DD-E029A5F1B820}"/>
+    <hyperlink ref="J676" r:id="rId452" xr:uid="{8F2C769E-6A3E-4678-9966-3753455057A5}"/>
+    <hyperlink ref="J707" r:id="rId453" xr:uid="{C86D33C8-A655-4265-9BB5-1542450C2F0E}"/>
+    <hyperlink ref="J686" r:id="rId454" xr:uid="{586F937F-98CF-4641-9E09-788D3C8751EF}"/>
+    <hyperlink ref="J678" r:id="rId455" xr:uid="{3AE89E29-A283-434D-9C18-243031A87E9A}"/>
+    <hyperlink ref="J684" r:id="rId456" xr:uid="{E42B57BC-9DB7-4615-88B4-A7FDFA9DEE68}"/>
+    <hyperlink ref="J688" r:id="rId457" xr:uid="{6CE44482-CB2C-495C-85E0-1821FFEE2075}"/>
+    <hyperlink ref="J689" r:id="rId458" xr:uid="{85CF772C-63C9-4D1D-85F3-3AC3E5F99674}"/>
+    <hyperlink ref="J701" r:id="rId459" xr:uid="{BF3739DC-F43C-4218-8E59-44F19B61459D}"/>
+    <hyperlink ref="J704" r:id="rId460" xr:uid="{9F176F7E-0A20-42FA-8304-FDFE05E530EB}"/>
+    <hyperlink ref="J687" r:id="rId461" xr:uid="{4F94FE6D-D924-4166-9BA4-FFFD015A63F1}"/>
+    <hyperlink ref="J685" r:id="rId462" xr:uid="{9ACAFC28-351F-4305-B2B8-D4DBE8EFEBB4}"/>
+    <hyperlink ref="J690" r:id="rId463" xr:uid="{EBAC244F-4D3F-4445-A4B4-05A6C2A694EB}"/>
+    <hyperlink ref="J683" r:id="rId464" xr:uid="{1D6848A3-BA09-42A4-9356-8933B3113901}"/>
+    <hyperlink ref="J752" r:id="rId465" xr:uid="{22A8DD88-3D5B-4A21-A194-5F6F2C246B50}"/>
+    <hyperlink ref="J758" r:id="rId466" xr:uid="{F66089B7-81C3-4CDB-9EC5-97539C6B52FE}"/>
+    <hyperlink ref="J757" r:id="rId467" xr:uid="{75A45AD2-7635-4083-AA85-ADB628599A71}"/>
+    <hyperlink ref="J764" r:id="rId468" xr:uid="{7CB06D6A-71F2-42D5-A4C0-267D0E91AA93}"/>
+    <hyperlink ref="J763" r:id="rId469" xr:uid="{D603D935-92FE-4418-B556-F704DFC64CD5}"/>
+    <hyperlink ref="J759" r:id="rId470" xr:uid="{6D23A1AF-0234-4D51-882D-1514CA4D4BC3}"/>
+    <hyperlink ref="J762" r:id="rId471" xr:uid="{8B468A3E-FE61-40CA-A1B0-22B4CAD9900C}"/>
+    <hyperlink ref="J765" r:id="rId472" xr:uid="{7B849D77-7EFD-46E6-A22A-23954C53F5FE}"/>
+    <hyperlink ref="J760" r:id="rId473" xr:uid="{84EC480B-3678-401E-9D29-4954FC8B184F}"/>
+    <hyperlink ref="J751" r:id="rId474" xr:uid="{5B43F263-56CB-4ECA-BAFF-D290E403A994}"/>
+    <hyperlink ref="J753" r:id="rId475" xr:uid="{0F3017B9-82D1-4EC6-A1D8-AE7E21E33396}"/>
+    <hyperlink ref="J761" r:id="rId476" xr:uid="{935EB009-A5A4-4508-A51C-88A9116531C0}"/>
+    <hyperlink ref="J770" r:id="rId477" xr:uid="{C597AAB7-84EA-4603-B3CA-8D912C0A7634}"/>
+    <hyperlink ref="J769" r:id="rId478" xr:uid="{D087D0A9-1D03-4E8D-9166-0700B2D9F816}"/>
+    <hyperlink ref="J755" r:id="rId479" xr:uid="{EEFDBF3E-E537-48AF-AC05-E055C9A3F18C}"/>
+    <hyperlink ref="J767" r:id="rId480" xr:uid="{9562FEF9-384B-43E2-A950-D948121C98E6}"/>
+    <hyperlink ref="J756" r:id="rId481" xr:uid="{75328B55-57AB-45FF-B19E-574C852E78F1}"/>
+    <hyperlink ref="J754" r:id="rId482" xr:uid="{506E0883-45DE-4B2B-9F42-579554C0C4E6}"/>
+    <hyperlink ref="J766" r:id="rId483" xr:uid="{35534299-DB83-4191-9535-76F6E5091EF5}"/>
+    <hyperlink ref="J768" r:id="rId484" xr:uid="{0656014A-A13A-41C8-AC2B-620DC5262C2D}"/>
+    <hyperlink ref="J485" r:id="rId485" xr:uid="{B3A6542F-D872-4D9C-AD70-71EF848326E7}"/>
+    <hyperlink ref="J471" r:id="rId486" xr:uid="{1FB4C0D7-6740-44CA-9B79-81D2C6DDD4D5}"/>
+    <hyperlink ref="J473" r:id="rId487" xr:uid="{56247591-07AF-4304-B942-A92CC698BEF9}"/>
+    <hyperlink ref="J480" r:id="rId488" xr:uid="{5424DDFE-A541-48FC-B2A0-B2DDF16C369E}"/>
+    <hyperlink ref="J499" r:id="rId489" xr:uid="{1266FA17-ECEB-4D74-B955-3D6826D41B8B}"/>
+    <hyperlink ref="J472" r:id="rId490" xr:uid="{E8A015FE-A701-464D-86AF-3436A02A0325}"/>
+    <hyperlink ref="J478" r:id="rId491" xr:uid="{CD09A62D-2AE7-4619-A7DA-69040BF7B964}"/>
+    <hyperlink ref="J489" r:id="rId492" xr:uid="{F0B9D717-3C5B-42D4-9B9E-AE5E3ACA6036}"/>
+    <hyperlink ref="J474" r:id="rId493" xr:uid="{DB437181-12B6-4268-B90A-3377D4702CD4}"/>
+    <hyperlink ref="J484" r:id="rId494" xr:uid="{F3F5CF2F-30C8-4C31-86C5-25C81E3F262E}"/>
+    <hyperlink ref="J483" r:id="rId495" xr:uid="{7BB44334-1112-496C-8BFE-967CA356D7EE}"/>
+    <hyperlink ref="J501" r:id="rId496" xr:uid="{0EE65966-58D7-4CAD-A6EB-2B33C9403335}"/>
+    <hyperlink ref="J467" r:id="rId497" xr:uid="{280A853E-E6A6-4934-8568-E107DF109628}"/>
+    <hyperlink ref="J470" r:id="rId498" xr:uid="{95C3AF77-B3AC-47B3-A2A9-8078642EA19C}"/>
+    <hyperlink ref="J497" r:id="rId499" xr:uid="{253E1453-3546-4A43-BCD9-50B8D00561E8}"/>
+    <hyperlink ref="J477" r:id="rId500" xr:uid="{45B2C70E-FCB6-44E5-95F5-912FDF815CB7}"/>
+    <hyperlink ref="J488" r:id="rId501" xr:uid="{A48B75B1-289B-4DD0-B587-754173BD919F}"/>
+    <hyperlink ref="J504" r:id="rId502" xr:uid="{A19ADFDF-3D5D-431F-9228-F925F291BA77}"/>
+    <hyperlink ref="J476" r:id="rId503" xr:uid="{2156ACA9-DC2E-4293-9D83-AD1EEC2FEC3F}"/>
+    <hyperlink ref="J505" r:id="rId504" xr:uid="{CD959E2B-41CC-4E5B-9FA0-19666F0E40B8}"/>
+    <hyperlink ref="J487" r:id="rId505" xr:uid="{B08D010A-89A4-4130-AA39-01B671C7FCE6}"/>
+    <hyperlink ref="J465" r:id="rId506" xr:uid="{C835F3A6-1A96-489D-8892-D7E549BAD938}"/>
+    <hyperlink ref="J466" r:id="rId507" xr:uid="{86AA5E99-05A5-456F-8591-395B34E75F84}"/>
+    <hyperlink ref="J490" r:id="rId508" xr:uid="{539E01FF-257D-4F51-A758-97FC0106DB25}"/>
+    <hyperlink ref="J468" r:id="rId509" xr:uid="{96DD582B-21E7-46E4-B2A0-29114B2DD734}"/>
+    <hyperlink ref="J498" r:id="rId510" xr:uid="{8E3A23C2-BDD3-4743-A069-0CA7D3C76667}"/>
+    <hyperlink ref="J479" r:id="rId511" xr:uid="{1447B9D8-5A2C-4A3C-A1CE-E360A4197682}"/>
+    <hyperlink ref="J481" r:id="rId512" xr:uid="{81B78D97-27A8-495C-A812-5B0B3C461E86}"/>
+    <hyperlink ref="J482" r:id="rId513" xr:uid="{3429D3F7-B7F0-42A3-8D5D-B6EB4B9A57F1}"/>
+    <hyperlink ref="J495" r:id="rId514" xr:uid="{986449D4-8EBF-4317-A5E8-1C20A823BA98}"/>
+    <hyperlink ref="J493" r:id="rId515" xr:uid="{DC7C2005-03DD-433F-A8DE-20DC373BABDB}"/>
+    <hyperlink ref="J500" r:id="rId516" xr:uid="{0D3E4D74-4BA7-4D42-A557-3EE14E0B2DFE}"/>
+    <hyperlink ref="J491" r:id="rId517" xr:uid="{8312C482-472F-4E08-98C2-D69770C5EAB2}"/>
+    <hyperlink ref="J506" r:id="rId518" xr:uid="{9FFA0E8D-6197-4AF6-8A0B-C98AFE507B33}"/>
+    <hyperlink ref="J502" r:id="rId519" xr:uid="{924CC7E6-5C61-46F8-9A5B-C3F4ACDA6E5D}"/>
+    <hyperlink ref="J496" r:id="rId520" xr:uid="{0892888A-F7E4-4859-A7FA-89796DDE8065}"/>
+    <hyperlink ref="J486" r:id="rId521" xr:uid="{ABC38BD0-57E2-4EE9-B4CD-CBA43F54FCD3}"/>
+    <hyperlink ref="J469" r:id="rId522" xr:uid="{1BB706CF-0FAC-42ED-A0A2-21BBD5C2CE18}"/>
+    <hyperlink ref="J503" r:id="rId523" xr:uid="{7D490E26-F5E9-4E90-B44F-4403C901ABFA}"/>
+    <hyperlink ref="J492" r:id="rId524" xr:uid="{3EDF941A-9152-499C-87D1-D51C6C2887F1}"/>
+    <hyperlink ref="J475" r:id="rId525" xr:uid="{94E526E5-6964-4BF3-B503-69EE990E4ED9}"/>
+    <hyperlink ref="J494" r:id="rId526" xr:uid="{0F0F7263-F67E-4879-A59C-DFE17A4845B6}"/>
+    <hyperlink ref="J187" r:id="rId527" xr:uid="{2256CC06-FF3D-4F4A-A81C-9AD13D94E7DD}"/>
+    <hyperlink ref="J202" r:id="rId528" xr:uid="{6989A1BD-453B-4642-8D09-395612B2EEEC}"/>
+    <hyperlink ref="J211" r:id="rId529" xr:uid="{12CA3ED8-F717-4C58-ADDA-89006AEC103C}"/>
+    <hyperlink ref="J190" r:id="rId530" xr:uid="{DD40F021-EB9F-43EE-A2A7-E9989E11A75B}"/>
+    <hyperlink ref="J192" r:id="rId531" xr:uid="{6B6E4048-4030-45D8-81BC-E460AC075AA1}"/>
+    <hyperlink ref="J197" r:id="rId532" xr:uid="{A4DEDAAC-D0EB-4C5C-99D9-8CAC9758984D}"/>
+    <hyperlink ref="J191" r:id="rId533" xr:uid="{17E2018F-D826-484C-BB27-ABB78C565561}"/>
+    <hyperlink ref="J196" r:id="rId534" xr:uid="{D7828081-C554-40DB-8846-837FC6A1B0EA}"/>
+    <hyperlink ref="J189" r:id="rId535" xr:uid="{22E8710D-8B05-4C76-B291-F68C657AAF81}"/>
+    <hyperlink ref="J209" r:id="rId536" xr:uid="{34B397E7-D0B5-45CC-B798-3396CC78B51C}"/>
+    <hyperlink ref="J206" r:id="rId537" xr:uid="{80AEB200-F563-46B5-BE4E-F0C2727A1BC7}"/>
+    <hyperlink ref="J208" r:id="rId538" xr:uid="{5AFC1746-15DB-4447-8895-3806BACB4CD6}"/>
+    <hyperlink ref="J204" r:id="rId539" xr:uid="{2C184739-E086-446C-AB2A-3793843AE48E}"/>
+    <hyperlink ref="J207" r:id="rId540" xr:uid="{8D0878B2-675D-4CE1-9415-6591297705BB}"/>
+    <hyperlink ref="J194" r:id="rId541" xr:uid="{ADFD47D6-5E52-423A-816D-96D38CBA9A37}"/>
+    <hyperlink ref="J210" r:id="rId542" xr:uid="{BED49A15-46A5-45D7-A3E2-F6A77A0CDEEC}"/>
+    <hyperlink ref="J195" r:id="rId543" xr:uid="{52550D83-A77D-45D5-8B4B-93EAA8D8F0F0}"/>
+    <hyperlink ref="J205" r:id="rId544" xr:uid="{1070289A-702E-4F5A-84DB-378CBCEE928B}"/>
+    <hyperlink ref="J188" r:id="rId545" xr:uid="{158A3154-E892-4B8A-B8C7-A26E1BB88C9F}"/>
+    <hyperlink ref="J186" r:id="rId546" xr:uid="{69825147-26A5-4FFB-B4BE-5740E6F194DF}"/>
+    <hyperlink ref="J201" r:id="rId547" xr:uid="{AD8D6E63-3B9C-4BDF-BD5C-00751622C0D4}"/>
+    <hyperlink ref="J185" r:id="rId548" xr:uid="{6F390275-7ED3-4557-9697-00FCE5B3B980}"/>
+    <hyperlink ref="J203" r:id="rId549" xr:uid="{9BA7E79C-F627-4AE5-8573-4BA6E69BA819}"/>
+    <hyperlink ref="J200" r:id="rId550" xr:uid="{1E4FBBC8-7CDD-4D7A-AED1-546BD53B62D1}"/>
+    <hyperlink ref="J199" r:id="rId551" xr:uid="{78E8CAFA-4002-4709-8F3E-AA9742831640}"/>
+    <hyperlink ref="J193" r:id="rId552" xr:uid="{8F097676-1385-416B-B8C0-1061D9ED9B93}"/>
+    <hyperlink ref="J198" r:id="rId553" xr:uid="{F0D4332E-F5F6-4A82-B8E9-293CF1541E1B}"/>
+    <hyperlink ref="J391" r:id="rId554" xr:uid="{72C283EC-A1AE-4F5C-B787-E70906CA79BE}"/>
+    <hyperlink ref="J393" r:id="rId555" xr:uid="{B81866AD-CC20-4113-97B8-4A046EC29B51}"/>
+    <hyperlink ref="J385" r:id="rId556" xr:uid="{1D34D1E4-6AB9-453C-A35B-A9B3E5650F83}"/>
+    <hyperlink ref="J386" r:id="rId557" xr:uid="{FCCA266D-640B-4B09-A6D2-D0C9EB30EE56}"/>
+    <hyperlink ref="J392" r:id="rId558" xr:uid="{21DFC907-BA52-41A1-9236-C0C99E1BDCED}"/>
+    <hyperlink ref="J389" r:id="rId559" xr:uid="{A1C7BF0A-BBC4-4057-803D-5047D0D8CA4B}"/>
+    <hyperlink ref="J387" r:id="rId560" xr:uid="{9C21B7EE-600C-413B-BC29-F07636DF4B25}"/>
+    <hyperlink ref="J384" r:id="rId561" xr:uid="{833C63C8-A107-46D8-9E6B-097510E39DF3}"/>
+    <hyperlink ref="J390" r:id="rId562" xr:uid="{AD314E5F-B42B-4439-8DEC-F9F836438B64}"/>
+    <hyperlink ref="J388" r:id="rId563" xr:uid="{49911D66-7002-4499-8207-D072E8FE5C4B}"/>
+    <hyperlink ref="J588" r:id="rId564" xr:uid="{35B59594-74BB-4E31-8324-288499548D11}"/>
+    <hyperlink ref="J574" r:id="rId565" xr:uid="{E6C19EE1-E58E-462F-8F22-B01876F9A450}"/>
+    <hyperlink ref="J571" r:id="rId566" xr:uid="{89826211-E4F0-4F5B-9DD4-ACB74054633D}"/>
+    <hyperlink ref="J591" r:id="rId567" xr:uid="{2403FC29-EC89-47B2-A690-5BAB42FFA3D7}"/>
+    <hyperlink ref="J570" r:id="rId568" xr:uid="{29200480-714C-4AF3-8748-DA029F361EA2}"/>
+    <hyperlink ref="J585" r:id="rId569" xr:uid="{BD000E6F-EDB6-4CC9-A0BB-C708886EDEC2}"/>
+    <hyperlink ref="J578" r:id="rId570" xr:uid="{7C882C5E-0BF3-4A12-964A-0514A7EA2603}"/>
+    <hyperlink ref="J589" r:id="rId571" xr:uid="{1356CC22-6D1F-42B4-AC34-1189AED101BB}"/>
+    <hyperlink ref="J592" r:id="rId572" xr:uid="{E12B1D61-1C34-49C4-AE36-6B72A97B9373}"/>
+    <hyperlink ref="J577" r:id="rId573" xr:uid="{6D9883B8-06E8-414A-A72C-2E3B32F0EB82}"/>
+    <hyperlink ref="J586" r:id="rId574" xr:uid="{63B3F87F-7B3B-47ED-9182-701276E7DD99}"/>
+    <hyperlink ref="J587" r:id="rId575" xr:uid="{D144C45B-82FB-4107-A60C-9BA49D561595}"/>
+    <hyperlink ref="J576" r:id="rId576" xr:uid="{3A08E059-6EE5-4E5F-9B57-0553C782B959}"/>
+    <hyperlink ref="J590" r:id="rId577" xr:uid="{2F9663C2-FFA6-4C78-9BC9-E5777BFFD30E}"/>
+    <hyperlink ref="J593" r:id="rId578" xr:uid="{F122B4A7-5091-458F-8895-F5AAE347D8E3}"/>
+    <hyperlink ref="J572" r:id="rId579" xr:uid="{9E30B872-A1BB-4694-8372-31856ADBECA3}"/>
+    <hyperlink ref="J581" r:id="rId580" xr:uid="{0487944D-DCB4-4414-B755-474A8FAEFFA1}"/>
+    <hyperlink ref="J573" r:id="rId581" xr:uid="{6EE808F4-1D13-47B9-9AED-BC7CA79C5E16}"/>
+    <hyperlink ref="J579" r:id="rId582" xr:uid="{B41ECDC1-E993-44B7-AACB-F1A0C63981E8}"/>
+    <hyperlink ref="J580" r:id="rId583" xr:uid="{00B0CA0F-24FD-4665-AF5F-09F8F0DEE015}"/>
+    <hyperlink ref="J583" r:id="rId584" xr:uid="{0D978EA9-2FA8-4DC4-B044-DAC8DC3A9879}"/>
+    <hyperlink ref="J582" r:id="rId585" xr:uid="{6D3A4D19-C7C5-4C8B-9A07-B094033F52DA}"/>
+    <hyperlink ref="J584" r:id="rId586" xr:uid="{BE2C4785-93D5-4C2B-83A1-773FD3BE66E8}"/>
+    <hyperlink ref="J575" r:id="rId587" xr:uid="{E2DB62F7-0011-45D0-B60E-36C6579BCA1A}"/>
+    <hyperlink ref="J250" r:id="rId588" xr:uid="{9C62D455-AD36-40A8-B040-340DD3C98A25}"/>
+    <hyperlink ref="J257" r:id="rId589" xr:uid="{8C16FB75-BA5A-4CAD-B224-4630AD473447}"/>
+    <hyperlink ref="J246" r:id="rId590" xr:uid="{A7492B8B-2B9D-4A8C-811C-50864542CF46}"/>
+    <hyperlink ref="J248" r:id="rId591" xr:uid="{D1D92198-EDB3-48C3-96CC-486B7E09A146}"/>
+    <hyperlink ref="J253" r:id="rId592" xr:uid="{5C947587-420E-4C48-AA76-D0687530CA8B}"/>
+    <hyperlink ref="J256" r:id="rId593" xr:uid="{50831956-64F3-4D96-86D8-3728A46FEAED}"/>
+    <hyperlink ref="J252" r:id="rId594" xr:uid="{220343EC-B52B-4C83-A069-46DF50EFE714}"/>
+    <hyperlink ref="J254" r:id="rId595" xr:uid="{C0458DF1-675F-4718-A2ED-9477E49C75D1}"/>
+    <hyperlink ref="J247" r:id="rId596" xr:uid="{0F17EDDD-2399-45F3-AA9F-8FCA77D7AEFA}"/>
+    <hyperlink ref="J255" r:id="rId597" xr:uid="{546F1A3D-D3C8-43E6-A382-A1DCB92ECDFE}"/>
+    <hyperlink ref="J249" r:id="rId598" xr:uid="{D84CECDC-2729-486A-B3C9-B16C8EF17484}"/>
+    <hyperlink ref="J258" r:id="rId599" xr:uid="{1007FB71-6BB5-4CF1-B9DA-86E1FC5D656F}"/>
+    <hyperlink ref="J259" r:id="rId600" xr:uid="{5B7F01C3-2555-4DCB-B64F-023253F21460}"/>
+    <hyperlink ref="J251" r:id="rId601" xr:uid="{F88F8904-8598-4DE2-AEB3-431C8026CA4D}"/>
+    <hyperlink ref="J144" r:id="rId602" xr:uid="{A5998579-FECD-4EF1-AFDA-2CF26653263F}"/>
+    <hyperlink ref="J151" r:id="rId603" xr:uid="{2DC77C06-7164-4C37-9B24-EA3EEAF82A42}"/>
+    <hyperlink ref="J179" r:id="rId604" xr:uid="{B884C0DE-FF5E-4167-8A43-18C8235EEDD8}"/>
+    <hyperlink ref="J170" r:id="rId605" xr:uid="{C4493742-EECC-408F-B23B-91287AE6B3FA}"/>
+    <hyperlink ref="J150" r:id="rId606" xr:uid="{6207ADD3-DFFC-4C92-8E35-24B3EEB54656}"/>
+    <hyperlink ref="J178" r:id="rId607" xr:uid="{FBA2A0E0-C53C-4306-BFC3-DC72554533CC}"/>
+    <hyperlink ref="J152" r:id="rId608" xr:uid="{C2506F56-A970-423E-A017-6ADA4714E408}"/>
+    <hyperlink ref="J142" r:id="rId609" xr:uid="{9BE88858-A08B-4225-865A-DB46F771E833}"/>
+    <hyperlink ref="J153" r:id="rId610" xr:uid="{5E3A5A31-0885-4F67-89FA-9AB42788E211}"/>
+    <hyperlink ref="J161" r:id="rId611" xr:uid="{B6C4402B-8EA0-46AA-B72F-4BA2079FD4DF}"/>
+    <hyperlink ref="J157" r:id="rId612" xr:uid="{69EB09E0-EB7C-4083-B76B-12CBD5911317}"/>
+    <hyperlink ref="J159" r:id="rId613" xr:uid="{C1CB8272-C57F-464E-BD6E-5FCBDC2C95D5}"/>
+    <hyperlink ref="J154" r:id="rId614" xr:uid="{065A8E2A-ADAA-470E-BFD2-018E702A2B98}"/>
+    <hyperlink ref="J168" r:id="rId615" xr:uid="{6D8A9697-A71E-430D-8142-151AF06F8706}"/>
+    <hyperlink ref="J158" r:id="rId616" xr:uid="{8FAE3BA7-58CE-4163-AB75-E411C7D57D32}"/>
+    <hyperlink ref="J163" r:id="rId617" xr:uid="{F5861150-A8D7-475C-9697-9462A5255413}"/>
+    <hyperlink ref="J140" r:id="rId618" xr:uid="{07995BEE-E4F7-407C-A644-D904BFAC4B73}"/>
+    <hyperlink ref="J162" r:id="rId619" xr:uid="{A00C7FF8-8931-410B-908E-C626088333D1}"/>
+    <hyperlink ref="J143" r:id="rId620" xr:uid="{4A0BDDE0-FCB9-4537-AA93-8F19DC44CDB2}"/>
+    <hyperlink ref="J139" r:id="rId621" xr:uid="{DC239913-C72A-47C7-B36A-3D092834D2B1}"/>
+    <hyperlink ref="J169" r:id="rId622" xr:uid="{AE76D04A-E053-465C-B38F-BBC9FF68674C}"/>
+    <hyperlink ref="J145" r:id="rId623" xr:uid="{378DAE1E-17C7-436A-9A42-59F811E4B544}"/>
+    <hyperlink ref="J172" r:id="rId624" xr:uid="{F461B39A-4781-4C19-BCFE-92F5EBA7CA77}"/>
+    <hyperlink ref="J174" r:id="rId625" xr:uid="{26EB9F66-5905-4C1D-8E9E-33C9D31DA39B}"/>
+    <hyperlink ref="J173" r:id="rId626" xr:uid="{784AE638-7C89-48D2-B308-D8CD85F18A11}"/>
+    <hyperlink ref="J176" r:id="rId627" xr:uid="{4C883DB6-34D2-4F0D-BA97-C54553E28B6A}"/>
+    <hyperlink ref="J180" r:id="rId628" xr:uid="{8B127FD6-F35E-46DF-8327-293E26510D5F}"/>
+    <hyperlink ref="J184" r:id="rId629" xr:uid="{F2A8C64E-2B92-4094-A307-5D34C5B2FDE9}"/>
+    <hyperlink ref="J148" r:id="rId630" xr:uid="{0C381CA8-0E4F-4B6D-A6BC-CEC02500D4D1}"/>
+    <hyperlink ref="J147" r:id="rId631" xr:uid="{E99EE901-5E3F-4003-9E0F-82EB954B0214}"/>
+    <hyperlink ref="J171" r:id="rId632" xr:uid="{1A924F0A-C7DB-4857-8970-9FFDAAA127BA}"/>
+    <hyperlink ref="J141" r:id="rId633" xr:uid="{E6DD614E-D3C8-4AB4-B42E-FCCF5C407A6A}"/>
+    <hyperlink ref="J175" r:id="rId634" xr:uid="{50C56669-6D51-44CB-9B90-E44F667B1051}"/>
+    <hyperlink ref="J177" r:id="rId635" xr:uid="{B41083F4-092C-4EF2-9C33-2289DFC0200D}"/>
+    <hyperlink ref="J183" r:id="rId636" xr:uid="{474E5F34-9AE0-4148-9785-B17B259E98CD}"/>
+    <hyperlink ref="J138" r:id="rId637" xr:uid="{5FCA2C3F-57E2-48D7-BF76-82F3E0D15C68}"/>
+    <hyperlink ref="J146" r:id="rId638" xr:uid="{F178596C-30AF-41EF-A01B-28B1EB4471D3}"/>
+    <hyperlink ref="J149" r:id="rId639" xr:uid="{BCB2A0A8-E1C4-4FC5-8035-B7B0F83AD23E}"/>
+    <hyperlink ref="J156" r:id="rId640" xr:uid="{0A2F2B36-D9FF-40DE-8CED-616112E8289B}"/>
+    <hyperlink ref="J165" r:id="rId641" xr:uid="{8E84C175-D83A-4881-93FB-E105E56252A0}"/>
+    <hyperlink ref="J166" r:id="rId642" xr:uid="{736C7BAA-66A1-43D7-80D3-3504F2CC3527}"/>
+    <hyperlink ref="J160" r:id="rId643" xr:uid="{612D01F9-01C4-4542-921E-9E49EEB4FE3D}"/>
+    <hyperlink ref="J155" r:id="rId644" xr:uid="{4CAD2776-B9C1-404E-B905-F38FC791F1FC}"/>
+    <hyperlink ref="J164" r:id="rId645" xr:uid="{9F1D59D0-4429-46F1-8CBD-C9EE5DF27F76}"/>
+    <hyperlink ref="J182" r:id="rId646" xr:uid="{BC7F187F-2B3F-49EA-9C05-C34F2A9FA43A}"/>
+    <hyperlink ref="J181" r:id="rId647" xr:uid="{073C3B82-117D-4E00-83EA-C8A7FE3D2E55}"/>
+    <hyperlink ref="J167" r:id="rId648" xr:uid="{9E023EBE-BA90-4D2C-8FB6-4BD90B92D4C0}"/>
+    <hyperlink ref="J264" r:id="rId649" xr:uid="{9EB70A82-C8DE-482A-8DC9-9A4C73E5BB20}"/>
+    <hyperlink ref="J260" r:id="rId650" xr:uid="{CD1DEC9B-7EF6-4A53-9FA2-9D370DEAC92B}"/>
+    <hyperlink ref="J266" r:id="rId651" xr:uid="{EABC9570-CBB3-4010-87BB-4C3C0500D06A}"/>
+    <hyperlink ref="J265" r:id="rId652" xr:uid="{1DD88058-3179-4092-8BA2-4EE4B7644313}"/>
+    <hyperlink ref="J263" r:id="rId653" xr:uid="{43E4FF85-0EEC-4137-9390-802FB82B6B8B}"/>
+    <hyperlink ref="J262" r:id="rId654" xr:uid="{D6E8F1D3-159C-4D7A-AA3F-8F5225B3FF33}"/>
+    <hyperlink ref="J261" r:id="rId655" xr:uid="{DDF47E18-3385-4CAD-B54F-5282CC5FD49A}"/>
+    <hyperlink ref="J645" r:id="rId656" xr:uid="{6CDF52E7-3F11-4F3A-AF43-16E6DC32D200}"/>
+    <hyperlink ref="J648" r:id="rId657" xr:uid="{8C7399B4-B273-4278-AD8F-7025979D6A7F}"/>
+    <hyperlink ref="J656" r:id="rId658" xr:uid="{86E24764-9AE9-453F-8232-EC1217854DC6}"/>
+    <hyperlink ref="J655" r:id="rId659" xr:uid="{63D16CBE-5071-4C18-886D-A0A2DE359F4D}"/>
+    <hyperlink ref="J658" r:id="rId660" xr:uid="{1E45E252-B0B2-4F2D-8F02-2D7F17404C54}"/>
+    <hyperlink ref="J654" r:id="rId661" xr:uid="{8E5C3D30-97C6-419C-B56B-F385FD615FFA}"/>
+    <hyperlink ref="J630" r:id="rId662" xr:uid="{645C795A-F795-4753-9BE3-36CD8826C48C}"/>
+    <hyperlink ref="J653" r:id="rId663" xr:uid="{B435C556-849F-47CF-934B-E364319690B1}"/>
+    <hyperlink ref="J644" r:id="rId664" xr:uid="{B019C63F-2BA7-45E2-8F1B-3DADDCB33D66}"/>
+    <hyperlink ref="J672" r:id="rId665" xr:uid="{3FB29EBA-7202-4776-BD12-E25173F16CCB}"/>
+    <hyperlink ref="J666" r:id="rId666" xr:uid="{38E62CD4-C4B8-4E19-A2A6-B1C9EEEF36BA}"/>
+    <hyperlink ref="J671" r:id="rId667" xr:uid="{489A775D-651E-4EE1-8393-6E4B3130C4B7}"/>
+    <hyperlink ref="J673" r:id="rId668" xr:uid="{07CEEA2C-748A-4808-81B9-7B4C7CCFA7CE}"/>
+    <hyperlink ref="J668" r:id="rId669" xr:uid="{18352113-4E7D-4B82-9952-F2699638D1D3}"/>
+    <hyperlink ref="J652" r:id="rId670" xr:uid="{AAFDE499-A144-49D0-B24A-BB67D1B6379D}"/>
+    <hyperlink ref="J642" r:id="rId671" xr:uid="{2A0A32DC-BD0A-4BA2-8A9F-BC104AE24366}"/>
+    <hyperlink ref="J670" r:id="rId672" xr:uid="{81990D09-AB7E-4EFA-8BD5-0B28A3624A43}"/>
+    <hyperlink ref="J634" r:id="rId673" xr:uid="{A3825D54-CC8E-407A-8C15-C98CA852655C}"/>
+    <hyperlink ref="J669" r:id="rId674" xr:uid="{DD51BC1E-3BD3-4603-BAAE-8B89878A9517}"/>
+    <hyperlink ref="J665" r:id="rId675" xr:uid="{73E0315B-0EC9-4726-87E9-63E602E94E6B}"/>
+    <hyperlink ref="J636" r:id="rId676" xr:uid="{BCD29CC8-23AC-425D-81DC-5CBC9A29ACB0}"/>
+    <hyperlink ref="J667" r:id="rId677" xr:uid="{5AC297F9-B5C3-4033-80CE-20D8BDC63FF2}"/>
+    <hyperlink ref="J650" r:id="rId678" xr:uid="{FEE50AF5-B183-4090-BAA3-ED7BF99EF7FF}"/>
+    <hyperlink ref="J651" r:id="rId679" xr:uid="{D4E38C2A-3C29-463D-9FC4-85845C244BCC}"/>
+    <hyperlink ref="J657" r:id="rId680" xr:uid="{D68AFD80-F0F6-4EC2-9937-F6486C6542A1}"/>
+    <hyperlink ref="J631" r:id="rId681" xr:uid="{134B81E2-C72D-44A2-AF4D-D7F6068A8156}"/>
+    <hyperlink ref="J659" r:id="rId682" xr:uid="{1AA2A755-5CC5-4299-A68F-CAE72D47DFD6}"/>
+    <hyperlink ref="J643" r:id="rId683" xr:uid="{2F3E10A5-ACB0-44BB-871F-25DC7050CA54}"/>
+    <hyperlink ref="J637" r:id="rId684" xr:uid="{ED405FCB-E184-49CA-83A6-EAD21E420564}"/>
+    <hyperlink ref="J638" r:id="rId685" xr:uid="{1445C6D3-06CA-4A74-8A58-9FF54880ABA6}"/>
+    <hyperlink ref="J660" r:id="rId686" xr:uid="{383D0063-02B6-4D6B-80B4-BE016A771B12}"/>
+    <hyperlink ref="J633" r:id="rId687" xr:uid="{A4C8532D-B589-4334-AE25-0A6FB94278EC}"/>
+    <hyperlink ref="J646" r:id="rId688" xr:uid="{20CC1A55-E4B1-44D0-9992-4687DDD6B129}"/>
+    <hyperlink ref="J632" r:id="rId689" xr:uid="{AE67BC9C-FACA-4C2A-9B8F-8512109922D3}"/>
+    <hyperlink ref="J661" r:id="rId690" xr:uid="{16D622AD-E925-4699-A7F4-D1FBD27E1C6C}"/>
+    <hyperlink ref="J663" r:id="rId691" xr:uid="{BBA161CD-1E26-4243-9EE5-81DAAF9857C0}"/>
+    <hyperlink ref="J664" r:id="rId692" xr:uid="{30F2F3D8-9F22-4FBC-9085-810F570CB8E8}"/>
+    <hyperlink ref="J662" r:id="rId693" xr:uid="{2FFE3448-8F68-4A24-9D5F-CB6A0B60DF7E}"/>
+    <hyperlink ref="J629" r:id="rId694" xr:uid="{9E789DB6-32C5-4BEF-82DE-599C74A4ECB8}"/>
+    <hyperlink ref="J628" r:id="rId695" xr:uid="{700B0EBE-2F2F-4B53-828E-35A625F1A4D7}"/>
+    <hyperlink ref="J640" r:id="rId696" xr:uid="{340F8DF9-12A4-4407-8FDF-1282A1DC1E8B}"/>
+    <hyperlink ref="J647" r:id="rId697" xr:uid="{513823C7-C4A3-452C-AED8-3BE7F2810B57}"/>
+    <hyperlink ref="J641" r:id="rId698" xr:uid="{D724ECF1-C468-4710-A757-4EC42442DCF4}"/>
+    <hyperlink ref="J635" r:id="rId699" xr:uid="{3B446FC0-D278-41FD-91C7-DDE47A437B38}"/>
+    <hyperlink ref="J639" r:id="rId700" xr:uid="{B6F737C6-ED78-4E45-8A33-C32EC83B76E8}"/>
+    <hyperlink ref="J674" r:id="rId701" xr:uid="{C99D9011-87AE-43B5-B5F2-430F35BB06BA}"/>
+    <hyperlink ref="J649" r:id="rId702" xr:uid="{CE1D1137-3C4A-44E9-9261-DE1FA7279DB6}"/>
+    <hyperlink ref="J447" r:id="rId703" xr:uid="{3A242D8F-EB60-49BD-8394-E8100414BA2A}"/>
+    <hyperlink ref="J422" r:id="rId704" xr:uid="{B009664B-460F-448C-B84A-0EC028C2CE44}"/>
+    <hyperlink ref="J435" r:id="rId705" xr:uid="{98F60431-8595-44E7-BDF4-D5FCAAF73D2B}"/>
+    <hyperlink ref="J424" r:id="rId706" xr:uid="{7262E67B-4382-435E-9E08-0D722BFE2775}"/>
+    <hyperlink ref="J440" r:id="rId707" xr:uid="{EB22A95D-1F43-48C7-83A1-7E39C6ABD575}"/>
+    <hyperlink ref="J450" r:id="rId708" xr:uid="{0B22A413-D017-42B4-B9C4-8F149002DB7D}"/>
+    <hyperlink ref="J423" r:id="rId709" xr:uid="{71B15071-F0CF-450B-B5CD-9430977A5BBE}"/>
+    <hyperlink ref="J420" r:id="rId710" xr:uid="{A85F84EE-A6C0-4C8E-B7D5-976AC4B736C0}"/>
+    <hyperlink ref="J442" r:id="rId711" xr:uid="{302BD36C-5ECE-46EE-A0BB-B027F1510C43}"/>
+    <hyperlink ref="J427" r:id="rId712" xr:uid="{05D10C2E-4F06-479A-A547-478A2658E204}"/>
+    <hyperlink ref="J405" r:id="rId713" xr:uid="{476A1A73-F11B-481A-97F1-72892CD25197}"/>
+    <hyperlink ref="J411" r:id="rId714" xr:uid="{B1C168D6-71FD-47C0-B115-DF9006452F08}"/>
+    <hyperlink ref="J401" r:id="rId715" xr:uid="{372F25A3-5D7B-4F1B-B6C3-16D7463630C6}"/>
+    <hyperlink ref="J419" r:id="rId716" xr:uid="{17C1A095-73FD-4CDD-A1BD-68B7E87D1551}"/>
+    <hyperlink ref="J426" r:id="rId717" xr:uid="{7354A4D1-5C90-4A72-A219-976A1A85BF0D}"/>
+    <hyperlink ref="J428" r:id="rId718" xr:uid="{F8B3DA18-53E5-446A-B6BE-A6041F6FBC9C}"/>
+    <hyperlink ref="J451" r:id="rId719" xr:uid="{8B1CA132-A41F-4E2C-9644-13019DB77FE0}"/>
+    <hyperlink ref="J400" r:id="rId720" xr:uid="{6911E6A1-2BE1-484D-B5E3-79C239A96114}"/>
+    <hyperlink ref="J433" r:id="rId721" xr:uid="{1FB30CC1-319E-4407-BC28-B09B16C0E836}"/>
+    <hyperlink ref="J412" r:id="rId722" xr:uid="{A4B80EC4-3121-4E4D-95AB-073A9121219D}"/>
+    <hyperlink ref="J413" r:id="rId723" xr:uid="{49EE425B-0BE4-4094-B40A-B48C94541410}"/>
+    <hyperlink ref="J443" r:id="rId724" xr:uid="{AE5A15A2-3BA4-4344-84CA-4E98064EA40F}"/>
+    <hyperlink ref="J434" r:id="rId725" xr:uid="{2BD0B8B2-2925-488E-9037-E9F948382CE9}"/>
+    <hyperlink ref="J399" r:id="rId726" xr:uid="{DD18DF9E-4A2E-42FC-85FE-3E6C10429ED8}"/>
+    <hyperlink ref="J421" r:id="rId727" xr:uid="{3120E20B-DE7E-43D0-9F61-CCB1FF1A4A84}"/>
+    <hyperlink ref="J431" r:id="rId728" xr:uid="{D4B038BD-5AC0-48B3-B90D-6D89D487A3D0}"/>
+    <hyperlink ref="J444" r:id="rId729" xr:uid="{E48D1903-1CA0-4DEC-AC6D-1744A25B6577}"/>
+    <hyperlink ref="J445" r:id="rId730" xr:uid="{C3104B22-EE17-4A62-A4D5-80766F017BB1}"/>
+    <hyperlink ref="J417" r:id="rId731" xr:uid="{05F839DF-0DFA-4350-9822-D8C76A5C23F9}"/>
+    <hyperlink ref="J403" r:id="rId732" xr:uid="{D586DE8A-3299-4509-B10E-AE3B68BD07A1}"/>
+    <hyperlink ref="J425" r:id="rId733" xr:uid="{55E7136F-FB26-4A90-BDD0-22408A8D6668}"/>
+    <hyperlink ref="J437" r:id="rId734" xr:uid="{F0BEDDC2-79A4-4AEE-B15A-8916D888B189}"/>
+    <hyperlink ref="J429" r:id="rId735" xr:uid="{7873142E-025D-4656-BBA8-18E0F5F90922}"/>
+    <hyperlink ref="J407" r:id="rId736" xr:uid="{EE107A24-C8A5-47D7-AD13-2578E71A6CFA}"/>
+    <hyperlink ref="J394" r:id="rId737" xr:uid="{8127425E-D3C2-48EB-8A0C-9B7469B28B78}"/>
+    <hyperlink ref="J439" r:id="rId738" xr:uid="{FA45018D-B0DC-4E21-9575-4F138B88A97D}"/>
+    <hyperlink ref="J438" r:id="rId739" xr:uid="{02E04D71-0AE8-4D32-B83D-1470A6FED0EF}"/>
+    <hyperlink ref="J404" r:id="rId740" xr:uid="{2607C78F-24A8-4325-94F4-35F3A239D303}"/>
+    <hyperlink ref="J418" r:id="rId741" xr:uid="{547426F0-48CC-40D5-9C8E-AFB01A79579B}"/>
+    <hyperlink ref="J436" r:id="rId742" xr:uid="{2BF5E8DB-DD7F-4DD2-A1BD-5DF0A0DB0A53}"/>
+    <hyperlink ref="J406" r:id="rId743" xr:uid="{ABB44D04-B04C-4037-B52A-318EC6A55CBD}"/>
+    <hyperlink ref="J441" r:id="rId744" xr:uid="{40BF7D39-6783-4530-BD1F-880D2989F59A}"/>
+    <hyperlink ref="J395" r:id="rId745" xr:uid="{B124671E-6952-4EE2-8B6F-3528C7C0DF66}"/>
+    <hyperlink ref="J396" r:id="rId746" xr:uid="{DD0C21A3-D223-4561-8DA9-D08914B4AA3E}"/>
+    <hyperlink ref="J415" r:id="rId747" xr:uid="{27CC8C98-E3EE-4A27-A345-FD9718A04856}"/>
+    <hyperlink ref="J432" r:id="rId748" xr:uid="{5EBB2508-B528-4FD1-8D7A-4AD47FC06359}"/>
+    <hyperlink ref="J449" r:id="rId749" xr:uid="{CA571149-5F8E-4676-9A00-9AE6C044347E}"/>
+    <hyperlink ref="J430" r:id="rId750" xr:uid="{20B0230C-AD1E-4131-932F-A793E8B4F0DF}"/>
+    <hyperlink ref="J402" r:id="rId751" xr:uid="{3D2F6C44-0523-4D1A-9E22-4682123172AF}"/>
+    <hyperlink ref="J409" r:id="rId752" xr:uid="{936D19F1-F33D-4657-B264-2E936743E443}"/>
+    <hyperlink ref="J410" r:id="rId753" xr:uid="{9BE643EF-ED3C-4AF5-AF67-455F1D3DC68E}"/>
+    <hyperlink ref="J448" r:id="rId754" xr:uid="{D4F12F62-C1A6-47AE-973A-7BC3EE762A5B}"/>
+    <hyperlink ref="J414" r:id="rId755" xr:uid="{CFF02269-26C2-4664-A52B-225257005928}"/>
+    <hyperlink ref="J446" r:id="rId756" xr:uid="{65CB3DE7-F272-4F2E-AFF3-23326BC3F0CF}"/>
+    <hyperlink ref="J416" r:id="rId757" xr:uid="{E28C8579-C1F1-4F9C-8F03-AFE755B3D643}"/>
+    <hyperlink ref="J398" r:id="rId758" xr:uid="{F61E04CC-F0FA-4DE0-99AD-673D59D2F8DA}"/>
+    <hyperlink ref="J397" r:id="rId759" xr:uid="{519DF383-2528-4CCC-8B2E-D0890FA753D8}"/>
+    <hyperlink ref="J408" r:id="rId760" xr:uid="{DFB36216-D62E-45AF-815D-BE2E832A40B7}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId799"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId761"/>
+  <drawing r:id="rId762"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:B14"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <sheetPr codeName="Feuil7"/>
+  <dimension ref="A1:A13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B23" sqref="B23"/>
+      <selection activeCell="H11" sqref="H11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
-  <cols>
-[...2 lines deleted...]
-  </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="15.75" x14ac:dyDescent="0.3">
-[...24 lines deleted...]
-      <c r="A4" s="10" t="s">
+    <row r="1" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
         <v>8</v>
       </c>
-      <c r="B4" s="10" t="s">
-[...20 lines deleted...]
-      <c r="A7" s="10" t="s">
+    </row>
+    <row r="12" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
         <v>7</v>
-      </c>
-[...57 lines deleted...]
-        <v>4658</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Liste_Ldm_08_2025</vt:lpstr>
-      <vt:lpstr>Nomenclature filières</vt:lpstr>
+      <vt:lpstr>Liste_LDM_janvier_2026</vt:lpstr>
+      <vt:lpstr>Nomenclature</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>BRIGITTE JUSTIN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>