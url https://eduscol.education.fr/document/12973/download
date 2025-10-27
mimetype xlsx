--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,78 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\str-dgesco-c1-3\3-EDUCFI\4 passeport EDUCFI\4 réseau\annuaire 2025 2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cmollier\Documents\DOSSIERS CM\DOSSIERS TRANSVERSAUX\EDUCFI\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11700"/>
   </bookViews>
   <sheets>
-    <sheet name="tout" sheetId="1" r:id="rId1"/>
-    <sheet name="email" sheetId="2" r:id="rId2"/>
+    <sheet name="2025 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="référents">#REF!</definedName>
-    <definedName name="Sarboni">tout!#REF!</definedName>
+    <definedName name="Sarboni">'2025 2026'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="449" uniqueCount="209">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="388" uniqueCount="213">
   <si>
     <t>régions académiques</t>
   </si>
   <si>
     <t>académies</t>
   </si>
   <si>
     <t>référents</t>
   </si>
   <si>
     <t>fonction/succursale</t>
   </si>
   <si>
     <t>email</t>
   </si>
   <si>
     <t>AEFE</t>
   </si>
   <si>
     <t>Denis MARTIN</t>
   </si>
   <si>
     <t>IA-IPR SES</t>
   </si>
   <si>
@@ -590,137 +588,148 @@
   <si>
     <t>Isabelle.Remy1@ac-rennes.fr</t>
   </si>
   <si>
     <t>Géraldine Fondeville</t>
   </si>
   <si>
     <t>geraldine.fondeville@ac-noumea.nc</t>
   </si>
   <si>
     <t>Mylène SUVELOR</t>
   </si>
   <si>
     <t>Mylene.Suvelor@ac-paris.fr</t>
   </si>
   <si>
     <t>Ludovic LEGRY</t>
   </si>
   <si>
     <t>Ludovic.Legry@ac-montpellier.fr</t>
   </si>
   <si>
     <t>Damien LAMBERT THORET</t>
   </si>
   <si>
-    <t>Olivier.Georgeais@ac-rennes.fr</t>
-[...1 lines deleted...]
-  <si>
     <t>Elise LOCATELLI</t>
   </si>
   <si>
     <t>elise.locatelli@ac-orleans-tours.fr</t>
   </si>
   <si>
     <t>Sylvie HARZELEC-SYLVESTRE</t>
   </si>
   <si>
     <t>Dany GODEFROY</t>
   </si>
   <si>
     <t>dany.godefroy@ac-lyon.fr</t>
   </si>
   <si>
     <t>Rénalto ROUMEAU</t>
   </si>
   <si>
     <t>renalto.roumeau@ac-paris.fr</t>
   </si>
   <si>
     <t>Corinne LIN</t>
   </si>
   <si>
-    <t>corinne.lin@ac-martinique.fr</t>
+    <t>agnes.legal@ac-clermont.fr</t>
+  </si>
+  <si>
+    <t>Amal HECKER</t>
+  </si>
+  <si>
+    <t>amal.hecker@ac-guadeloupe.fr</t>
+  </si>
+  <si>
+    <t>Graziella GALANTE</t>
+  </si>
+  <si>
+    <t>graziella.galante-bertolin@ac-besancon.fr</t>
+  </si>
+  <si>
+    <t>Donald FOLIWE</t>
+  </si>
+  <si>
+    <t>Donald.Foliwe@ac-guyane.fr</t>
+  </si>
+  <si>
+    <t>Carine WYSOCKI</t>
+  </si>
+  <si>
+    <t>Carine.Wysocki@ac-guyane.fr</t>
+  </si>
+  <si>
+    <t>damien.thoret1@ac-creteil.fr</t>
+  </si>
+  <si>
+    <t>Smain.Fettah@ac-paris.fr</t>
+  </si>
+  <si>
+    <t>Laëtitia LE GUENNEC</t>
+  </si>
+  <si>
+    <t>Laetitia.Le-Guennec@ac-rennes.fr</t>
+  </si>
+  <si>
+    <t>Ludovic RICHARD</t>
+  </si>
+  <si>
+    <t>Ludovic.Richard1@ac-rennes.fr</t>
+  </si>
+  <si>
+    <t>Smain FETTAH</t>
   </si>
   <si>
     <r>
       <t>Agnès L</t>
     </r>
     <r>
       <rPr>
-        <b/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>ÉGAL</t>
     </r>
   </si>
   <si>
-    <t>agnes.legal@ac-clermont.fr</t>
-[...41 lines deleted...]
-    <t>Ludovic.Richard1@ac-rennes.fr</t>
+    <t>Gaëtan PERRIN</t>
+  </si>
+  <si>
+    <t>gaetan.perrin@ac-clermont.fr</t>
+  </si>
+  <si>
+    <t>corinne.gau@ac-martinique.fr</t>
+  </si>
+  <si>
+    <t>isabelle.soule@ac-normandie.fr</t>
+  </si>
+  <si>
+    <t>Isabelle SOULÉ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -762,51 +771,50 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="22">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF800000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF993366"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -910,51 +918,51 @@
         <fgColor rgb="FF00CCFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCC3300"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="67">
+  <cellXfs count="66">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="17" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
@@ -989,51 +997,50 @@
     <xf numFmtId="0" fontId="9" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="19" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Lien hypertexte" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Pourcentage" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="7">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
@@ -1090,56 +1097,56 @@
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <name val="Calibri"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Tableau1344" displayName="Tableau1344" ref="A1:E77" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
-  <autoFilter ref="A1:E77"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Tableau1344" displayName="Tableau1344" ref="A1:E79" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
+  <autoFilter ref="A1:E79"/>
   <sortState ref="A2:H80">
     <sortCondition ref="B1:B80"/>
   </sortState>
   <tableColumns count="5">
     <tableColumn id="6" name="régions académiques" dataDxfId="4" dataCellStyle="Normal"/>
     <tableColumn id="1" name="académies" dataDxfId="3" dataCellStyle="Normal"/>
     <tableColumn id="2" name="référents" dataDxfId="2" dataCellStyle="Normal"/>
     <tableColumn id="3" name="fonction/succursale" dataDxfId="1" dataCellStyle="Normal"/>
     <tableColumn id="4" name="email" dataDxfId="0" dataCellStyle="Normal"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium13" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1372,66 +1379,62 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clarisse.fiol@ac-nice.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geraldine.fondeville@ac-noumea.nc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loetizia.fayolle@ac-wf.wf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Myriam.Marie-Luce@ac-nancy-metz.fr" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Philippe.Dupeyrat@ac-poitiers.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thierry.fleuranceau@ac-toulouse.fr" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:damien.thoret1@ac-creteil.fr" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elise.locatelli@ac-orleans-tours.fr" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corinne.lin@ac-martinique.fr" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivier.mondet@ac-creteil.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catherine.ibanez@ac-reunion.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alexis.Fradetal@ac-versailles.fr" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christelle.orven@ac-normandie.fr" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jean-luc.lapeyre@ac-orleans-tours.fr" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Isabelle.Remy1@ac-rennes.fr" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christophe.bourgeois@ac-lille.fr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marina.lucas-taillieu@ac-nantes.fr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nathalie.Laurie@ac-limoges.fr" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Benoit.Bernier@ac-nice.fr" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Laetitia.Le-Guennec@ac-rennes.fr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sylvie.Fontana@ac-corse.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herve.gouvenaux@ac-reims.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:renalto.roumeau@ac-paris.fr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.pommier@ac-normandie.fr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dimitri.colombo@ac-orleans-tours.fr" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:magali.hasle@ac-versailles.fr" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ludovic.Legry@ac-montpellier.fr" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ludovic.Richard1@ac-rennes.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexandra.almimoff@ac-dijon.fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christophe.martin@ac-nantes.fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christian.sarboni@ac-montpellier.fr" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Aurelie.Pelletey@ac-nice.fr" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arnaud.pellissier@ac-orleans-tours.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xavier.cathala@ac-amiens.fr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sylvie.Crosnier@ac-nantes.fr" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:philippe.malexieux@ac-amiens.fr" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:graziella.galante-bertolin@ac-besancon.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:audrey.cocchi@ac-strasbourg.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:evelyne.delhomme@ac-nancy-metz.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.Lagedamon@ac-bordeaux.fr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeanmarc.vidal@ac-aix-marseille.fr" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Francoise.Dufau@ac-lyon.fr" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agnes.legal@ac-clermont.fr" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie.bibaud@ac-orleans-tours.fr" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amal.hecker@ac-guadeloupe.fr" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geraldine.fondeville@ac-noumea.nc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loetizia.fayolle@ac-wf.wf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Myriam.Marie-Luce@ac-nancy-metz.fr" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Philippe.Dupeyrat@ac-poitiers.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thierry.fleuranceau@ac-toulouse.fr" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:damien.thoret1@ac-creteil.fr" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elise.locatelli@ac-orleans-tours.fr" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corinne.gau@ac-martinique.fr" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agnes.legal@ac-clermont.fr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olivier.mondet@ac-creteil.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catherine.ibanez@ac-reunion.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alexis.Fradetal@ac-versailles.fr" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christelle.orven@ac-normandie.fr" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jean-luc.lapeyre@ac-orleans-tours.fr" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Isabelle.Remy1@ac-rennes.fr" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Smain.Fettah@ac-paris.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christophe.bourgeois@ac-lille.fr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marina.lucas-taillieu@ac-nantes.fr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nathalie.Laurie@ac-limoges.fr" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Benoit.Bernier@ac-nice.fr" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Laetitia.Le-Guennec@ac-rennes.fr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sylvie.Fontana@ac-corse.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herve.gouvenaux@ac-reims.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:renalto.roumeau@ac-paris.fr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.pommier@ac-normandie.fr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dimitri.colombo@ac-orleans-tours.fr" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:magali.hasle@ac-versailles.fr" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ludovic.Legry@ac-montpellier.fr" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ludovic.Richard1@ac-rennes.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexandra.almimoff@ac-dijon.fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christophe.martin@ac-nantes.fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christian.sarboni@ac-montpellier.fr" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Aurelie.Pelletey@ac-nice.fr" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arnaud.pellissier@ac-orleans-tours.fr" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xavier.cathala@ac-amiens.fr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sylvie.Crosnier@ac-nantes.fr" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:philippe.malexieux@ac-amiens.fr" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:graziella.galante-bertolin@ac-besancon.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:audrey.cocchi@ac-strasbourg.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:evelyne.delhomme@ac-nancy-metz.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.Lagedamon@ac-bordeaux.fr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeanmarc.vidal@ac-aix-marseille.fr" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Francoise.Dufau@ac-lyon.fr" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gaetan.perrin@ac-clermont.fr" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie.bibaud@ac-orleans-tours.fr" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amal.hecker@ac-guadeloupe.fr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clarisse.fiol@ac-nice.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E92"/>
+  <dimension ref="A1:E94"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A52" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G68" sqref="G68"/>
+    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="F10" sqref="F10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="26.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="29.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="64.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1541,57 +1544,57 @@
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="58" t="s">
         <v>31</v>
       </c>
       <c r="B11" s="58" t="s">
         <v>32</v>
@@ -1609,1615 +1612,1266 @@
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="7" t="s">
         <v>26</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A13" s="39" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="39" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="39" t="s">
+        <v>208</v>
+      </c>
+      <c r="D13" s="39" t="s">
+        <v>38</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="C15" s="44" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" s="44" t="s">
+        <v>23</v>
+      </c>
+      <c r="E15" s="44" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="49" t="s">
+        <v>44</v>
+      </c>
+      <c r="B16" s="49" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="49" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" s="49" t="s">
+        <v>23</v>
+      </c>
+      <c r="E16" s="50" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C17" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="E17" s="11" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="B18" s="40" t="s">
+        <v>48</v>
+      </c>
+      <c r="C18" s="40" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" s="40" t="s">
+        <v>23</v>
+      </c>
+      <c r="E18" s="40" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="39" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19" s="39" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" s="39" t="s">
+        <v>38</v>
+      </c>
+      <c r="E19" s="39" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="E20" s="10" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="46" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" s="46" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" s="46" t="s">
+        <v>192</v>
+      </c>
+      <c r="D21" s="46" t="s">
+        <v>23</v>
+      </c>
+      <c r="E21" s="46" t="s">
         <v>193</v>
       </c>
-      <c r="D13" s="39" t="s">
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B22" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="C22" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="E13" s="39" t="s">
-[...135 lines deleted...]
-      <c r="E21" s="13" t="s">
+      <c r="E22" s="13" t="s">
         <v>59</v>
-      </c>
-[...15 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="47" t="s">
         <v>60</v>
       </c>
       <c r="B23" s="47" t="s">
         <v>60</v>
       </c>
       <c r="C23" s="47" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="D23" s="47" t="s">
+        <v>23</v>
+      </c>
+      <c r="E23" s="47" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A24" s="47" t="s">
+        <v>60</v>
+      </c>
+      <c r="B24" s="47" t="s">
+        <v>60</v>
+      </c>
+      <c r="C24" s="47" t="s">
+        <v>198</v>
+      </c>
+      <c r="D24" s="47" t="s">
         <v>26</v>
       </c>
-      <c r="E23" s="47" t="s">
-[...4 lines deleted...]
-      <c r="A24" s="51" t="s">
+      <c r="E24" s="47" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="51" t="s">
         <v>61</v>
       </c>
-      <c r="B24" s="51" t="s">
+      <c r="B25" s="51" t="s">
         <v>61</v>
       </c>
-      <c r="C24" s="51" t="s">
+      <c r="C25" s="51" t="s">
         <v>62</v>
       </c>
-      <c r="D24" s="51" t="s">
+      <c r="D25" s="51" t="s">
         <v>23</v>
       </c>
-      <c r="E24" s="52" t="s">
+      <c r="E25" s="52" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A25" s="14" t="s">
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" s="14" t="s">
         <v>61</v>
       </c>
-      <c r="B25" s="14" t="s">
+      <c r="B26" s="14" t="s">
         <v>61</v>
       </c>
-      <c r="C25" s="14" t="s">
+      <c r="C26" s="14" t="s">
         <v>64</v>
       </c>
-      <c r="D25" s="14" t="s">
+      <c r="D26" s="14" t="s">
         <v>29</v>
       </c>
-      <c r="E25" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="26" spans="1:5" s="3" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="48" t="s">
+    <row r="27" spans="1:5" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="48" t="s">
         <v>16</v>
       </c>
-      <c r="B26" s="48" t="s">
+      <c r="B27" s="48" t="s">
         <v>66</v>
       </c>
-      <c r="C26" s="48" t="s">
+      <c r="C27" s="48" t="s">
         <v>67</v>
       </c>
-      <c r="D26" s="48" t="s">
+      <c r="D27" s="48" t="s">
         <v>23</v>
       </c>
-      <c r="E26" s="48" t="s">
+      <c r="E27" s="48" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A27" s="5" t="s">
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B27" s="5" t="s">
+      <c r="B28" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="C27" s="5" t="s">
+      <c r="C28" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="D27" s="5" t="s">
+      <c r="D28" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="E27" s="5" t="s">
+      <c r="E28" s="5" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A28" s="58" t="s">
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="58" t="s">
         <v>31</v>
       </c>
-      <c r="B28" s="58" t="s">
+      <c r="B29" s="58" t="s">
         <v>71</v>
       </c>
-      <c r="C28" s="58" t="s">
+      <c r="C29" s="58" t="s">
         <v>72</v>
       </c>
-      <c r="D28" s="58" t="s">
+      <c r="D29" s="58" t="s">
         <v>29</v>
       </c>
-      <c r="E28" s="60" t="s">
+      <c r="E29" s="60" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A29" s="7" t="s">
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A30" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="B29" s="7" t="s">
+      <c r="B30" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="C29" s="7" t="s">
+      <c r="C30" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="D29" s="7" t="s">
+      <c r="D30" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="E29" s="8" t="s">
+      <c r="E30" s="8" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="39" t="s">
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" s="39" t="s">
         <v>39</v>
       </c>
-      <c r="B30" s="39" t="s">
+      <c r="B31" s="39" t="s">
         <v>76</v>
       </c>
-      <c r="C30" s="39" t="s">
+      <c r="C31" s="39" t="s">
+        <v>186</v>
+      </c>
+      <c r="D31" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="E31" s="39" t="s">
         <v>187</v>
       </c>
-      <c r="D30" s="39" t="s">
-[...7 lines deleted...]
-      <c r="A31" s="10" t="s">
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B31" s="10" t="s">
+      <c r="B32" s="10" t="s">
         <v>76</v>
       </c>
-      <c r="C31" s="10" t="s">
+      <c r="C32" s="10" t="s">
         <v>152</v>
       </c>
-      <c r="D31" s="10" t="s">
+      <c r="D32" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="E31" s="10" t="s">
+      <c r="E32" s="10" t="s">
         <v>153</v>
-      </c>
-[...15 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="53" t="s">
         <v>77</v>
       </c>
       <c r="B33" s="53" t="s">
         <v>77</v>
       </c>
       <c r="C33" s="53" t="s">
+        <v>190</v>
+      </c>
+      <c r="D33" s="53" t="s">
+        <v>38</v>
+      </c>
+      <c r="E33" s="53" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" s="53" t="s">
+        <v>77</v>
+      </c>
+      <c r="B34" s="53" t="s">
+        <v>77</v>
+      </c>
+      <c r="C34" s="53" t="s">
         <v>170</v>
       </c>
-      <c r="D33" s="53" t="s">
+      <c r="D34" s="53" t="s">
         <v>26</v>
       </c>
-      <c r="E33" s="53" t="s">
+      <c r="E34" s="53" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A34" s="54" t="s">
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="54" t="s">
         <v>78</v>
       </c>
-      <c r="B34" s="54" t="s">
+      <c r="B35" s="54" t="s">
         <v>78</v>
       </c>
-      <c r="C34" s="55" t="s">
+      <c r="C35" s="55" t="s">
         <v>79</v>
       </c>
-      <c r="D34" s="55" t="s">
+      <c r="D35" s="55" t="s">
         <v>38</v>
       </c>
-      <c r="E34" s="55" t="s">
+      <c r="E35" s="55" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="35" spans="1:5" s="3" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="61" t="s">
+    <row r="36" spans="1:5" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="61" t="s">
         <v>81</v>
       </c>
-      <c r="B35" s="61" t="s">
+      <c r="B36" s="61" t="s">
         <v>82</v>
       </c>
-      <c r="C35" s="61" t="s">
+      <c r="C36" s="61" t="s">
         <v>83</v>
       </c>
-      <c r="D35" s="61" t="s">
+      <c r="D36" s="61" t="s">
         <v>23</v>
       </c>
-      <c r="E35" s="62" t="s">
+      <c r="E36" s="62" t="s">
         <v>84</v>
-      </c>
-[...15 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="37" spans="1:5" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="16" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="16" t="s">
         <v>82</v>
       </c>
-      <c r="C37" s="16" t="s">
+      <c r="C37" s="17" t="s">
+        <v>180</v>
+      </c>
+      <c r="D37" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="E37" s="17" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="B38" s="16" t="s">
+        <v>82</v>
+      </c>
+      <c r="C38" s="16" t="s">
         <v>85</v>
       </c>
-      <c r="D37" s="16" t="s">
+      <c r="D38" s="16" t="s">
         <v>26</v>
       </c>
-      <c r="E37" s="17" t="s">
+      <c r="E38" s="17" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="38" spans="1:5" s="3" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="45" t="s">
+    <row r="39" spans="1:5" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="45" t="s">
         <v>87</v>
       </c>
-      <c r="B38" s="45" t="s">
+      <c r="B39" s="45" t="s">
         <v>88</v>
       </c>
-      <c r="C38" s="45" t="s">
+      <c r="C39" s="45" t="s">
         <v>89</v>
       </c>
-      <c r="D38" s="45" t="s">
+      <c r="D39" s="45" t="s">
         <v>7</v>
       </c>
-      <c r="E38" s="45" t="s">
+      <c r="E39" s="45" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A39" s="18" t="s">
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A40" s="18" t="s">
         <v>87</v>
       </c>
-      <c r="B39" s="18" t="s">
+      <c r="B40" s="18" t="s">
         <v>88</v>
       </c>
-      <c r="C39" s="18" t="s">
+      <c r="C40" s="18" t="s">
         <v>150</v>
       </c>
-      <c r="D39" s="18" t="s">
+      <c r="D40" s="18" t="s">
         <v>26</v>
       </c>
-      <c r="E39" s="18" t="s">
+      <c r="E40" s="18" t="s">
         <v>151</v>
-      </c>
-[...15 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="63" t="s">
         <v>91</v>
       </c>
       <c r="B41" s="63" t="s">
         <v>92</v>
       </c>
       <c r="C41" s="63" t="s">
+        <v>185</v>
+      </c>
+      <c r="D41" s="63" t="s">
+        <v>23</v>
+      </c>
+      <c r="E41" s="64" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A42" s="63" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" s="63" t="s">
+        <v>92</v>
+      </c>
+      <c r="C42" s="63" t="s">
         <v>94</v>
       </c>
-      <c r="D41" s="63" t="s">
+      <c r="D42" s="63" t="s">
         <v>7</v>
       </c>
-      <c r="E41" s="64" t="s">
+      <c r="E42" s="64" t="s">
         <v>95</v>
-      </c>
-[...15 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="19" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="19" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="D43" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="E43" s="20" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A44" s="19" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="C44" s="19" t="s">
         <v>98</v>
       </c>
-      <c r="D43" s="19" t="s">
+      <c r="D44" s="19" t="s">
         <v>38</v>
       </c>
-      <c r="E43" s="21" t="s">
+      <c r="E44" s="21" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A44" s="65" t="s">
+    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A45" s="65" t="s">
         <v>9</v>
       </c>
-      <c r="B44" s="65" t="s">
+      <c r="B45" s="65" t="s">
         <v>100</v>
       </c>
-      <c r="C44" s="65" t="s">
+      <c r="C45" s="65" t="s">
         <v>101</v>
       </c>
-      <c r="D44" s="65" t="s">
+      <c r="D45" s="65" t="s">
         <v>38</v>
       </c>
-      <c r="E44" s="65" t="s">
+      <c r="E45" s="65" t="s">
         <v>102</v>
-      </c>
-[...15 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>26</v>
       </c>
       <c r="E46" s="4" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A47" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B47" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E47" s="4" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A47" s="56" t="s">
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A48" s="56" t="s">
         <v>37</v>
       </c>
-      <c r="B47" s="56" t="s">
+      <c r="B48" s="56" t="s">
         <v>37</v>
       </c>
-      <c r="C47" s="56"/>
-[...17 lines deleted...]
-        <v>148</v>
+      <c r="C48" s="56" t="s">
+        <v>212</v>
+      </c>
+      <c r="D48" s="56" t="s">
+        <v>23</v>
+      </c>
+      <c r="E48" s="57" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="9" t="s">
         <v>37</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C49" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="D49" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E49" s="9" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A50" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B50" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="C50" s="9" t="s">
         <v>147</v>
       </c>
-      <c r="D49" s="9" t="s">
+      <c r="D50" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="E49" s="9" t="s">
+      <c r="E50" s="9" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B50" s="22" t="s">
+    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A51" s="22"/>
+      <c r="B51" s="22" t="s">
         <v>103</v>
       </c>
-      <c r="C50" s="23" t="s">
+      <c r="C51" s="23" t="s">
         <v>176</v>
       </c>
-      <c r="D50" s="22" t="s">
+      <c r="D51" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="E50" s="22" t="s">
+      <c r="E51" s="22" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A51" s="42" t="s">
+    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A52" s="42" t="s">
         <v>104</v>
       </c>
-      <c r="B51" s="42" t="s">
+      <c r="B52" s="42" t="s">
         <v>105</v>
       </c>
-      <c r="C51" s="42" t="s">
+      <c r="C52" s="42" t="s">
         <v>106</v>
       </c>
-      <c r="D51" s="42" t="s">
+      <c r="D52" s="42" t="s">
         <v>7</v>
       </c>
-      <c r="E51" s="43" t="s">
+      <c r="E52" s="43" t="s">
         <v>107</v>
-      </c>
-[...15 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="24" t="s">
         <v>104</v>
       </c>
       <c r="B53" s="24" t="s">
         <v>105</v>
       </c>
       <c r="C53" s="24" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="D53" s="24" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E53" s="25" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="24" t="s">
         <v>104</v>
       </c>
       <c r="B54" s="24" t="s">
         <v>105</v>
       </c>
       <c r="C54" s="24" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D54" s="24" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E54" s="25" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="24" t="s">
         <v>104</v>
       </c>
       <c r="B55" s="24" t="s">
         <v>105</v>
       </c>
       <c r="C55" s="24" t="s">
-        <v>184</v>
+        <v>162</v>
       </c>
       <c r="D55" s="24" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>26</v>
+      </c>
+      <c r="E55" s="25" t="s">
+        <v>166</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="24" t="s">
         <v>104</v>
       </c>
       <c r="B56" s="24" t="s">
         <v>105</v>
       </c>
       <c r="C56" s="24" t="s">
+        <v>183</v>
+      </c>
+      <c r="D56" s="24" t="s">
+        <v>38</v>
+      </c>
+      <c r="E56" s="24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A57" s="24" t="s">
+        <v>104</v>
+      </c>
+      <c r="B57" s="24" t="s">
+        <v>105</v>
+      </c>
+      <c r="C57" s="24" t="s">
         <v>163</v>
       </c>
-      <c r="D56" s="24" t="s">
+      <c r="D57" s="24" t="s">
         <v>26</v>
       </c>
-      <c r="E56" s="25" t="s">
+      <c r="E57" s="25" t="s">
         <v>167</v>
-      </c>
-[...15 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="50" t="s">
         <v>44</v>
       </c>
       <c r="B58" s="50" t="s">
         <v>108</v>
       </c>
       <c r="C58" s="50" t="s">
         <v>109</v>
       </c>
       <c r="D58" s="50" t="s">
         <v>7</v>
       </c>
       <c r="E58" s="50" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="59" spans="1:5" s="26" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="12" t="s">
         <v>44</v>
       </c>
       <c r="B59" s="12" t="s">
         <v>108</v>
       </c>
       <c r="C59" s="12" t="s">
+        <v>188</v>
+      </c>
+      <c r="D59" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="E59" s="12" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A60" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="B60" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C60" s="12" t="s">
+        <v>206</v>
+      </c>
+      <c r="D60" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="E60" s="12" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" s="26" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="B61" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C61" s="12" t="s">
         <v>178</v>
       </c>
-      <c r="D59" s="12" t="s">
+      <c r="D61" s="12" t="s">
         <v>26</v>
       </c>
-      <c r="E59" s="12" t="s">
+      <c r="E61" s="12" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A60" s="7" t="s">
+    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A62" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="B60" s="7" t="s">
+      <c r="B62" s="7" t="s">
         <v>111</v>
       </c>
-      <c r="C60" s="7" t="s">
+      <c r="C62" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="D60" s="7" t="s">
+      <c r="D62" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="E60" s="38" t="s">
+      <c r="E62" s="38" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="61" spans="1:5" s="26" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B61" s="27" t="s">
+    <row r="63" spans="1:5" s="26" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="27"/>
+      <c r="B63" s="27" t="s">
         <v>114</v>
       </c>
-      <c r="C61" s="28" t="s">
+      <c r="C63" s="28" t="s">
         <v>115</v>
       </c>
-      <c r="D61" s="27" t="s">
+      <c r="D63" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="E61" s="28" t="s">
+      <c r="E63" s="28" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A62" s="45" t="s">
+    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A64" s="45" t="s">
         <v>87</v>
       </c>
-      <c r="B62" s="45" t="s">
+      <c r="B64" s="45" t="s">
         <v>117</v>
       </c>
-      <c r="C62" s="45" t="s">
+      <c r="C64" s="45" t="s">
         <v>118</v>
       </c>
-      <c r="D62" s="45" t="s">
+      <c r="D64" s="45" t="s">
         <v>23</v>
       </c>
-      <c r="E62" s="45" t="s">
+      <c r="E64" s="45" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A63" s="18" t="s">
+    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A65" s="18" t="s">
         <v>87</v>
       </c>
-      <c r="B63" s="18" t="s">
+      <c r="B65" s="18" t="s">
         <v>117</v>
       </c>
-      <c r="C63" s="18" t="s">
+      <c r="C65" s="18" t="s">
         <v>120</v>
       </c>
-      <c r="D63" s="18" t="s">
+      <c r="D65" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="E63" s="18" t="s">
+      <c r="E65" s="18" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A64" s="41" t="s">
+    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A66" s="41" t="s">
         <v>122</v>
       </c>
-      <c r="B64" s="41" t="s">
+      <c r="B66" s="41" t="s">
         <v>123</v>
       </c>
-      <c r="C64" s="41" t="s">
+      <c r="C66" s="41" t="s">
         <v>124</v>
       </c>
-      <c r="D64" s="41" t="s">
+      <c r="D66" s="41" t="s">
         <v>7</v>
       </c>
-      <c r="E64" s="41" t="s">
+      <c r="E66" s="41" t="s">
         <v>125</v>
-      </c>
-[...32 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="29" t="s">
         <v>122</v>
       </c>
       <c r="B67" s="29" t="s">
         <v>123</v>
       </c>
       <c r="C67" s="29" t="s">
-        <v>168</v>
+        <v>202</v>
       </c>
       <c r="D67" s="29" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E67" s="29" t="s">
-        <v>169</v>
+        <v>203</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="29" t="s">
         <v>122</v>
       </c>
       <c r="B68" s="29" t="s">
         <v>123</v>
       </c>
       <c r="C68" s="29" t="s">
+        <v>204</v>
+      </c>
+      <c r="D68" s="29" t="s">
+        <v>23</v>
+      </c>
+      <c r="E68" s="29" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A69" s="29" t="s">
+        <v>122</v>
+      </c>
+      <c r="B69" s="29" t="s">
+        <v>123</v>
+      </c>
+      <c r="C69" s="29" t="s">
+        <v>168</v>
+      </c>
+      <c r="D69" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="E69" s="29" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A70" s="29" t="s">
+        <v>122</v>
+      </c>
+      <c r="B70" s="29" t="s">
+        <v>123</v>
+      </c>
+      <c r="C70" s="29" t="s">
         <v>174</v>
       </c>
-      <c r="D68" s="29" t="s">
+      <c r="D70" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="E68" s="29" t="s">
+      <c r="E70" s="29" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A69" s="56" t="s">
+    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A71" s="56" t="s">
         <v>37</v>
       </c>
-      <c r="B69" s="56" t="s">
+      <c r="B71" s="56" t="s">
         <v>126</v>
       </c>
-      <c r="C69" s="56"/>
-[...4 lines deleted...]
-      <c r="A70" s="18" t="s">
+      <c r="C71" s="56"/>
+      <c r="D71" s="56"/>
+      <c r="E71" s="57"/>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A72" s="18" t="s">
         <v>87</v>
       </c>
-      <c r="B70" s="18" t="s">
+      <c r="B72" s="18" t="s">
         <v>127</v>
       </c>
-      <c r="C70" s="18" t="s">
+      <c r="C72" s="18" t="s">
         <v>128</v>
       </c>
-      <c r="D70" s="18" t="s">
+      <c r="D72" s="18" t="s">
         <v>23</v>
       </c>
-      <c r="E70" s="18" t="s">
+      <c r="E72" s="18" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A71" s="61" t="s">
+    <row r="73" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A73" s="61" t="s">
         <v>81</v>
       </c>
-      <c r="B71" s="61" t="s">
+      <c r="B73" s="61" t="s">
         <v>130</v>
       </c>
-      <c r="C71" s="61" t="s">
+      <c r="C73" s="61" t="s">
         <v>131</v>
       </c>
-      <c r="D71" s="61" t="s">
+      <c r="D73" s="61" t="s">
         <v>23</v>
       </c>
-      <c r="E71" s="62" t="s">
+      <c r="E73" s="62" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
-[...33 lines deleted...]
-    <row r="74" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="16" t="s">
         <v>81</v>
       </c>
       <c r="B74" s="16" t="s">
         <v>130</v>
       </c>
       <c r="C74" s="17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D74" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E74" s="17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A75" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="B75" s="16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C75" s="16" t="s">
+        <v>135</v>
+      </c>
+      <c r="D75" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="17" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" s="37" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="B76" s="16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C76" s="17" t="s">
         <v>137</v>
       </c>
-      <c r="D74" s="16" t="s">
+      <c r="D76" s="16" t="s">
         <v>26</v>
       </c>
-      <c r="E74" s="17" t="s">
+      <c r="E76" s="17" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="75" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A75" s="49" t="s">
+    <row r="77" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A77" s="49" t="s">
         <v>44</v>
       </c>
-      <c r="B75" s="49" t="s">
+      <c r="B77" s="49" t="s">
         <v>139</v>
       </c>
-      <c r="C75" s="50" t="s">
+      <c r="C77" s="50" t="s">
         <v>140</v>
       </c>
-      <c r="D75" s="50" t="s">
+      <c r="D77" s="50" t="s">
         <v>23</v>
       </c>
-      <c r="E75" s="50" t="s">
+      <c r="E77" s="50" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="76" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A76" s="11" t="s">
+    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A78" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B76" s="11" t="s">
+      <c r="B78" s="11" t="s">
         <v>139</v>
       </c>
-      <c r="C76" s="12" t="s">
+      <c r="C78" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="D76" s="12" t="s">
+      <c r="D78" s="12" t="s">
         <v>26</v>
       </c>
-      <c r="E76" s="12" t="s">
+      <c r="E78" s="12" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="77" spans="1:5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B77" s="1" t="s">
+    <row r="79" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A79" s="1"/>
+      <c r="B79" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="C77" s="30" t="s">
+      <c r="C79" s="30" t="s">
         <v>143</v>
       </c>
-      <c r="D77" s="30" t="s">
+      <c r="D79" s="30" t="s">
         <v>144</v>
       </c>
-      <c r="E77" s="30" t="s">
+      <c r="E79" s="30" t="s">
         <v>145</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="E79" s="36"/>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C80" s="31"/>
       <c r="D80" s="32"/>
       <c r="E80" s="33"/>
     </row>
     <row r="81" spans="3:5" x14ac:dyDescent="0.25">
-      <c r="C81" s="31"/>
-[...4 lines deleted...]
-      <c r="C92" s="37"/>
+      <c r="C81" s="34"/>
+      <c r="D81" s="35"/>
+      <c r="E81" s="36"/>
+    </row>
+    <row r="82" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C82" s="31"/>
+      <c r="D82" s="32"/>
+      <c r="E82" s="33"/>
+    </row>
+    <row r="83" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C83" s="31"/>
+      <c r="D83" s="32"/>
+      <c r="E83" s="33"/>
+    </row>
+    <row r="94" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C94" s="37"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="E14" r:id="rId1" display="mailto:Sylvie.Fontana@ac-corse.fr"/>
-[...7 lines deleted...]
-    <hyperlink ref="E38" r:id="rId9"/>
+    <hyperlink ref="E15" r:id="rId1" display="mailto:Sylvie.Fontana@ac-corse.fr"/>
+    <hyperlink ref="E27" r:id="rId2"/>
+    <hyperlink ref="E73" r:id="rId3"/>
+    <hyperlink ref="E72" r:id="rId4"/>
+    <hyperlink ref="E18" r:id="rId5"/>
+    <hyperlink ref="E64" r:id="rId6"/>
+    <hyperlink ref="E16" r:id="rId7"/>
+    <hyperlink ref="E45" r:id="rId8"/>
+    <hyperlink ref="E39" r:id="rId9"/>
     <hyperlink ref="E5" r:id="rId10"/>
-    <hyperlink ref="E57" r:id="rId11"/>
-[...1 lines deleted...]
-    <hyperlink ref="E50" r:id="rId13"/>
+    <hyperlink ref="E59" r:id="rId11"/>
+    <hyperlink ref="E25" r:id="rId12"/>
+    <hyperlink ref="E51" r:id="rId13"/>
     <hyperlink ref="E11" r:id="rId14"/>
-    <hyperlink ref="E41" r:id="rId15"/>
-[...5 lines deleted...]
-    <hyperlink ref="E16" r:id="rId21"/>
+    <hyperlink ref="E42" r:id="rId15"/>
+    <hyperlink ref="E44" r:id="rId16"/>
+    <hyperlink ref="E77" r:id="rId17"/>
+    <hyperlink ref="E79" r:id="rId18"/>
+    <hyperlink ref="E43" r:id="rId19"/>
+    <hyperlink ref="E30" r:id="rId20"/>
+    <hyperlink ref="E17" r:id="rId21"/>
     <hyperlink ref="E4" r:id="rId22"/>
-    <hyperlink ref="E37" r:id="rId23"/>
-[...5 lines deleted...]
-    <hyperlink ref="E46" r:id="rId29" display="mailto:Benoit.Bernier@ac-nice.fr"/>
+    <hyperlink ref="E38" r:id="rId23"/>
+    <hyperlink ref="E49" r:id="rId24"/>
+    <hyperlink ref="E50" r:id="rId25" display="mailto:christelle.orven@ac-normandie.fr"/>
+    <hyperlink ref="E40" r:id="rId26"/>
+    <hyperlink ref="E32" r:id="rId27"/>
+    <hyperlink ref="E46" r:id="rId28" display="mailto:Aurelie.Pelletey@ac-nice.fr"/>
+    <hyperlink ref="E47" r:id="rId29" display="mailto:Benoit.Bernier@ac-nice.fr"/>
     <hyperlink ref="E13" r:id="rId30"/>
     <hyperlink ref="E6" r:id="rId31" display="mailto:philippe.malexieux@ac-amiens.fr"/>
-    <hyperlink ref="E52" r:id="rId32"/>
-[...10 lines deleted...]
-    <hyperlink ref="E20" r:id="rId43"/>
+    <hyperlink ref="E53" r:id="rId32"/>
+    <hyperlink ref="E57" r:id="rId33"/>
+    <hyperlink ref="E56" r:id="rId34"/>
+    <hyperlink ref="E55" r:id="rId35"/>
+    <hyperlink ref="E54" r:id="rId36"/>
+    <hyperlink ref="E78" r:id="rId37"/>
+    <hyperlink ref="E70" r:id="rId38"/>
+    <hyperlink ref="E62" r:id="rId39"/>
+    <hyperlink ref="E37" r:id="rId40"/>
+    <hyperlink ref="E67" r:id="rId41"/>
+    <hyperlink ref="E33" r:id="rId42"/>
+    <hyperlink ref="E21" r:id="rId43"/>
     <hyperlink ref="E9" r:id="rId44"/>
-    <hyperlink ref="E66" r:id="rId45"/>
+    <hyperlink ref="E68" r:id="rId45"/>
+    <hyperlink ref="E60" r:id="rId46"/>
+    <hyperlink ref="E14" r:id="rId47"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="62" fitToHeight="0" orientation="landscape" r:id="rId46"/>
+  <pageSetup paperSize="9" scale="70" fitToHeight="0" orientation="landscape" r:id="rId48"/>
   <headerFooter>
-    <oddHeader>&amp;CAnnuaire des référents et contacts académiques EDUCFI - 2024-2025
+    <oddHeader>&amp;CAnnuaire des référents et contacts académiques EDUCFI -&amp;A
 &amp;"-,Italique"Les référents académiques sont signalés en gras.</oddHeader>
   </headerFooter>
   <tableParts count="1">
-    <tablePart r:id="rId47"/>
+    <tablePart r:id="rId49"/>
   </tableParts>
-</worksheet>
-[...388 lines deleted...]
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>email</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>2025 2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministere de l'Education Nationale</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>CELINE ROUAULT</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>